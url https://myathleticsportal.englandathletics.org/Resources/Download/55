--- v0 (2025-10-13)
+++ v1 (2026-02-27)
@@ -8,4351 +8,4677 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="108" w:tblpY="1"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="9443" w:type="dxa"/>
+        <w:tblW w:w="10207" w:type="dxa"/>
+        <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2625"/>
-        <w:gridCol w:w="6818"/>
+        <w:gridCol w:w="3056"/>
+        <w:gridCol w:w="7151"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00691DA6" w:rsidRPr="00050EAD" w14:paraId="6FC2CFBD" w14:textId="49C67265" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00691DA6" w:rsidTr="0D01A379" w14:paraId="6FC2CFBD" w14:textId="49C67265">
         <w:trPr>
           <w:trHeight w:val="336"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="3056" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3A76846B" w14:textId="74756DAB" w:rsidR="00691DA6" w:rsidRPr="00A55734" w:rsidRDefault="00691DA6" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00A55734" w:rsidR="00691DA6" w:rsidP="002529CE" w:rsidRDefault="00691DA6" w14:paraId="3A76846B" w14:textId="74756DAB">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A55734">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Name: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6818" w:type="dxa"/>
+            <w:tcW w:w="7151" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5D1F7AC2" w14:textId="77777777" w:rsidR="00691DA6" w:rsidRPr="00A55734" w:rsidRDefault="00691DA6" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00A55734" w:rsidR="00691DA6" w:rsidP="002529CE" w:rsidRDefault="00691DA6" w14:paraId="5D1F7AC2" w14:textId="77777777">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00691DA6" w:rsidRPr="00050EAD" w14:paraId="24CF843D" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00691DA6" w:rsidTr="0D01A379" w14:paraId="24CF843D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="330"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="3056" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...139 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1FA881D2" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00A55734" w:rsidR="00691DA6" w:rsidP="002529CE" w:rsidRDefault="00691DA6" w14:paraId="0CD4527E" w14:textId="34297B98">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3192"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A55734">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Licence No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00A55734" w:rsidR="00691DA6" w:rsidP="002529CE" w:rsidRDefault="00691DA6" w14:paraId="486D512A" w14:textId="77777777">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A55734">
-[...41 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="46446567" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00691DA6" w:rsidTr="0D01A379" w14:paraId="743B231C" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="150"/>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3056" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0A60FFDD" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00A55734" w:rsidR="00691DA6" w:rsidP="002529CE" w:rsidRDefault="00691DA6" w14:paraId="35932C19" w14:textId="369EC596">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3192"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A55734">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Date:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00A55734" w:rsidR="00691DA6" w:rsidP="002529CE" w:rsidRDefault="00691DA6" w14:paraId="6A0F9E5C" w14:textId="77777777">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A55734">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="29E26565" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00050EAD" w:rsidTr="0D01A379" w14:paraId="55BFAAC3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="48F2E906" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00B711A8" w:rsidR="00050EAD" w:rsidP="002529CE" w:rsidRDefault="00050EAD" w14:paraId="16F52601" w14:textId="77777777">
             <w:pPr>
               <w:widowControl/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A55734">
-[...5 lines deleted...]
-              <w:t>To whom do you report when working as a Recorder?</w:t>
+            <w:r w:rsidRPr="00B711A8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>End of Module Questions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="7C45A040" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00050EAD" w:rsidTr="0D01A379" w14:paraId="28E0B2B5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6D58A1D7" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00A55734" w:rsidR="00050EAD" w:rsidP="002529CE" w:rsidRDefault="00050EAD" w14:paraId="3506CFBC" w14:textId="732F8382">
             <w:pPr>
               <w:widowControl/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00A55734">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Slide </w:t>
+            </w:r>
+            <w:r w:rsidR="004A56D4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A55734">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="0062091C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>End of</w:t>
+            </w:r>
+            <w:r w:rsidR="00461DF0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Module Questions</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00A55734" w:rsidR="00050EAD" w:rsidP="002529CE" w:rsidRDefault="00F1122A" w14:paraId="615C316B" w14:textId="143574DA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F1122A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>You may need to complete some additional research to assist you in answering and justifying your answers to the questions for this module.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="1B1828D2" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="0067399D" w:rsidTr="0D01A379" w14:paraId="671D56C9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1621ADDD" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
-[...22 lines deleted...]
-          <w:p w14:paraId="2517BF71" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00A55734" w:rsidR="0067399D" w:rsidP="002529CE" w:rsidRDefault="0067399D" w14:paraId="2EF77A58" w14:textId="39833C98">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:after="60"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A55734">
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:kern w:val="3"/>
               </w:rPr>
-              <w:t>List those you can think of:</w:t>
+              <w:t xml:space="preserve">Slide </w:t>
+            </w:r>
+            <w:r w:rsidR="00593FE9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A55734">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A55734">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Judging – Questions </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="7E0B615E" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="0067399D" w:rsidTr="0D01A379" w14:paraId="26ACBEBB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="08E2C0CE" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="001F6AF1" w:rsidR="0067399D" w:rsidP="002529CE" w:rsidRDefault="00593FE9" w14:paraId="6B974E89" w14:textId="4813AB20">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="31"/>
+                <w:numId w:val="35"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:kern w:val="3"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="001F6AF1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">List at least 3 key officials the Chief Judge might liaise with at an </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F6AF1" w:rsidR="00CC1B83">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>event.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F6AF1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C1460">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(3 marks)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="377661C9" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="0067399D" w:rsidTr="0D01A379" w14:paraId="2C89EDB7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="15A35EBE" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="001F6AF1" w:rsidR="0067399D" w:rsidP="002529CE" w:rsidRDefault="0067399D" w14:paraId="4C1DC135" w14:textId="77777777">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:lang w:val="en-US"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A55734">
-[...15 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="2A403512" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="0067399D" w:rsidTr="0D01A379" w14:paraId="0EFE8585" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="47313F4A" w14:textId="77777777" w:rsidR="005C1037" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="008B21B1" w:rsidR="008B21B1" w:rsidP="000A5F0B" w:rsidRDefault="008B21B1" w14:paraId="509491A2" w14:textId="71AD0456">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="35"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:before="60" w:after="60"/>
+              <w:spacing w:before="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A55734">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Like all tasks associated with the sport, it is necessary to prepare for your role. </w:t>
+            <w:r w:rsidRPr="008B21B1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>To whom do you report when working as:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53922FCA" w14:textId="4BAD01F7" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="005C1037">
+          <w:p w:rsidRPr="008B21B1" w:rsidR="008B21B1" w:rsidP="000A5F0B" w:rsidRDefault="008B21B1" w14:paraId="6EA3C43F" w14:textId="5C54A3AF">
             <w:pPr>
               <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:before="60" w:after="60"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A55734">
-[...3 lines deleted...]
-              <w:t>Think of all the things you would need to do in preparation for your role as a recorder in either of these sections. The areas covered will be:</w:t>
+            <w:r w:rsidRPr="008B21B1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Line Judge</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF151B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B21B1" w:rsidR="00FF151B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF151B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B21B1" w:rsidR="00FF151B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mark)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="008B21B1" w:rsidR="008B21B1" w:rsidP="000A5F0B" w:rsidRDefault="008B21B1" w14:paraId="1BACA145" w14:textId="06690C80">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B21B1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Funnel Steward</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB348A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B21B1" w:rsidR="00BB348A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB348A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B21B1" w:rsidR="00BB348A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mark)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="008B21B1" w:rsidR="008B21B1" w:rsidP="000A5F0B" w:rsidRDefault="008B21B1" w14:paraId="48B39B9F" w14:textId="3C91A556">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B21B1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Lap Scorer</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB348A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B21B1" w:rsidR="00BB348A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB348A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B21B1" w:rsidR="00BB348A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mark)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00A55734" w:rsidR="0067399D" w:rsidP="000A5F0B" w:rsidRDefault="008B21B1" w14:paraId="427148B1" w14:textId="7502348A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B21B1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Relay Takeover Judge</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB348A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B21B1" w:rsidR="00BB348A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB348A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B21B1" w:rsidR="00BB348A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mark)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="5EF9A67E" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="0067399D" w:rsidTr="0D01A379" w14:paraId="396B8AF8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7C40C176" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="008763DA">
+          <w:p w:rsidRPr="00496D87" w:rsidR="0067399D" w:rsidP="000A5F0B" w:rsidRDefault="0067399D" w14:paraId="2798D584" w14:textId="167FD02A">
             <w:pPr>
-              <w:widowControl/>
-[...22 lines deleted...]
-            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="30"/>
+                <w:numId w:val="38"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:before="60" w:after="60"/>
+              <w:spacing w:before="60"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00496D87" w:rsidR="002D68BE" w:rsidP="000A5F0B" w:rsidRDefault="002D68BE" w14:paraId="563D4130" w14:textId="43AB1CE2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="38"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00496D87" w:rsidR="002D68BE" w:rsidP="000A5F0B" w:rsidRDefault="002D68BE" w14:paraId="4EF734BA" w14:textId="6C48E5F7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="38"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00496D87" w:rsidR="002D68BE" w:rsidP="000A5F0B" w:rsidRDefault="002D68BE" w14:paraId="55550347" w14:textId="06FAA369">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="38"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="40E415E2" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="0067399D" w:rsidTr="0D01A379" w14:paraId="556A7E2C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2A751621" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="008763DA">
+          <w:p w:rsidRPr="00342F6E" w:rsidR="00342F6E" w:rsidP="000A5F0B" w:rsidRDefault="00342F6E" w14:paraId="6EDBDC0C" w14:textId="1E347F3D">
             <w:pPr>
-              <w:widowControl/>
-[...22 lines deleted...]
-            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="30"/>
+                <w:numId w:val="35"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:before="60" w:after="60"/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00342F6E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Detail the primary roles of the following:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00727DF8" w:rsidR="00342F6E" w:rsidP="000A5F0B" w:rsidRDefault="00342F6E" w14:paraId="0395AD54" w14:textId="6A326641">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00727DF8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Line Judge</w:t>
+            </w:r>
+            <w:r w:rsidR="00D00228">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B21B1" w:rsidR="00D00228">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00D00228">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B21B1" w:rsidR="00D00228">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mark)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00727DF8" w:rsidR="00342F6E" w:rsidP="000A5F0B" w:rsidRDefault="00342F6E" w14:paraId="20271176" w14:textId="00C7C059">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727DF8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Funnel Steward</w:t>
+            </w:r>
+            <w:r w:rsidR="00D00228">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B21B1" w:rsidR="00D00228">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00D00228">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B21B1" w:rsidR="00D00228">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mark)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00727DF8" w:rsidR="00342F6E" w:rsidP="000A5F0B" w:rsidRDefault="00342F6E" w14:paraId="15D59A36" w14:textId="24CC700D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727DF8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Lap Scorer</w:t>
+            </w:r>
+            <w:r w:rsidR="00D00228">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B21B1" w:rsidR="00D00228">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00D00228">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B21B1" w:rsidR="00D00228">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mark)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00727DF8" w:rsidR="0067399D" w:rsidP="000A5F0B" w:rsidRDefault="00342F6E" w14:paraId="6DBF0D34" w14:textId="7F824128">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727DF8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Relay Takeover Judge</w:t>
+            </w:r>
+            <w:r w:rsidR="00D00228">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B21B1" w:rsidR="00D00228">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00D00228">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B21B1" w:rsidR="00D00228">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mark)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="6DCBD17E" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="0067399D" w:rsidTr="0D01A379" w14:paraId="08294E5C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="09286588" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00496D87" w:rsidR="0067399D" w:rsidP="000A5F0B" w:rsidRDefault="0067399D" w14:paraId="60CFAE76" w14:textId="0E51ECD5">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="41"/>
+              </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:before="60" w:after="60"/>
-[...3 lines deleted...]
-                <w:bCs/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="3"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A55734">
-[...6 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00496D87" w:rsidR="00727DF8" w:rsidP="000A5F0B" w:rsidRDefault="00727DF8" w14:paraId="27250C31" w14:textId="366CFDD0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="41"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00496D87" w:rsidR="00F84608" w:rsidP="000A5F0B" w:rsidRDefault="00F84608" w14:paraId="21543474" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="41"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00727DF8" w:rsidR="00F84608" w:rsidP="000A5F0B" w:rsidRDefault="00F84608" w14:paraId="7177489B" w14:textId="53517CB5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="41"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="4E2AE272" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="0067399D" w:rsidTr="0D01A379" w14:paraId="7AD317E1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3F30CCBA" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00487DB3" w:rsidR="0067399D" w:rsidP="002529CE" w:rsidRDefault="00CB36CB" w14:paraId="33AFD034" w14:textId="75412E2F">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="35"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A55734">
-[...4 lines deleted...]
-              <w:t>To whom do you report when working as a Funnel Steward?</w:t>
+            <w:r w:rsidRPr="00487DB3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">To ensure that runners are completing the required laps, who might the Lap Scorer work closely with? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C1460">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="0F379A4B" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="0067399D" w:rsidTr="0D01A379" w14:paraId="46D24F0C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E3E1850" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00AD19F3" w:rsidR="0067399D" w:rsidP="002529CE" w:rsidRDefault="0067399D" w14:paraId="620F5E6D" w14:textId="62D1DD0A">
             <w:pPr>
-              <w:widowControl/>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="20"/>
+                <w:numId w:val="36"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="210" w:hanging="210"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00AD19F3" w:rsidR="0067399D" w:rsidP="0D01A379" w:rsidRDefault="0067399D" w14:paraId="1EE809F2" w14:textId="7D807746">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="1"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:kern w:val="3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="1B9C1CEF" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="009440DF" w:rsidTr="0D01A379" w14:paraId="65D1304C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6326F1EE" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
-[...23 lines deleted...]
-          <w:p w14:paraId="681C2AA0" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00B15765" w:rsidR="009440DF" w:rsidP="002529CE" w:rsidRDefault="00B15765" w14:paraId="3FF64566" w14:textId="22BEF417">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:after="60"/>
-[...3 lines deleted...]
-                <w:color w:val="0070C0"/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A55734">
-[...4 lines deleted...]
-              <w:t>List those you can think of:</w:t>
+            <w:r w:rsidRPr="00B15765">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Slide 38: Judging – Questions 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="05769EA5" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="0067399D" w:rsidTr="0D01A379" w14:paraId="6C94CA2A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4F0ECA60" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="008C1460" w:rsidR="0067399D" w:rsidP="002529CE" w:rsidRDefault="008C1460" w14:paraId="0D2F59CD" w14:textId="05F01443">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="20"/>
+                <w:numId w:val="35"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="210" w:hanging="210"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1460">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What is the primary role of the Chief Judge? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C1460">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="0070C0"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="4266DBAB" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="0067399D" w:rsidTr="0D01A379" w14:paraId="1935534C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="32B0C448" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="008C1460" w:rsidR="0067399D" w:rsidP="002529CE" w:rsidRDefault="0067399D" w14:paraId="6915D5E6" w14:textId="2C97D3B4">
             <w:pPr>
-              <w:widowControl/>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:rPr>
-                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:kern w:val="3"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A55734">
-[...3 lines deleted...]
-                <w:bCs/>
+          </w:p>
+          <w:p w:rsidRPr="008C1460" w:rsidR="0067399D" w:rsidP="0D01A379" w:rsidRDefault="0067399D" w14:paraId="231C8C0B" w14:textId="55A00CC7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="1"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:kern w:val="3"/>
               </w:rPr>
-              <w:t>Slide 15: Types of Recorder</w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="17B705AB" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="0067399D" w:rsidTr="0D01A379" w14:paraId="1CD57E5D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7F05FCF8" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="000A3109" w:rsidR="0067399D" w:rsidP="002529CE" w:rsidRDefault="000A3109" w14:paraId="2DC94129" w14:textId="106AFD25">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="35"/>
               </w:numPr>
-              <w:suppressAutoHyphens/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:before="60"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="357" w:hanging="357"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A55734">
-[...24 lines deleted...]
-              <w:t>List those you can think of:</w:t>
+            <w:r w:rsidRPr="000A3109">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>List 2 main aspects of your job as a Funnel Steward.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A3109">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(2 marks)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="23A2D247" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="0067399D" w:rsidTr="0D01A379" w14:paraId="695707A0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="636137B4" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="007302D5" w:rsidR="0067399D" w:rsidP="002529CE" w:rsidRDefault="0067399D" w14:paraId="3AE28794" w14:textId="6569DAB7">
             <w:pPr>
-              <w:widowControl/>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="36"/>
               </w:numPr>
-              <w:suppressAutoHyphens/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="210" w:hanging="210"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="007302D5" w:rsidR="0067399D" w:rsidP="002529CE" w:rsidRDefault="0067399D" w14:paraId="6326FA23" w14:textId="6A2ABEA5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:kern w:val="3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="4AC95E4B" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="0067399D" w:rsidTr="0D01A379" w14:paraId="281FE957" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3869B81F" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00D15247" w:rsidR="00D15247" w:rsidP="002529CE" w:rsidRDefault="00D15247" w14:paraId="0A380367" w14:textId="77777777">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="35"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D15247">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>The Line Judge works closely with other officials at the race finish, name at least 2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00D15247" w:rsidR="0067399D" w:rsidP="002529CE" w:rsidRDefault="00D15247" w14:paraId="3BA4460B" w14:textId="26CC647E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:before="60" w:after="60"/>
-[...3 lines deleted...]
-                <w:bCs/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A55734">
-[...5 lines deleted...]
-              <w:t>Slide 31: The Chief Judge</w:t>
+            <w:r w:rsidRPr="00D15247">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(2 marks)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="0C05D7CC" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="0067399D" w:rsidTr="0D01A379" w14:paraId="4DCE1ABD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2A3345B4" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="009B7918" w:rsidR="0067399D" w:rsidP="002529CE" w:rsidRDefault="0067399D" w14:paraId="202530CE" w14:textId="77777777">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="36"/>
               </w:numPr>
-              <w:suppressAutoHyphens/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A55734">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="0D50A45A" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="009B7918" w:rsidTr="0D01A379" w14:paraId="268BACB4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="57345293" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00460FA5" w:rsidR="00460FA5" w:rsidP="00017C16" w:rsidRDefault="00460FA5" w14:paraId="19F75CFD" w14:textId="04A1957F">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="22"/>
+                <w:numId w:val="35"/>
               </w:numPr>
-              <w:suppressAutoHyphens/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:before="60" w:after="60"/>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="3"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00460FA5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+              <w:t>What should a Relay Takeover Judge do in the event of:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00460FA5" w:rsidR="00460FA5" w:rsidP="00017C16" w:rsidRDefault="00460FA5" w14:paraId="41B707E3" w14:textId="42013E38">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="42"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00460FA5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>An illegal takeover</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC56B2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B21B1" w:rsidR="00FC56B2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC56B2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B21B1" w:rsidR="00FC56B2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mark)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00460FA5" w:rsidR="009B7918" w:rsidP="00017C16" w:rsidRDefault="00460FA5" w14:paraId="44EF2C84" w14:textId="7E2A265F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="42"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00460FA5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+              <w:t>A runner committing an infringement on another team</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC56B2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B21B1" w:rsidR="00FC56B2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC56B2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B21B1" w:rsidR="00FC56B2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mark)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="7B363127" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="009B7918" w:rsidTr="0D01A379" w14:paraId="4CD140EA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="69BDC717" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00CB4642" w:rsidR="009B7918" w:rsidP="00017C16" w:rsidRDefault="009B7918" w14:paraId="791F4AFF" w14:textId="408D00F0">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="43"/>
               </w:numPr>
-              <w:suppressAutoHyphens/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="3"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A55734">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="308BB89D" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="009B7918" w:rsidR="00CB4642" w:rsidP="00017C16" w:rsidRDefault="00CB4642" w14:paraId="1723A081" w14:textId="2512BD62">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
-              <w:suppressAutoHyphens/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="43"/>
+              </w:numPr>
               <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
               <w:spacing w:after="60"/>
-              <w:ind w:left="357"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A55734">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="0C2FFA17" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="009B7918" w:rsidTr="0D01A379" w14:paraId="26F62052" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6908A85D" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00496D87" w:rsidR="009B7918" w:rsidP="002529CE" w:rsidRDefault="00A65B74" w14:paraId="12B438DD" w14:textId="24652C2D">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="21"/>
+                <w:numId w:val="35"/>
               </w:numPr>
-              <w:suppressAutoHyphens/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="210" w:hanging="210"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="3"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00A65B74">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+              <w:t xml:space="preserve">All judges should be aware of health &amp; safety. Who should any issues that might affect the event </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F041C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+              <w:t>ultimately</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A65B74">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be reported to?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B21B1" w:rsidR="00FC56B2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC56B2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B21B1" w:rsidR="00FC56B2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mark)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="580AA075" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="009B7918" w:rsidTr="0D01A379" w14:paraId="234123B8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2799F2F6" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="009B7918" w:rsidR="009B7918" w:rsidP="002529CE" w:rsidRDefault="009B7918" w14:paraId="1401C722" w14:textId="77777777">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:rPr>
-                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A55734">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="4FFC1D94" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00301AA9" w:rsidTr="0D01A379" w14:paraId="28DDE7FD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2ABA8138" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00301AA9" w:rsidR="00301AA9" w:rsidP="002529CE" w:rsidRDefault="00301AA9" w14:paraId="5ABD3D1A" w14:textId="44E3EBD0">
             <w:pPr>
               <w:widowControl/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A55734">
-[...4 lines deleted...]
-              <w:t>To whom do you report when working as a Line Judge?</w:t>
+            <w:r w:rsidRPr="000C140A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Judging </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C140A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="3"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t>Questions Total marks = 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="3EB5D447" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00050EAD" w:rsidTr="0D01A379" w14:paraId="31C26C66" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1607A79C" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="003C31F2" w:rsidR="003C31F2" w:rsidP="002529CE" w:rsidRDefault="00050EAD" w14:paraId="4F34A59E" w14:textId="725A25B4">
             <w:pPr>
               <w:widowControl/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="210" w:hanging="210"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00A55734">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Slide </w:t>
+            </w:r>
+            <w:r w:rsidR="007F0717">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A55734">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A55734">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00367C"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A55734">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Results Recorder</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E64AFC" w:rsidR="00E64AFC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> –</w:t>
+            </w:r>
+            <w:r w:rsidR="00E64AFC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E64AFC" w:rsidR="00E64AFC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Questions 1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="03720087" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00050EAD" w:rsidTr="0D01A379" w14:paraId="5157A30B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="609D8201" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
-[...832 lines deleted...]
-          <w:p w14:paraId="0AC56245" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00000F1F" w:rsidR="00050EAD" w:rsidP="002529CE" w:rsidRDefault="00000F1F" w14:paraId="0AC56245" w14:textId="675123C1">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A55734">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+            <w:r w:rsidRPr="00000F1F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>List the resources that a results recorder should have or have access to.</w:t>
+              <w:t xml:space="preserve">To whom do you report when working as a Recorder? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00000F1F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="45541733" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00050EAD" w:rsidTr="0D01A379" w14:paraId="45541733" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2A16BCC2" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00000F1F" w:rsidR="00050EAD" w:rsidP="002529CE" w:rsidRDefault="00050EAD" w14:paraId="2A16BCC2" w14:textId="77777777">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:ind w:left="714" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="2664BDCD" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00050EAD" w:rsidTr="0D01A379" w14:paraId="2664BDCD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="460AC642" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00A55734" w:rsidR="00050EAD" w:rsidP="002529CE" w:rsidRDefault="00143FA8" w14:paraId="460AC642" w14:textId="3B66C7DF">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A55734">
-[...3 lines deleted...]
-              <w:t>What information would you expect to see on a standard recording sheet?</w:t>
+            <w:r w:rsidRPr="00143FA8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">List at least 4 resources a recorder should have or have access to. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00143FA8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(4 marks)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="75AB06BA" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00050EAD" w:rsidTr="0D01A379" w14:paraId="75AB06BA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="01D22390" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00A55734" w:rsidR="00050EAD" w:rsidP="002529CE" w:rsidRDefault="00050EAD" w14:paraId="01D22390" w14:textId="77777777">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:ind w:left="714" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="5F96B7FE" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="000D6678" w:rsidTr="0D01A379" w14:paraId="0670859B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3D2E0F59" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00A55734" w:rsidR="000D6678" w:rsidP="002529CE" w:rsidRDefault="00331D7C" w14:paraId="6BB7D4ED" w14:textId="0FBCB891">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A55734">
+            <w:r w:rsidRPr="00331D7C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Which of these is not a type of recorder you may encounter at the finish of a race?</w:t>
-[...14 lines deleted...]
-              <w:textAlignment w:val="baseline"/>
+              <w:t xml:space="preserve">List at least 4 items of information you would expect to see on a recording sheet. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00331D7C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
-              </w:rPr>
-[...71 lines deleted...]
-              <w:t>Funnel Number Recorder</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(4 marks)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="6B37C79B" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="000D6678" w:rsidTr="0D01A379" w14:paraId="295F6624" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="341D8303" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00585479" w:rsidR="000D6678" w:rsidP="002529CE" w:rsidRDefault="000D6678" w14:paraId="25C24861" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00585479" w:rsidTr="0D01A379" w14:paraId="57DDB5DD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10207" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="007C3E63" w:rsidR="007C3E63" w:rsidP="00284C43" w:rsidRDefault="007C3E63" w14:paraId="087548A2" w14:textId="239A81F6">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3E63">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>In preparation for your role as a recorder, list at least 2 things you would need to do in each of the following stages:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C3E63" w:rsidR="007C3E63" w:rsidP="00197D9E" w:rsidRDefault="007C3E63" w14:paraId="16701EBC" w14:textId="5EA15A19">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="47"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3E63">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Pre-Event</w:t>
+            </w:r>
+            <w:r w:rsidR="00B839C1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B21B1" w:rsidR="00B839C1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00B839C1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B21B1" w:rsidR="00B839C1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mark</w:t>
+            </w:r>
+            <w:r w:rsidR="00B839C1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B21B1" w:rsidR="00B839C1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00585479" w:rsidR="00585479" w:rsidP="00197D9E" w:rsidRDefault="007C3E63" w14:paraId="5A570813" w14:textId="74941722">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="47"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3E63">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Race Day</w:t>
+            </w:r>
+            <w:r w:rsidR="00B839C1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B21B1" w:rsidR="00B839C1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00B839C1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B21B1" w:rsidR="00B839C1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mark</w:t>
+            </w:r>
+            <w:r w:rsidR="00B839C1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B21B1" w:rsidR="00B839C1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00585479" w:rsidTr="0D01A379" w14:paraId="07650E7A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10207" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00A4067C" w:rsidR="00A4067C" w:rsidP="00197D9E" w:rsidRDefault="00A4067C" w14:paraId="77CC34E5" w14:textId="295BDBA1">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4067C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>a)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4067C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00A55734" w:rsidR="00585479" w:rsidP="00197D9E" w:rsidRDefault="00A4067C" w14:paraId="6F96CDE0" w14:textId="0786B273">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4067C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>b)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4067C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="002365AF" w:rsidTr="0D01A379" w14:paraId="16D7E050" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10207" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00A65E85" w:rsidR="002365AF" w:rsidP="002529CE" w:rsidRDefault="00A65E85" w14:paraId="6FBF3EC4" w14:textId="262E3C2E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="48"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A65E85">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">List at least 4 </w:t>
+            </w:r>
+            <w:r w:rsidR="00F027F3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">personal </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A65E85">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">attributes required of you in your role as a Recorder. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A65E85">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(4 marks)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="002365AF" w:rsidTr="0D01A379" w14:paraId="0F9C32D7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10207" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="009D402F" w:rsidR="002365AF" w:rsidP="002529CE" w:rsidRDefault="002365AF" w14:paraId="72C52152" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00E76E09" w:rsidTr="0D01A379" w14:paraId="035C5E01" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10207" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00A55734" w:rsidR="00E76E09" w:rsidP="002529CE" w:rsidRDefault="00880A21" w14:paraId="7757EE42" w14:textId="0680ABDC">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A55734">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Slide </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A55734">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A55734">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Results Recorder</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E64AFC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> –</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E64AFC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="3"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Questions 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00050EAD" w:rsidTr="0D01A379" w14:paraId="5F96B7FE" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10207" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00D52961" w:rsidR="00050EAD" w:rsidP="00D52961" w:rsidRDefault="00050EAD" w14:paraId="3D2E0F59" w14:textId="21658174">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="49"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A55734">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Which of these is not a type of recorder you may encounter at the finish of a race?</w:t>
+            </w:r>
+            <w:r w:rsidR="00D52961">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D52961" w:rsidR="00E56BA0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(2 marks)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00A55734" w:rsidR="00050EAD" w:rsidP="008A5531" w:rsidRDefault="00050EAD" w14:paraId="2B0FAAF7" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A55734">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Timekeeper’s Recorder</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00A55734" w:rsidR="00050EAD" w:rsidP="008A5531" w:rsidRDefault="00050EAD" w14:paraId="131E9336" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A55734">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Start Recorder</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00A55734" w:rsidR="00050EAD" w:rsidP="008A5531" w:rsidRDefault="00050EAD" w14:paraId="17022B0D" w14:textId="77777777">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A55734">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Lap Scorer</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00A55734" w:rsidR="00050EAD" w:rsidP="008A5531" w:rsidRDefault="00050EAD" w14:paraId="493A608C" w14:textId="03FECBDC">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A55734">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidR="00F04B6D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>inish</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A55734">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Number Recorder</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00050EAD" w:rsidTr="0D01A379" w14:paraId="6B37C79B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10207" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00A55734" w:rsidR="00050EAD" w:rsidP="002529CE" w:rsidRDefault="00050EAD" w14:paraId="341D8303" w14:textId="77777777">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:ind w:left="714" w:hanging="357"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="2896DE12" w14:textId="77777777" w:rsidTr="00017A45">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00050EAD" w:rsidTr="0D01A379" w14:paraId="2896DE12" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="55F16404" w14:textId="4624C5A3" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00F665F7" w:rsidR="00050EAD" w:rsidP="002529CE" w:rsidRDefault="00F665F7" w14:paraId="55F16404" w14:textId="529DE6D5">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="16"/>
+                <w:numId w:val="51"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A55734">
+            <w:r w:rsidRPr="00F665F7">
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>What would</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A8492E" w:rsidRPr="00A55734">
+              <w:t>What would the Timekeepers’ Recorder need to do if a Spot Number Recorder is not in operation at the race?</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> you</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00786EE2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> need to do </w:t>
-[...6 lines deleted...]
-              <w:t>if a spot number recorder is not in operation at the race?</w:t>
+              <w:t>(1 mark)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="20EC2486" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00050EAD" w:rsidTr="0D01A379" w14:paraId="20EC2486" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3ED2329A" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00A55734" w:rsidR="00050EAD" w:rsidP="002529CE" w:rsidRDefault="00050EAD" w14:paraId="3ED2329A" w14:textId="77777777">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:ind w:left="714" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="637BF01A" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00050EAD" w:rsidTr="0D01A379" w14:paraId="1B149D87" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1E41F5B5" w14:textId="505F5C46" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00A55734" w:rsidR="00050EAD" w:rsidP="002529CE" w:rsidRDefault="00E153E1" w14:paraId="24B6FD00" w14:textId="3CFC32F0">
             <w:pPr>
               <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="51"/>
+              </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A55734">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00E153E1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:kern w:val="3"/>
               </w:rPr>
-              <w:t xml:space="preserve">Slide 42: </w:t>
-[...11 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve">Who does a lap recorder work with and what do they record? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E153E1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
                 <w:kern w:val="3"/>
-                <w:lang w:val="en-US"/>
-[...31 lines deleted...]
-              <w:t>Questions 2</w:t>
+              </w:rPr>
+              <w:t>(2 marks)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="1B149D87" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00050EAD" w:rsidTr="0D01A379" w14:paraId="79694521" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="24B6FD00" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
-[...47 lines deleted...]
-          <w:p w14:paraId="00EC0430" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00A55734" w:rsidR="00050EAD" w:rsidP="002529CE" w:rsidRDefault="00050EAD" w14:paraId="00EC0430" w14:textId="77777777">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:ind w:left="714" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="2028F702" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="005E447F" w:rsidTr="0D01A379" w14:paraId="2AD30B97" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="568DFCD2" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="0090325D" w:rsidR="005E447F" w:rsidP="002529CE" w:rsidRDefault="0090325D" w14:paraId="340E7CB5" w14:textId="114DD7BD">
             <w:pPr>
               <w:widowControl/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A55734">
-[...5 lines deleted...]
-              <w:t>Where should the recorder stand in relation to the timekeeper or caller?</w:t>
+            <w:r w:rsidRPr="0090325D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Slide 41</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0090325D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Results Recorder – Questions 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="24D9A57C" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00050EAD" w:rsidTr="0D01A379" w14:paraId="2028F702" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E98BEB9" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00942D2A" w:rsidR="00050EAD" w:rsidP="008A72E1" w:rsidRDefault="002A78D2" w14:paraId="568DFCD2" w14:textId="05FAEE3F">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="51"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A78D2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+              <w:t>Where should the Timekeepers’ Recorder stand in relation to the timekeeper?</w:t>
+            </w:r>
+            <w:r w:rsidR="00942D2A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00942D2A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00050EAD" w:rsidTr="0D01A379" w14:paraId="24D9A57C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10207" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidRPr="00A55734" w:rsidR="00050EAD" w:rsidP="002529CE" w:rsidRDefault="00050EAD" w14:paraId="5E98BEB9" w14:textId="77777777">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:ind w:left="714" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="58483D25" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00050EAD" w:rsidTr="0D01A379" w14:paraId="58483D25" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4CAE5D90" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="008A72E1" w:rsidR="00050EAD" w:rsidP="008A72E1" w:rsidRDefault="00670F53" w14:paraId="4CAE5D90" w14:textId="535A360D">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="16"/>
+                <w:numId w:val="51"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A55734">
+            <w:r w:rsidRPr="00670F53">
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>How are results for events sorted?</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>For manually recorded results, which 3 sheets are used to collate accurate results?</w:t>
+            </w:r>
+            <w:r w:rsidR="008A72E1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A72E1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>(3 marks)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="5659BCBF" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00050EAD" w:rsidTr="0D01A379" w14:paraId="5659BCBF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="665E9A7E" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00A55734" w:rsidR="00050EAD" w:rsidP="002529CE" w:rsidRDefault="00050EAD" w14:paraId="665E9A7E" w14:textId="77777777">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:ind w:left="714" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="741D540E" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00050EAD" w:rsidTr="0D01A379" w14:paraId="741D540E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4BAAD795" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00673885" w:rsidR="00673885" w:rsidP="002529CE" w:rsidRDefault="00673885" w14:paraId="63E1502B" w14:textId="546F5BE6">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="16"/>
+                <w:numId w:val="51"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:before="60" w:after="60"/>
+              <w:spacing w:before="60"/>
               <w:ind w:left="357" w:hanging="357"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00A55734">
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>For manually recorded results, which sheets are used to collate accurate results?</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00673885">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">How are results sorted for: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00673885" w:rsidR="00673885" w:rsidP="00C02FB0" w:rsidRDefault="00673885" w14:paraId="55CD7502" w14:textId="1F273738">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="52"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00673885">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Manually Recorded Races</w:t>
+            </w:r>
+            <w:r w:rsidR="00D17CDC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00673885" w:rsidR="00D17CDC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00D17CDC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00673885" w:rsidR="00D17CDC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mark)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00673885" w:rsidR="00050EAD" w:rsidP="00C02FB0" w:rsidRDefault="00673885" w14:paraId="4BAAD795" w14:textId="7A05B33C">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="52"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00673885">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Chip Timed Races</w:t>
+            </w:r>
+            <w:r w:rsidR="00D17CDC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00673885" w:rsidR="00D17CDC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00D17CDC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00673885" w:rsidR="00D17CDC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mark)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="296F2790" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00050EAD" w:rsidTr="0D01A379" w14:paraId="296F2790" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="242E90A1" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidR="00050EAD" w:rsidP="00C02FB0" w:rsidRDefault="00050EAD" w14:paraId="681B7672" w14:textId="6FF41A93">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="27"/>
+                <w:numId w:val="53"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="004728D7" w:rsidR="004728D7" w:rsidP="00C02FB0" w:rsidRDefault="004728D7" w14:paraId="242E90A1" w14:textId="36C63C99">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="53"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="4121FF8F" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00050EAD" w:rsidTr="0D01A379" w14:paraId="4121FF8F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="284D8632" w14:textId="4565B309" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="008B3D6E" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00A247EC" w:rsidR="00A247EC" w:rsidP="00985D31" w:rsidRDefault="00A247EC" w14:paraId="66B237A7" w14:textId="68094C2F">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="16"/>
+                <w:numId w:val="51"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:before="60" w:after="60"/>
+              <w:spacing w:before="60"/>
               <w:ind w:left="357" w:hanging="357"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">What are the differing </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00050EAD" w:rsidRPr="00A55734">
+            </w:pPr>
+            <w:r w:rsidRPr="00A247EC">
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>methods employed by a timekeeper when calling out times?</w:t>
+              <w:t>What are the common methods employed by Timekeepers when calling:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00A247EC" w:rsidR="00A247EC" w:rsidP="00985D31" w:rsidRDefault="00A247EC" w14:paraId="5E0DFE92" w14:textId="757D11EB">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="54"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A247EC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Times</w:t>
+            </w:r>
+            <w:r w:rsidR="00D17CDC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00673885" w:rsidR="00D17CDC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00D17CDC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00673885" w:rsidR="00D17CDC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mark)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00A247EC" w:rsidR="00050EAD" w:rsidP="00985D31" w:rsidRDefault="00A247EC" w14:paraId="284D8632" w14:textId="08DE40C9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="54"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A247EC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Multiple finishers at the same time</w:t>
+            </w:r>
+            <w:r w:rsidR="00D17CDC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00673885" w:rsidR="00D17CDC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00D17CDC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00673885" w:rsidR="00D17CDC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mark)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="0C116E11" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00050EAD" w:rsidTr="0D01A379" w14:paraId="0C116E11" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5055F128" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidR="00050EAD" w:rsidP="00985D31" w:rsidRDefault="00050EAD" w14:paraId="6A63995B" w14:textId="3DDA9374">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="27"/>
+                <w:numId w:val="55"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00A247EC" w:rsidR="00A247EC" w:rsidP="00985D31" w:rsidRDefault="00A247EC" w14:paraId="5055F128" w14:textId="7E9C8BEF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="55"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="1C1D42C8" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00050EAD" w:rsidTr="0D01A379" w14:paraId="1C1D42C8" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="150"/>
+          <w:trHeight w:val="312"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="13B8302F" w14:textId="26601DAE" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00A55734" w:rsidR="00050EAD" w:rsidP="002529CE" w:rsidRDefault="00EC23A3" w14:paraId="13B8302F" w14:textId="2B902499">
             <w:pPr>
-              <w:widowControl/>
-[...1 lines deleted...]
-              <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A55734">
-[...36 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidRPr="00EC23A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>Results Recording Questions Total marks = 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="3E92E10F" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00452E82" w:rsidTr="0D01A379" w14:paraId="090B2E50" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="150"/>
+          <w:trHeight w:val="710"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2997C5FA" w14:textId="213D74A8" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00EC23A3" w:rsidR="00452E82" w:rsidP="002529CE" w:rsidRDefault="00452E82" w14:paraId="47CEA6A3" w14:textId="2E4DC359">
             <w:pPr>
               <w:widowControl/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A55734">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> that you may encounter at a race.</w:t>
+            <w:r w:rsidRPr="00EC23A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total marks for Judging &amp; Recording </w:t>
+            </w:r>
+            <w:r w:rsidR="008E6A85">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Module </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC23A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>= 50</w:t>
+            </w:r>
+            <w:r w:rsidR="00586626">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (20+30</w:t>
+            </w:r>
+            <w:r w:rsidR="00641EDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00EC23A3" w:rsidR="00452E82" w:rsidP="002529CE" w:rsidRDefault="00C66FFD" w14:paraId="6F07606D" w14:textId="2FF9E9EB">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>75</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC23A3" w:rsidR="00452E82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">% Pass mark = </w:t>
+            </w:r>
+            <w:r w:rsidR="003925C9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="1FA53071" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00050EAD" w:rsidTr="0D01A379" w14:paraId="12D5C6A4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="23D0E31A" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00A55734" w:rsidR="00050EAD" w:rsidP="002529CE" w:rsidRDefault="00050EAD" w14:paraId="45F2E8B2" w14:textId="77777777">
             <w:pPr>
               <w:widowControl/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
+              <w:suppressAutoHyphens/>
               <w:autoSpaceDE/>
-              <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="210" w:hanging="210"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="2FAB60AA" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidRPr="00050EAD" w:rsidR="00050EAD" w:rsidTr="0D01A379" w14:paraId="55867EA3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1F402A48" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
-[...614 lines deleted...]
-          <w:p w14:paraId="45F2E8B2" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00A55734" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w:rsidRPr="00A55734" w:rsidR="00050EAD" w:rsidP="002529CE" w:rsidRDefault="00050EAD" w14:paraId="2E322A1E" w14:textId="31507DC9">
             <w:pPr>
               <w:widowControl/>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE/>
               <w:spacing w:before="60" w:after="60"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...34 lines deleted...]
-            </w:pPr>
             <w:r w:rsidRPr="00A55734">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Please submit this along with the other level 2 module endurance questions and your completed application form to </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Please submit this along with the other level 2 module endurance questions </w:t>
+            </w:r>
+            <w:r w:rsidR="0085323C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">and your record of experience to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0023701F" w:rsidR="0085323C">
+              <w:rPr>
+                <w:color w:val="0563C1"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>officialsaccreditation@englandathletics.org</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="52469B6F" w14:textId="79C5D98C" w:rsidR="006F5368" w:rsidRPr="00973120" w:rsidRDefault="006F5368" w:rsidP="00973120"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId12"/>
+    <w:p w:rsidRPr="00973120" w:rsidR="006F5368" w:rsidP="006D01EE" w:rsidRDefault="006F5368" w14:paraId="52469B6F" w14:textId="46DE3947"/>
+    <w:sectPr w:rsidRPr="00973120" w:rsidR="006F5368" w:rsidSect="00EC2D68">
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11910" w:h="16840"/>
-      <w:pgMar w:top="115" w:right="1440" w:bottom="1440" w:left="1440" w:header="142" w:footer="720" w:gutter="0"/>
+      <w:pgSz w:w="11910" w:h="16840" w:orient="portrait"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="170" w:footer="822" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5FD42F25" w14:textId="77777777" w:rsidR="004C1826" w:rsidRDefault="004C1826" w:rsidP="00E21610">
+    <w:p w:rsidR="00B15226" w:rsidP="00E21610" w:rsidRDefault="00B15226" w14:paraId="225BC886" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2437EF7D" w14:textId="77777777" w:rsidR="004C1826" w:rsidRDefault="004C1826" w:rsidP="00E21610">
+    <w:p w:rsidR="00B15226" w:rsidP="00E21610" w:rsidRDefault="00B15226" w14:paraId="488BBE64" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="30E8DDFC" w14:textId="77777777" w:rsidR="004C1826" w:rsidRDefault="004C1826"/>
+    <w:p w:rsidR="00B15226" w:rsidRDefault="00B15226" w14:paraId="7BBB0F38" w14:textId="77777777"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ヒラギノ角ゴ Pro W3">
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -4386,216 +4712,245 @@
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lato">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="66E32E9D" w14:textId="0BC6FD4C" w:rsidR="00E21610" w:rsidRPr="00E21610" w:rsidRDefault="004E6B13" w:rsidP="00AD1C98">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-1459954746"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w:rsidR="00A621A9" w:rsidP="00612F4B" w:rsidRDefault="00A621A9" w14:paraId="2EE422EA" w14:textId="745C8101">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:jc w:val="center"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w:rsidRPr="00E21610" w:rsidR="00E21610" w:rsidP="00AD1C98" w:rsidRDefault="00612F4B" w14:paraId="66E32E9D" w14:textId="05F3BAEE">
     <w:pPr>
       <w:spacing w:before="100"/>
       <w:ind w:left="880"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>September 2024</w:t>
-[...5 lines deleted...]
-      <w:t>.1</w:t>
+      <w:t>01/02/2026</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2F05E16E" w14:textId="77777777" w:rsidR="004C1826" w:rsidRDefault="004C1826" w:rsidP="00E21610">
+    <w:p w:rsidR="00B15226" w:rsidP="00E21610" w:rsidRDefault="00B15226" w14:paraId="4EFB447A" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C6C2AD9" w14:textId="77777777" w:rsidR="004C1826" w:rsidRDefault="004C1826" w:rsidP="00E21610">
+    <w:p w:rsidR="00B15226" w:rsidP="00E21610" w:rsidRDefault="00B15226" w14:paraId="58548D40" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0AFA3BFD" w14:textId="77777777" w:rsidR="004C1826" w:rsidRDefault="004C1826"/>
+    <w:p w:rsidR="00B15226" w:rsidRDefault="00B15226" w14:paraId="4261B00B" w14:textId="77777777"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
+      <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
+      <w:tblOverlap w:val="never"/>
       <w:tblW w:w="9498" w:type="dxa"/>
-      <w:tblInd w:w="-5" w:type="dxa"/>
+      <w:jc w:val="center"/>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4111"/>
       <w:gridCol w:w="5387"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00801191" w14:paraId="7415A24C" w14:textId="77777777" w:rsidTr="00D53515">
+    <w:tr w:rsidR="00801191" w:rsidTr="002529CE" w14:paraId="7415A24C" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="360"/>
+        <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4111" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="22AE1A19" w14:textId="77777777" w:rsidR="00801191" w:rsidRPr="001B3595" w:rsidRDefault="00801191" w:rsidP="00017655">
+        <w:p w:rsidRPr="001B3595" w:rsidR="00801191" w:rsidP="002529CE" w:rsidRDefault="00801191" w14:paraId="22AE1A19" w14:textId="77777777">
           <w:pPr>
             <w:spacing w:before="240"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="001B3595">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t xml:space="preserve">Endurance Officials: Level 2 </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="36B24380" w14:textId="2146843B" w:rsidR="00D53515" w:rsidRDefault="00801191" w:rsidP="00017655">
+        <w:p w:rsidR="00D53515" w:rsidP="002529CE" w:rsidRDefault="00801191" w14:paraId="36B24380" w14:textId="2146843B">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="001B3595">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t xml:space="preserve">Judging &amp; Recording </w:t>
           </w:r>
           <w:r w:rsidR="007B2F30">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Module</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="0B5C2E95" w14:textId="53160AA1" w:rsidR="00801191" w:rsidRPr="00D53515" w:rsidRDefault="007B2F30" w:rsidP="00017655">
+        <w:p w:rsidRPr="00D53515" w:rsidR="00801191" w:rsidP="002529CE" w:rsidRDefault="007B2F30" w14:paraId="0B5C2E95" w14:textId="3ADABBD2">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
-            <w:t>Question</w:t>
+            <w:t xml:space="preserve">Question </w:t>
           </w:r>
-          <w:r w:rsidR="00B53DAD">
+          <w:r w:rsidRPr="001B3595" w:rsidR="00801191">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
-            <w:t>s</w:t>
+            <w:t>Return Form</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="6A73B5E3" w14:textId="77777777" w:rsidR="00801191" w:rsidRDefault="00801191" w:rsidP="00017655">
+        <w:p w:rsidR="00801191" w:rsidP="002529CE" w:rsidRDefault="00801191" w14:paraId="6A73B5E3" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Title"/>
             <w:spacing w:before="120"/>
             <w:ind w:left="0"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:color w:val="3C3C3B"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:color w:val="3C3C3B"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D003FD5" wp14:editId="0D9DC2E5">
                 <wp:extent cx="3249328" cy="795020"/>
                 <wp:effectExtent l="0" t="0" r="8255" b="5080"/>
                 <wp:docPr id="281530896" name="Picture 2" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -4616,51 +4971,51 @@
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3323424" cy="813149"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="74B551AB" w14:textId="094C84B4" w:rsidR="00FD6262" w:rsidRPr="009B3890" w:rsidRDefault="00814768" w:rsidP="001738B9">
+  <w:p w:rsidRPr="009B3890" w:rsidR="00FD6262" w:rsidP="001738B9" w:rsidRDefault="00814768" w14:paraId="74B551AB" w14:textId="094C84B4">
     <w:pPr>
       <w:pStyle w:val="Title"/>
       <w:spacing w:before="0"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:color w:val="3C3C3B"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="4294967295" distB="4294967295" distL="114299" distR="114299" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7A4EEFB0" wp14:editId="6DD3EA18">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>4619624</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>1423669</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="0" cy="0"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -4693,51 +5048,51 @@
                       <a:ln w="3175">
                         <a:solidFill>
                           <a:srgbClr val="3C3C3B"/>
                         </a:solidFill>
                         <a:prstDash val="solid"/>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="5967F641" id="Straight Connector 3" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:3.17497mm;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:3.17497mm;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="363.75pt,112.1pt" to="363.75pt,112.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyry0nqQEAAEUDAAAOAAAAZHJzL2Uyb0RvYy54bWysUttu2zAMfR/QfxD03jhpsQuMOAWWrHtp&#10;twDdPoCR5FiYLAqkEjt/P0lOsq17GwYBgnjRIc8hlw9j78TREFv0jVzM5lIYr1Bbv2/k92+Ptx+k&#10;4Aheg0NvGnkyLB9WN2+WQ6jNHXbotCGRQDzXQ2hkF2Ooq4pVZ3rgGQbjU7BF6iEmk/aVJhgSeu+q&#10;u/n8XTUg6UCoDHPybqagXBX8tjUqfm1bNlG4RqbeYrmp3Lt8V6sl1HuC0Fl1bgP+oYserE9Fr1Ab&#10;iCAOZP+C6q0iZGzjTGFfYdtaZQqHxGYxf8XmpYNgCpckDoerTPz/YNWX49pvKbeuRv8SnlD94CRK&#10;NQSur8FscNiS2A3PqNMY4RCx8B1b6vPnxESMRdbTVVYzRqEmp7p4K6gvXwJx/GywF/nRSGd95go1&#10;HJ845hagvqRkt8dH61yZl/NiaOT94v3b8oHRWZ2DOY1pv1s7EkdIE79fp/MxDzmB/ZGWkTfA3ZRX&#10;QtMuEB68LlU6A/rT+R3BuumdgJw/65MlyZvG9Q71aUu5TrbSrErF817lZfjdLlm/tn/1EwAA//8D&#10;AFBLAwQUAAYACAAAACEAJZAbeNsAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP0UrEMBBF3wX/&#10;IYzgy+KmBmuXbtNFBX1aka1+wLQZ22IzKU26W//eiII+zp3DnTPFbrGDONLke8cartcJCOLGmZ5b&#10;DW+vj1cbED4gGxwck4ZP8rArz88KzI078YGOVWhFLGGfo4YuhDGX0jcdWfRrNxLH3bubLIY4Tq00&#10;E55iuR2kSpJbabHneKHDkR46aj6q2Wq4T58Z22z1cnD7JyurZrVP61nry4vlbgsi0BL+YPjWj+pQ&#10;RqfazWy8GDRkKksjqkGpGwUiEj9J/ZvIspD/fyi/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhALKvLSepAQAARQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACWQG3jbAAAACwEAAA8AAAAAAAAAAAAAAAAAAwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAALBQAAAAA=&#10;" strokecolor="#3c3c3b" strokeweight=".25pt">
+            <v:line id="Straight Connector 3" style="position:absolute;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:3.17497mm;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:3.17497mm;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" alt="&quot;&quot;" o:spid="_x0000_s1026" strokecolor="#3c3c3b" strokeweight=".25pt" from="363.75pt,112.1pt" to="363.75pt,112.1pt" w14:anchorId="77D294B5" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyry0nqQEAAEUDAAAOAAAAZHJzL2Uyb0RvYy54bWysUttu2zAMfR/QfxD03jhpsQuMOAWWrHtp&#10;twDdPoCR5FiYLAqkEjt/P0lOsq17GwYBgnjRIc8hlw9j78TREFv0jVzM5lIYr1Bbv2/k92+Ptx+k&#10;4Aheg0NvGnkyLB9WN2+WQ6jNHXbotCGRQDzXQ2hkF2Ooq4pVZ3rgGQbjU7BF6iEmk/aVJhgSeu+q&#10;u/n8XTUg6UCoDHPybqagXBX8tjUqfm1bNlG4RqbeYrmp3Lt8V6sl1HuC0Fl1bgP+oYserE9Fr1Ab&#10;iCAOZP+C6q0iZGzjTGFfYdtaZQqHxGYxf8XmpYNgCpckDoerTPz/YNWX49pvKbeuRv8SnlD94CRK&#10;NQSur8FscNiS2A3PqNMY4RCx8B1b6vPnxESMRdbTVVYzRqEmp7p4K6gvXwJx/GywF/nRSGd95go1&#10;HJ845hagvqRkt8dH61yZl/NiaOT94v3b8oHRWZ2DOY1pv1s7EkdIE79fp/MxDzmB/ZGWkTfA3ZRX&#10;QtMuEB68LlU6A/rT+R3BuumdgJw/65MlyZvG9Q71aUu5TrbSrErF817lZfjdLlm/tn/1EwAA//8D&#10;AFBLAwQUAAYACAAAACEAJZAbeNsAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP0UrEMBBF3wX/&#10;IYzgy+KmBmuXbtNFBX1aka1+wLQZ22IzKU26W//eiII+zp3DnTPFbrGDONLke8cartcJCOLGmZ5b&#10;DW+vj1cbED4gGxwck4ZP8rArz88KzI078YGOVWhFLGGfo4YuhDGX0jcdWfRrNxLH3bubLIY4Tq00&#10;E55iuR2kSpJbabHneKHDkR46aj6q2Wq4T58Z22z1cnD7JyurZrVP61nry4vlbgsi0BL+YPjWj+pQ&#10;RqfazWy8GDRkKksjqkGpGwUiEj9J/ZvIspD/fyi/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhALKvLSepAQAARQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACWQG3jbAAAACwEAAA8AAAAAAAAAAAAAAAAAAwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAALBQAAAAA=&#10;">
               <o:lock v:ext="edit" shapetype="f"/>
               <w10:wrap anchorx="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="414E2547" wp14:editId="50A3B40B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>826135</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>2747645</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="8942070" cy="5867400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="273919346" name="Picture 273919346">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -4782,51 +5137,51 @@
                     <a:off x="0" y="0"/>
                     <a:ext cx="8942070" cy="5867400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01984164"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A57C319E"/>
     <w:lvl w:ilvl="0" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -4870,50 +5225,140 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="02DB4B3F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A858EC42"/>
+    <w:lvl w:ilvl="0" w:tplc="514A0214">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1077" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1797" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2517" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3237" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3957" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4677" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5397" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6117" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6837" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08C80CBC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F57661DA"/>
     <w:lvl w:ilvl="0" w:tplc="AB2E7BE2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -4958,64 +5403,64 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0AA6334C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="60FAB5A4"/>
     <w:lvl w:ilvl="0" w:tplc="A2E83AF8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:hint="default"/>
+        <w:rFonts w:hint="default" w:eastAsia="ヒラギノ角ゴ Pro W3"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
@@ -5051,296 +5496,648 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0C2C2547"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8E9432B0"/>
+    <w:lvl w:ilvl="0" w:tplc="8CECBD02">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F0C040B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="87206872"/>
     <w:lvl w:ilvl="0" w:tplc="75C6907A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="10332A38"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AA1EE2D0"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="13363E29"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8F843988"/>
+    <w:lvl w:ilvl="0" w:tplc="08090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1222" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1942" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2662" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3382" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4102" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4822" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5542" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6262" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6982" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="158F3B3A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AAE0F26A"/>
+    <w:lvl w:ilvl="0" w:tplc="08090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1222" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1942" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2662" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3382" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4102" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4822" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5542" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6262" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6982" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16380D26"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7FA66D36"/>
     <w:lvl w:ilvl="0" w:tplc="43E296B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18DA2364"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70725BB2"/>
     <w:lvl w:ilvl="0" w:tplc="A642E25C">
       <w:start w:val="18"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:hint="default"/>
+        <w:rFonts w:hint="default" w:eastAsia="ヒラギノ角ゴ Pro W3"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -5372,51 +6169,317 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19590F4D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2990CBDA"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19C41C4D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FCACF75C"/>
+    <w:lvl w:ilvl="0" w:tplc="47C823CA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1CF35E06"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="95A2D19A"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1FCE4AC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EC647FE6"/>
     <w:lvl w:ilvl="0" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="930" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1650" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5458,282 +6521,282 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5250" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5970" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6690" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1FFF32B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="112AD25C"/>
     <w:lvl w:ilvl="0" w:tplc="B950B1EE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="209C4886"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3DE4DD60"/>
     <w:lvl w:ilvl="0" w:tplc="2742843C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25462E4C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C3483D8A"/>
     <w:lvl w:ilvl="0" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="930" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1650" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5775,395 +6838,661 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5250" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5970" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6690" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28AC01C5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2990CBDA"/>
+    <w:lvl w:ilvl="0" w:tplc="42AC36F6">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2DFF4DF2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="392A601E"/>
+    <w:lvl w:ilvl="0" w:tplc="D2E08688">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31763924"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57FCE3C8"/>
     <w:lvl w:ilvl="0" w:tplc="1F10F432">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AC72D85"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9A38FA7E"/>
     <w:lvl w:ilvl="0" w:tplc="9A5C59B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AE65081"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4754E49A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3E3246AC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ECB0B6B0"/>
+    <w:lvl w:ilvl="0" w:tplc="08090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="930" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1650" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2370" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3090" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3810" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4530" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5250" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5970" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6690" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41FF145B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="25F81150"/>
     <w:lvl w:ilvl="0" w:tplc="70F24C36">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -6208,51 +7537,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44A407FB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AAE0F26A"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1222" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1942" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2662" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3382" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4102" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4822" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5542" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6262" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6982" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="481E6A5F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="007623A4"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -6297,180 +7712,295 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D520C9C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="03589D1C"/>
     <w:lvl w:ilvl="0" w:tplc="A36836EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E1E2857"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B908EF18"/>
+    <w:lvl w:ilvl="0" w:tplc="04E2CD1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E9148C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="782490FC"/>
     <w:lvl w:ilvl="0" w:tplc="F6082382">
       <w:start w:val="20"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:hint="default"/>
+        <w:rFonts w:hint="default" w:eastAsia="ヒラギノ角ゴ Pro W3"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
@@ -6503,51 +8033,141 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4FF944D3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3674703C"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1222" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1942" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2662" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3382" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4102" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4822" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5542" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6262" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="507F666A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="299EFE30"/>
     <w:lvl w:ilvl="0" w:tplc="70F24C36">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -6592,180 +8212,180 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52FE2B5E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E0526EDE"/>
     <w:lvl w:ilvl="0" w:tplc="A37C77A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="533A21EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EFC608EC"/>
     <w:lvl w:ilvl="0" w:tplc="5D249C72">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -6799,51 +8419,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="536F08CC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="69FC5322"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -6895,166 +8515,166 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54AA4515"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9ECEECEA"/>
     <w:lvl w:ilvl="0" w:tplc="9A5C59B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="573C5841"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="86B425D8"/>
     <w:lvl w:ilvl="0" w:tplc="70F24C36">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -7099,51 +8719,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57F92318"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2E9A5850"/>
     <w:lvl w:ilvl="0" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="930" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1650" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7185,756 +8805,1108 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5250" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5970" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6690" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5AD86BF9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0E02C658"/>
+    <w:lvl w:ilvl="0" w:tplc="08090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1077" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1797" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2517" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3237" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3957" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4677" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5397" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6117" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6837" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5BF046A5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D6AE60CA"/>
+    <w:lvl w:ilvl="0" w:tplc="4D925450">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D280999"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E52EB6C8"/>
     <w:lvl w:ilvl="0" w:tplc="AF887C14">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="627E562F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8F843988"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1222" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1942" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2662" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3382" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4102" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4822" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5542" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6262" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6982" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="634D5A46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD5A84D2"/>
     <w:lvl w:ilvl="0" w:tplc="198C4E8C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Lato Light" w:eastAsia="Trebuchet MS" w:hAnsi="Lato Light" w:cs="Trebuchet MS" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Lato Light" w:hAnsi="Lato Light" w:eastAsia="Trebuchet MS" w:cs="Trebuchet MS"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63B56FD9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F87065D8"/>
     <w:lvl w:ilvl="0" w:tplc="8E0CEF9C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66DD72EE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BC68839E"/>
+    <w:lvl w:ilvl="0" w:tplc="162AC818">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68462130"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D5FCAC72"/>
     <w:lvl w:ilvl="0" w:tplc="1F00CD70">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A4A6936"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0DD2AF6A"/>
     <w:lvl w:ilvl="0" w:tplc="2B40A900">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FC77CB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="84AADDB6"/>
     <w:lvl w:ilvl="0" w:tplc="36F6DC56">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="708F7B9E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4754B048"/>
     <w:lvl w:ilvl="0" w:tplc="121E5FDE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -7966,800 +9938,1306 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="773C7D99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F5906188"/>
     <w:lvl w:ilvl="0" w:tplc="268AD9F4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="775004D9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3674703C"/>
+    <w:lvl w:ilvl="0" w:tplc="08090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79E33ABD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="04B25A42"/>
+    <w:lvl w:ilvl="0" w:tplc="08090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A513FED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C7BE5B2A"/>
     <w:lvl w:ilvl="0" w:tplc="B5FC01E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="930" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1650" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2370" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3090" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4530" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5250" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5970" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6690" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7BF544CF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="45820BA2"/>
+    <w:lvl w:ilvl="0" w:tplc="8CB0CFCE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D660E19"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B06319E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1355614084">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1175463980">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="48"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1582065108">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1249147903">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1668896358">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1389954796">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1269653498">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1353847412">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="181212148">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="617446159">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1147359995">
+    <w:abstractNumId w:val="52"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1807817043">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1983189439">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="2014330586">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1269653498">
-[...22 lines deleted...]
-  </w:num>
   <w:num w:numId="15" w16cid:durableId="882906833">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="737435729">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="266155888">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="54"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1149634061">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="875387929">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="655377703">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1324309651">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="985088643">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1731462684">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="398481213">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="2055539714">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1324309651">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="26" w16cid:durableId="1679040717">
+    <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="985088643">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="27" w16cid:durableId="328797594">
+    <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1731462684">
+  <w:num w:numId="28" w16cid:durableId="2141729165">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1797017382">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="593174761">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1468544288">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1909077199">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="916718387">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="174002973">
+    <w:abstractNumId w:val="49"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="534120494">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="215818076">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="398481213">
+  <w:num w:numId="37" w16cid:durableId="902642055">
+    <w:abstractNumId w:val="50"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="668825063">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1657146976">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1996914280">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="1881936754">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="454714704">
+    <w:abstractNumId w:val="53"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="480462115">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="1924797593">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="2093309483">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="49304376">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="665405320">
+    <w:abstractNumId w:val="51"/>
+  </w:num>
+  <w:num w:numId="48" w16cid:durableId="2019655317">
+    <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="49" w16cid:durableId="1887985634">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="50" w16cid:durableId="978532830">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="51" w16cid:durableId="1326743186">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="2055539714">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="52" w16cid:durableId="33313517">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1679040717">
+  <w:num w:numId="53" w16cid:durableId="252864602">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="54" w16cid:durableId="668214945">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="328797594">
-[...21 lines deleted...]
-    <w:abstractNumId w:val="31"/>
+  <w:num w:numId="55" w16cid:durableId="1325813131">
+    <w:abstractNumId w:val="25"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0027647D"/>
     <w:rsid w:val="00000EB8"/>
+    <w:rsid w:val="00000F1F"/>
     <w:rsid w:val="00013D9C"/>
+    <w:rsid w:val="00015163"/>
     <w:rsid w:val="00017655"/>
     <w:rsid w:val="00017A45"/>
+    <w:rsid w:val="00017C16"/>
     <w:rsid w:val="000225B0"/>
     <w:rsid w:val="00030F7F"/>
+    <w:rsid w:val="00033AEA"/>
     <w:rsid w:val="000422AA"/>
     <w:rsid w:val="00050EAD"/>
     <w:rsid w:val="000536FB"/>
-    <w:rsid w:val="00060056"/>
+    <w:rsid w:val="000825AE"/>
     <w:rsid w:val="00084BDC"/>
     <w:rsid w:val="0009099F"/>
+    <w:rsid w:val="000A3109"/>
+    <w:rsid w:val="000A5F0B"/>
+    <w:rsid w:val="000B10F8"/>
+    <w:rsid w:val="000C140A"/>
     <w:rsid w:val="000C5795"/>
+    <w:rsid w:val="000D6678"/>
     <w:rsid w:val="000E3AF0"/>
     <w:rsid w:val="001157D2"/>
     <w:rsid w:val="00124EA0"/>
     <w:rsid w:val="00130B9F"/>
     <w:rsid w:val="0013616E"/>
+    <w:rsid w:val="00143FA8"/>
     <w:rsid w:val="001468D3"/>
     <w:rsid w:val="00167D96"/>
     <w:rsid w:val="001738B9"/>
+    <w:rsid w:val="001740F6"/>
+    <w:rsid w:val="00177B0B"/>
     <w:rsid w:val="00187F81"/>
+    <w:rsid w:val="00197D9E"/>
     <w:rsid w:val="001B3595"/>
     <w:rsid w:val="001B6B88"/>
     <w:rsid w:val="001C255E"/>
     <w:rsid w:val="001D282F"/>
+    <w:rsid w:val="001D4CB5"/>
+    <w:rsid w:val="001F6AF1"/>
     <w:rsid w:val="00212032"/>
     <w:rsid w:val="00212324"/>
+    <w:rsid w:val="00212DC1"/>
+    <w:rsid w:val="00216131"/>
+    <w:rsid w:val="002365AF"/>
+    <w:rsid w:val="0023701F"/>
+    <w:rsid w:val="00247D2D"/>
+    <w:rsid w:val="00252573"/>
+    <w:rsid w:val="002529CE"/>
     <w:rsid w:val="00255B53"/>
     <w:rsid w:val="00256A03"/>
+    <w:rsid w:val="00273DD2"/>
     <w:rsid w:val="0027647D"/>
+    <w:rsid w:val="00284C43"/>
     <w:rsid w:val="002973C8"/>
+    <w:rsid w:val="002A78D2"/>
     <w:rsid w:val="002C2C4A"/>
     <w:rsid w:val="002C69FC"/>
+    <w:rsid w:val="002D68BE"/>
+    <w:rsid w:val="002D6B6C"/>
+    <w:rsid w:val="002E00C2"/>
     <w:rsid w:val="002E345A"/>
     <w:rsid w:val="002F6C5A"/>
+    <w:rsid w:val="00301AA9"/>
     <w:rsid w:val="00310760"/>
+    <w:rsid w:val="00312621"/>
     <w:rsid w:val="0031606A"/>
+    <w:rsid w:val="00331D7C"/>
     <w:rsid w:val="00335A19"/>
+    <w:rsid w:val="00341DF5"/>
+    <w:rsid w:val="00342F6E"/>
     <w:rsid w:val="00350D7A"/>
+    <w:rsid w:val="0038182F"/>
+    <w:rsid w:val="0038260F"/>
     <w:rsid w:val="00387655"/>
+    <w:rsid w:val="003925C9"/>
     <w:rsid w:val="003A1D83"/>
+    <w:rsid w:val="003A408E"/>
+    <w:rsid w:val="003A7B52"/>
+    <w:rsid w:val="003C31F2"/>
     <w:rsid w:val="003D552E"/>
     <w:rsid w:val="004103EF"/>
+    <w:rsid w:val="00415585"/>
+    <w:rsid w:val="00440F16"/>
+    <w:rsid w:val="00445FC2"/>
     <w:rsid w:val="00452D7A"/>
+    <w:rsid w:val="00452E82"/>
     <w:rsid w:val="00454E23"/>
+    <w:rsid w:val="00460FA5"/>
     <w:rsid w:val="00461DF0"/>
     <w:rsid w:val="00462B3C"/>
+    <w:rsid w:val="004728D7"/>
+    <w:rsid w:val="00487DB3"/>
+    <w:rsid w:val="00496D87"/>
+    <w:rsid w:val="004A56D4"/>
     <w:rsid w:val="004C1826"/>
     <w:rsid w:val="004E6B13"/>
+    <w:rsid w:val="004F3B8C"/>
     <w:rsid w:val="00515974"/>
+    <w:rsid w:val="00526493"/>
+    <w:rsid w:val="00570D64"/>
     <w:rsid w:val="005714B2"/>
+    <w:rsid w:val="00585479"/>
+    <w:rsid w:val="00586626"/>
+    <w:rsid w:val="00593FE9"/>
     <w:rsid w:val="005A2D7B"/>
+    <w:rsid w:val="005A5B75"/>
     <w:rsid w:val="005C1037"/>
+    <w:rsid w:val="005C699A"/>
     <w:rsid w:val="005D7E56"/>
+    <w:rsid w:val="005E447F"/>
     <w:rsid w:val="005F4030"/>
+    <w:rsid w:val="00603C7D"/>
     <w:rsid w:val="00605936"/>
+    <w:rsid w:val="006060AD"/>
+    <w:rsid w:val="00612F4B"/>
     <w:rsid w:val="0062091C"/>
+    <w:rsid w:val="006327A7"/>
+    <w:rsid w:val="00641EDD"/>
     <w:rsid w:val="00650EEF"/>
     <w:rsid w:val="00663B83"/>
     <w:rsid w:val="006709EE"/>
+    <w:rsid w:val="00670F53"/>
+    <w:rsid w:val="00673885"/>
+    <w:rsid w:val="0067399D"/>
     <w:rsid w:val="00674134"/>
     <w:rsid w:val="00680645"/>
     <w:rsid w:val="00691DA6"/>
+    <w:rsid w:val="006A7529"/>
     <w:rsid w:val="006B7C3E"/>
     <w:rsid w:val="006C14CE"/>
+    <w:rsid w:val="006D01EE"/>
     <w:rsid w:val="006F5368"/>
     <w:rsid w:val="00721314"/>
+    <w:rsid w:val="00727DF8"/>
+    <w:rsid w:val="007302D5"/>
+    <w:rsid w:val="007341D9"/>
     <w:rsid w:val="007505A8"/>
     <w:rsid w:val="00751CF0"/>
     <w:rsid w:val="00760C43"/>
     <w:rsid w:val="007665C0"/>
     <w:rsid w:val="00775BB5"/>
+    <w:rsid w:val="00786EE2"/>
     <w:rsid w:val="00792525"/>
+    <w:rsid w:val="00793FA3"/>
     <w:rsid w:val="007A48E7"/>
     <w:rsid w:val="007B2F30"/>
+    <w:rsid w:val="007C3E63"/>
+    <w:rsid w:val="007D4F44"/>
     <w:rsid w:val="007D76ED"/>
+    <w:rsid w:val="007E4885"/>
+    <w:rsid w:val="007F0717"/>
     <w:rsid w:val="00801191"/>
     <w:rsid w:val="00814768"/>
+    <w:rsid w:val="00823A3C"/>
     <w:rsid w:val="00830CC4"/>
+    <w:rsid w:val="008460CF"/>
     <w:rsid w:val="00850B65"/>
+    <w:rsid w:val="0085323C"/>
     <w:rsid w:val="00855564"/>
     <w:rsid w:val="00861B49"/>
     <w:rsid w:val="00863DA1"/>
+    <w:rsid w:val="008751D9"/>
     <w:rsid w:val="008763DA"/>
-    <w:rsid w:val="00882A30"/>
+    <w:rsid w:val="00880A21"/>
+    <w:rsid w:val="008A5531"/>
+    <w:rsid w:val="008A72E1"/>
+    <w:rsid w:val="008B21B1"/>
     <w:rsid w:val="008B3D6E"/>
     <w:rsid w:val="008B658F"/>
     <w:rsid w:val="008B65A5"/>
+    <w:rsid w:val="008C1460"/>
+    <w:rsid w:val="008D01F6"/>
+    <w:rsid w:val="008D7082"/>
+    <w:rsid w:val="008E0278"/>
+    <w:rsid w:val="008E080A"/>
+    <w:rsid w:val="008E261A"/>
+    <w:rsid w:val="008E2F5E"/>
     <w:rsid w:val="008E3215"/>
     <w:rsid w:val="008E4100"/>
+    <w:rsid w:val="008E6A85"/>
+    <w:rsid w:val="008F041C"/>
+    <w:rsid w:val="009001A2"/>
+    <w:rsid w:val="0090325D"/>
     <w:rsid w:val="00925605"/>
+    <w:rsid w:val="009378CE"/>
     <w:rsid w:val="00937E54"/>
+    <w:rsid w:val="00942D2A"/>
+    <w:rsid w:val="009440DF"/>
     <w:rsid w:val="0094792D"/>
     <w:rsid w:val="00950F29"/>
+    <w:rsid w:val="0097004F"/>
+    <w:rsid w:val="00971134"/>
     <w:rsid w:val="00973120"/>
+    <w:rsid w:val="00985D31"/>
+    <w:rsid w:val="00991A99"/>
     <w:rsid w:val="009B0C02"/>
     <w:rsid w:val="009B3890"/>
     <w:rsid w:val="009B3C07"/>
+    <w:rsid w:val="009B7918"/>
     <w:rsid w:val="009C70DA"/>
     <w:rsid w:val="009D2DCF"/>
+    <w:rsid w:val="009D402F"/>
     <w:rsid w:val="009F4ECC"/>
     <w:rsid w:val="009F5D3F"/>
     <w:rsid w:val="00A0224A"/>
+    <w:rsid w:val="00A05B38"/>
+    <w:rsid w:val="00A2331A"/>
+    <w:rsid w:val="00A247EC"/>
     <w:rsid w:val="00A3243B"/>
+    <w:rsid w:val="00A40610"/>
+    <w:rsid w:val="00A4067C"/>
+    <w:rsid w:val="00A44BE1"/>
     <w:rsid w:val="00A55734"/>
+    <w:rsid w:val="00A621A9"/>
+    <w:rsid w:val="00A65B74"/>
     <w:rsid w:val="00A65C66"/>
+    <w:rsid w:val="00A65E85"/>
     <w:rsid w:val="00A81DDF"/>
     <w:rsid w:val="00A8492E"/>
     <w:rsid w:val="00A91822"/>
     <w:rsid w:val="00A97B8C"/>
+    <w:rsid w:val="00AB4492"/>
+    <w:rsid w:val="00AB491D"/>
     <w:rsid w:val="00AB7822"/>
     <w:rsid w:val="00AC2443"/>
+    <w:rsid w:val="00AC4C9A"/>
     <w:rsid w:val="00AD105E"/>
+    <w:rsid w:val="00AD19F3"/>
     <w:rsid w:val="00AD1C98"/>
+    <w:rsid w:val="00AD7A1F"/>
+    <w:rsid w:val="00AE18C4"/>
     <w:rsid w:val="00AF27F7"/>
     <w:rsid w:val="00B05016"/>
+    <w:rsid w:val="00B15226"/>
+    <w:rsid w:val="00B15765"/>
+    <w:rsid w:val="00B22974"/>
     <w:rsid w:val="00B22FF7"/>
     <w:rsid w:val="00B45EF9"/>
-    <w:rsid w:val="00B53DAD"/>
+    <w:rsid w:val="00B6300F"/>
     <w:rsid w:val="00B6483C"/>
     <w:rsid w:val="00B711A8"/>
+    <w:rsid w:val="00B7787C"/>
+    <w:rsid w:val="00B839C1"/>
+    <w:rsid w:val="00B918DE"/>
     <w:rsid w:val="00B94A38"/>
+    <w:rsid w:val="00BB2B5A"/>
+    <w:rsid w:val="00BB348A"/>
     <w:rsid w:val="00BC70DC"/>
+    <w:rsid w:val="00C02FB0"/>
     <w:rsid w:val="00C06276"/>
+    <w:rsid w:val="00C31171"/>
     <w:rsid w:val="00C32FAE"/>
+    <w:rsid w:val="00C34F5E"/>
+    <w:rsid w:val="00C42CC3"/>
     <w:rsid w:val="00C44759"/>
+    <w:rsid w:val="00C46344"/>
     <w:rsid w:val="00C55FD9"/>
+    <w:rsid w:val="00C66FFD"/>
+    <w:rsid w:val="00C71762"/>
     <w:rsid w:val="00C74262"/>
+    <w:rsid w:val="00C774CE"/>
     <w:rsid w:val="00C818C3"/>
     <w:rsid w:val="00C9210D"/>
     <w:rsid w:val="00C9357B"/>
+    <w:rsid w:val="00CA3380"/>
+    <w:rsid w:val="00CB36CB"/>
+    <w:rsid w:val="00CB4642"/>
+    <w:rsid w:val="00CC1B83"/>
+    <w:rsid w:val="00CD15D4"/>
+    <w:rsid w:val="00CD74BB"/>
+    <w:rsid w:val="00CE61E1"/>
     <w:rsid w:val="00CF34EE"/>
+    <w:rsid w:val="00D00228"/>
     <w:rsid w:val="00D038F7"/>
     <w:rsid w:val="00D10C03"/>
+    <w:rsid w:val="00D11BC0"/>
+    <w:rsid w:val="00D15247"/>
+    <w:rsid w:val="00D17CDC"/>
     <w:rsid w:val="00D407F6"/>
+    <w:rsid w:val="00D52961"/>
     <w:rsid w:val="00D53515"/>
     <w:rsid w:val="00D665DA"/>
+    <w:rsid w:val="00D76447"/>
+    <w:rsid w:val="00D81D30"/>
     <w:rsid w:val="00D86B54"/>
     <w:rsid w:val="00DD7529"/>
     <w:rsid w:val="00DE2CF4"/>
     <w:rsid w:val="00DE4DBC"/>
+    <w:rsid w:val="00DF0129"/>
+    <w:rsid w:val="00E153E1"/>
     <w:rsid w:val="00E21610"/>
     <w:rsid w:val="00E24066"/>
+    <w:rsid w:val="00E260B4"/>
     <w:rsid w:val="00E33313"/>
     <w:rsid w:val="00E36163"/>
     <w:rsid w:val="00E36DD9"/>
+    <w:rsid w:val="00E56BA0"/>
     <w:rsid w:val="00E61500"/>
     <w:rsid w:val="00E64AFC"/>
     <w:rsid w:val="00E6512B"/>
     <w:rsid w:val="00E65655"/>
     <w:rsid w:val="00E65AC3"/>
+    <w:rsid w:val="00E7344F"/>
+    <w:rsid w:val="00E76E09"/>
     <w:rsid w:val="00E96AF5"/>
     <w:rsid w:val="00EA157B"/>
     <w:rsid w:val="00EB4694"/>
+    <w:rsid w:val="00EC0ED0"/>
+    <w:rsid w:val="00EC1990"/>
+    <w:rsid w:val="00EC23A3"/>
+    <w:rsid w:val="00EC2D68"/>
     <w:rsid w:val="00EE3346"/>
     <w:rsid w:val="00EE5057"/>
+    <w:rsid w:val="00F027F3"/>
+    <w:rsid w:val="00F04B6D"/>
+    <w:rsid w:val="00F1122A"/>
+    <w:rsid w:val="00F15E92"/>
+    <w:rsid w:val="00F17C8D"/>
     <w:rsid w:val="00F229E9"/>
+    <w:rsid w:val="00F32537"/>
+    <w:rsid w:val="00F41AF7"/>
     <w:rsid w:val="00F47AA7"/>
     <w:rsid w:val="00F5117D"/>
+    <w:rsid w:val="00F665F7"/>
     <w:rsid w:val="00F77822"/>
+    <w:rsid w:val="00F84608"/>
     <w:rsid w:val="00FA25D4"/>
+    <w:rsid w:val="00FC56B2"/>
+    <w:rsid w:val="00FD0F91"/>
     <w:rsid w:val="00FD6262"/>
+    <w:rsid w:val="00FF0AC8"/>
+    <w:rsid w:val="00FF151B"/>
+    <w:rsid w:val="0D01A379"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="05BB39BA"/>
   <w15:docId w15:val="{4268EEB0-157B-4F34-9D7C-ACD941EAD861}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8915,52 +11393,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -9027,350 +11505,349 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Lato" w:eastAsia="Lato" w:hAnsi="Lato" w:cs="Lato"/>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:eastAsia="Lato" w:cs="Lato"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="85"/>
       <w:ind w:left="5878"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+  <w:style w:type="paragraph" w:styleId="TableParagraph" w:customStyle="1">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E21610"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E21610"/>
     <w:rPr>
-      <w:rFonts w:ascii="Lato" w:eastAsia="Lato" w:hAnsi="Lato" w:cs="Lato"/>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:eastAsia="Lato" w:cs="Lato"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E21610"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E21610"/>
     <w:rPr>
-      <w:rFonts w:ascii="Lato" w:eastAsia="Lato" w:hAnsi="Lato" w:cs="Lato"/>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:eastAsia="Lato" w:cs="Lato"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00680645"/>
     <w:rPr>
       <w:b/>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EB4694"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable2">
     <w:name w:val="Grid Table 2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="00AD1C98"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
-[...2 lines deleted...]
-        <w:insideV w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:top w:val="single" w:color="666666" w:themeColor="text1" w:themeTint="99" w:sz="2" w:space="0"/>
+        <w:bottom w:val="single" w:color="666666" w:themeColor="text1" w:themeTint="99" w:sz="2" w:space="0"/>
+        <w:insideH w:val="single" w:color="666666" w:themeColor="text1" w:themeTint="99" w:sz="2" w:space="0"/>
+        <w:insideV w:val="single" w:color="666666" w:themeColor="text1" w:themeTint="99" w:sz="2" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
-          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+          <w:bottom w:val="single" w:color="666666" w:themeColor="text1" w:themeTint="99" w:sz="12" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+          <w:top w:val="double" w:color="666666" w:themeColor="text1" w:themeTint="99" w:sz="2" w:space="0"/>
           <w:bottom w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE3346"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="312" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00973120"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F5117D"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00801191"/>
     <w:rPr>
-      <w:rFonts w:ascii="Lato" w:eastAsia="Lato" w:hAnsi="Lato" w:cs="Lato"/>
+      <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:eastAsia="Lato" w:cs="Lato"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:officialsaccreditation@englandathletics.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -9633,56 +12110,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010001FC94F334217A47AC945B66C92C6A67" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="29ce6eb7da55cf48a9d1be3c89cbb79b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0f59cc41-74f8-4139-9196-f4da72c4df9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ed3697e20e7620e78ff2137eaf972564" ns2:_="">
     <xsd:import namespace="0f59cc41-74f8-4139-9196-f4da72c4df9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -9816,131 +12287,115 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{838D54DC-F768-4AAE-9EC3-6675D9550DFE}">
-[...7 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7FA090A-CB57-4E0F-835A-E063BB5D6E70}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0f59cc41-74f8-4139-9196-f4da72c4df9b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{838D54DC-F768-4AAE-9EC3-6675D9550DFE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7A911ED-B730-4039-BF9C-2242C78D27D1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Viki Brockett</dc:creator>
-  <cp:keywords/>
-[...1 lines deleted...]
-  <cp:revision></cp:revision>
+  <keywords/>
+  <lastModifiedBy>Marc Ritchie</lastModifiedBy>
+  <revision>6</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2021-07-08T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Adobe InDesign 16.2 (Macintosh)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2021-07-08T00:00:00Z</vt:filetime>
   </property>
 </Properties>
 </file>