--- v0 (2025-10-13)
+++ v1 (2026-02-27)
@@ -8,1959 +8,3834 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="108" w:tblpY="1"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="9443" w:type="dxa"/>
+        <w:tblW w:w="10157" w:type="dxa"/>
+        <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2625"/>
+        <w:gridCol w:w="3339"/>
         <w:gridCol w:w="6818"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00691DA6" w:rsidRPr="00050EAD" w14:paraId="6FC2CFBD" w14:textId="49C67265" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00691DA6" w:rsidRPr="00050EAD" w14:paraId="6FC2CFBD" w14:textId="49C67265" w:rsidTr="00C810C0">
         <w:trPr>
           <w:trHeight w:val="336"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="3339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3A76846B" w14:textId="74756DAB" w:rsidR="00691DA6" w:rsidRPr="001D4A08" w:rsidRDefault="00691DA6" w:rsidP="00691DA6">
+          <w:p w14:paraId="3A76846B" w14:textId="74756DAB" w:rsidR="00691DA6" w:rsidRPr="001D4A08" w:rsidRDefault="00691DA6" w:rsidP="00C810C0">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D4A08">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Name: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6818" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D1F7AC2" w14:textId="77777777" w:rsidR="00691DA6" w:rsidRPr="001D4A08" w:rsidRDefault="00691DA6" w:rsidP="00691DA6">
+          <w:p w14:paraId="5D1F7AC2" w14:textId="77777777" w:rsidR="00691DA6" w:rsidRPr="001D4A08" w:rsidRDefault="00691DA6" w:rsidP="00C810C0">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00691DA6" w:rsidRPr="00050EAD" w14:paraId="24CF843D" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00691DA6" w:rsidRPr="00050EAD" w14:paraId="24CF843D" w14:textId="77777777" w:rsidTr="00D16A0E">
         <w:trPr>
           <w:trHeight w:val="330"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="3339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0CD4527E" w14:textId="34297B98" w:rsidR="00691DA6" w:rsidRPr="001D4A08" w:rsidRDefault="00691DA6" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3192"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D4A08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Licence No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6818" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="486D512A" w14:textId="77777777" w:rsidR="00691DA6" w:rsidRPr="001D4A08" w:rsidRDefault="00691DA6" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00691DA6" w:rsidRPr="00050EAD" w14:paraId="743B231C" w14:textId="77777777" w:rsidTr="00C810C0">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0CD4527E" w14:textId="34297B98" w:rsidR="00691DA6" w:rsidRPr="001D4A08" w:rsidRDefault="00691DA6" w:rsidP="00691DA6">
+          <w:p w14:paraId="35932C19" w14:textId="369EC596" w:rsidR="00691DA6" w:rsidRPr="001D4A08" w:rsidRDefault="00691DA6" w:rsidP="00C810C0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3192"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D4A08">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Licence No</w:t>
+              <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6818" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="486D512A" w14:textId="77777777" w:rsidR="00691DA6" w:rsidRPr="001D4A08" w:rsidRDefault="00691DA6" w:rsidP="00691DA6">
+          <w:p w14:paraId="6A0F9E5C" w14:textId="77777777" w:rsidR="00691DA6" w:rsidRPr="001D4A08" w:rsidRDefault="00691DA6" w:rsidP="00C810C0">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00691DA6" w:rsidRPr="00050EAD" w14:paraId="743B231C" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00F26347" w:rsidRPr="00050EAD" w14:paraId="28E0B2B5" w14:textId="77777777" w:rsidTr="00BB154B">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="615C316B" w14:textId="2CFE99D2" w:rsidR="00F26347" w:rsidRPr="001D4A08" w:rsidRDefault="00F26347" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D4A08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>End of Module Questions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F26347" w:rsidRPr="00050EAD" w14:paraId="31C26C66" w14:textId="77777777" w:rsidTr="00BB154B">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10157" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7F2FFA4C" w14:textId="24CF206C" w:rsidR="00F26347" w:rsidRPr="001D4A08" w:rsidRDefault="00F26347" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D4A08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Slide </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC7FFE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D4A08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D4A08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E839D9">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>End of Module Questions</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F34A59E" w14:textId="01E1CD83" w:rsidR="00566555" w:rsidRPr="00EE3D97" w:rsidRDefault="00092B99" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00092B99">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>You may need to complete some additional research to assist you in answering and justifying your answers to the questions for this module</w:t>
+            </w:r>
+            <w:r w:rsidR="00F26347" w:rsidRPr="001D4A08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC5C7B" w:rsidRPr="00050EAD" w14:paraId="71B9144D" w14:textId="77777777" w:rsidTr="00BB154B">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10157" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="046C0053" w14:textId="77777777" w:rsidR="00BC5C7B" w:rsidRDefault="00BC5C7B" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Slide </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC7FFE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="006A4B8E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Race Referee - Questions 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="599CDC37" w14:textId="3CEC6686" w:rsidR="00566555" w:rsidRPr="001D4A08" w:rsidRDefault="00566555" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F26347" w:rsidRPr="00050EAD" w14:paraId="5157A30B" w14:textId="77777777" w:rsidTr="00C810C0">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10157" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="65EB0AA3" w14:textId="77777777" w:rsidR="00F26347" w:rsidRPr="00566555" w:rsidRDefault="00F26347" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="16"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D4A08">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Who has overall responsibility for the event?</w:t>
+            </w:r>
+            <w:r w:rsidR="00F92284">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F92284" w:rsidRPr="00F92284">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AC56245" w14:textId="76B75CB3" w:rsidR="00566555" w:rsidRPr="001D4A08" w:rsidRDefault="00566555" w:rsidP="00566555">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="45541733" w14:textId="77777777" w:rsidTr="00C810C0">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10157" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2A16BCC2" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="001D4A08" w:rsidRDefault="00050EAD" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="2664BDCD" w14:textId="77777777" w:rsidTr="00C810C0">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10157" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="05B9A59A" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00566555" w:rsidRDefault="002D249B" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="16"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D4A08">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What are the 3 </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF58F1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>prime responsibilities</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D4A08">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of the </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF58F1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Race R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D4A08">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>eferee?</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF58F1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF58F1" w:rsidRPr="00EF58F1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>(3 marks)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="460AC642" w14:textId="6E37DA93" w:rsidR="00566555" w:rsidRPr="001D4A08" w:rsidRDefault="00566555" w:rsidP="00566555">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="75AB06BA" w14:textId="77777777" w:rsidTr="00C810C0">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10157" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="35932C19" w14:textId="369EC596" w:rsidR="00691DA6" w:rsidRPr="001D4A08" w:rsidRDefault="00691DA6" w:rsidP="00691DA6">
+          <w:p w14:paraId="077F5106" w14:textId="2AFBD545" w:rsidR="00050EAD" w:rsidRDefault="00050EAD" w:rsidP="00C810C0">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:bCs/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4A08">
-[...6 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AD33773" w14:textId="7416D525" w:rsidR="00E75407" w:rsidRDefault="00E75407" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01D22390" w14:textId="6FADA81A" w:rsidR="00E75407" w:rsidRPr="001D4A08" w:rsidRDefault="00E75407" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="5F96B7FE" w14:textId="77777777" w:rsidTr="00C810C0">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6818" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...30 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1FA881D2" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="001D4A08" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w14:paraId="6F0BDAF9" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00566555" w:rsidRDefault="007835EF" w:rsidP="00C810C0">
             <w:pPr>
-              <w:widowControl/>
-[...501 lines deleted...]
-            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>Who has overall responsibility for the event(s)?</w:t>
-            </w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="007835EF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">With whom do Referees liaise before and at the race? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E2B95">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Name at least 5 from those identified throughout this module. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E2B95">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00C05D3B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E2B95">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> marks)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="493A608C" w14:textId="457C251F" w:rsidR="00566555" w:rsidRPr="004E2B95" w:rsidRDefault="00566555" w:rsidP="00566555">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="45541733" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="6B37C79B" w14:textId="77777777" w:rsidTr="00C810C0">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2A16BCC2" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="001D4A08" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
-[...174 lines deleted...]
-          <w:p w14:paraId="341D8303" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="001D4A08" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w14:paraId="2F3D6D74" w14:textId="604C7A51" w:rsidR="00050EAD" w:rsidRDefault="00050EAD" w:rsidP="00C810C0">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31CEB0F7" w14:textId="74F7C4F9" w:rsidR="00E75407" w:rsidRDefault="00E75407" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="505BCD9E" w14:textId="61D2F46C" w:rsidR="00E75407" w:rsidRDefault="00E75407" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="341D8303" w14:textId="369DE124" w:rsidR="00E75407" w:rsidRPr="001D4A08" w:rsidRDefault="00E75407" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="2896DE12" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="2896DE12" w14:textId="77777777" w:rsidTr="00C810C0">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="55F16404" w14:textId="3F31EB41" w:rsidR="00050EAD" w:rsidRPr="001D4A08" w:rsidRDefault="00CE2904" w:rsidP="00CE2904">
+          <w:p w14:paraId="04368BBE" w14:textId="77777777" w:rsidR="00A67311" w:rsidRPr="00A67311" w:rsidRDefault="00CE2904" w:rsidP="00C810C0">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="35"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:before="60" w:after="60"/>
+              <w:spacing w:before="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D4A08">
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>In a club senior race, you notice that the athletes have been sent the wrong way on the first lap of a 7-lap race. What would you do?</w:t>
-            </w:r>
+              <w:t xml:space="preserve">In a </w:t>
+            </w:r>
+            <w:r w:rsidR="00A67311" w:rsidRPr="00A67311">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Name at least 4 ways a Race Referee might address each of the following:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D1E5073" w14:textId="5C828AEC" w:rsidR="00A67311" w:rsidRDefault="00A67311" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A67311">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Overseeing Fair competition. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A67311">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00C05D3B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A67311">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> marks)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08DE328B" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00566555" w:rsidRDefault="00A67311" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A67311">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Overseeing Safe competition. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A67311">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00C05D3B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A67311">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> marks)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55F16404" w14:textId="1F788850" w:rsidR="00566555" w:rsidRPr="00A67311" w:rsidRDefault="00566555" w:rsidP="00566555">
+            <w:pPr>
+              <w:widowControl/>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="714"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="20EC2486" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="20EC2486" w14:textId="77777777" w:rsidTr="00C810C0">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3ED2329A" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="001D4A08" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w14:paraId="0D2FF020" w14:textId="77777777" w:rsidR="002A7942" w:rsidRDefault="002A7942" w:rsidP="00E16BE9">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="24"/>
+                <w:numId w:val="47"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B9C6E1A" w14:textId="6E2C65CD" w:rsidR="00050EAD" w:rsidRDefault="00050EAD" w:rsidP="002A7942">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="56"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="743"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C831F1E" w14:textId="384A5EE3" w:rsidR="002A7942" w:rsidRDefault="002A7942" w:rsidP="002A7942">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="56"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="743"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22F6508E" w14:textId="1826F638" w:rsidR="002A7942" w:rsidRDefault="002A7942" w:rsidP="002A7942">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="56"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="743"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63D2CFE1" w14:textId="29C08E53" w:rsidR="002A7942" w:rsidRDefault="002A7942" w:rsidP="002A7942">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="56"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="743"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D5FFC65" w14:textId="5B20C0AC" w:rsidR="002A7942" w:rsidRDefault="002A7942" w:rsidP="002A7942">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="56"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="743"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6CAC3DEF" w14:textId="13603DB8" w:rsidR="002A7942" w:rsidRDefault="002A7942" w:rsidP="001E46C5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="714"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C14B59D" w14:textId="6F1F3865" w:rsidR="00566555" w:rsidRDefault="00566555" w:rsidP="001E46C5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="47"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3536AED2" w14:textId="48729732" w:rsidR="002A7942" w:rsidRDefault="002A7942" w:rsidP="002A7942">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="56"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="743"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52BBF35F" w14:textId="6E4E2F1E" w:rsidR="002A7942" w:rsidRDefault="002A7942" w:rsidP="002A7942">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="56"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="743"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50818379" w14:textId="306D5B24" w:rsidR="002A7942" w:rsidRDefault="002A7942" w:rsidP="002A7942">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="56"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="743"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50AD8AE8" w14:textId="652DFDC5" w:rsidR="002A7942" w:rsidRDefault="002A7942" w:rsidP="002A7942">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="56"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="743"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3ED2329A" w14:textId="7890C6F8" w:rsidR="002A7942" w:rsidRPr="001E46C5" w:rsidRDefault="002A7942" w:rsidP="002A7942">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="56"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="743"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00817DD8" w:rsidRPr="00050EAD" w14:paraId="637BF01A" w14:textId="77777777" w:rsidTr="00A86375">
+      <w:tr w:rsidR="00817DD8" w:rsidRPr="00050EAD" w14:paraId="637BF01A" w14:textId="77777777" w:rsidTr="00AD4A63">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1E41F5B5" w14:textId="53CB8550" w:rsidR="00817DD8" w:rsidRPr="001D4A08" w:rsidRDefault="00817DD8" w:rsidP="00817DD8">
+          <w:p w14:paraId="1E41F5B5" w14:textId="77D0C3AD" w:rsidR="00817DD8" w:rsidRPr="001D4A08" w:rsidRDefault="00817DD8" w:rsidP="00C810C0">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D4A08">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Slide </w:t>
             </w:r>
             <w:r w:rsidR="00DE456A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00A67311">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="001D4A08">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="001D4A08">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Race Referee</w:t>
             </w:r>
             <w:r w:rsidR="003C73E2">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003C73E2" w:rsidRPr="003C73E2">
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidR="003C73E2">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003C73E2" w:rsidRPr="003C73E2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Questions 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00817DD8" w:rsidRPr="00050EAD" w14:paraId="1B149D87" w14:textId="77777777" w:rsidTr="00A86375">
+      <w:tr w:rsidR="00817DD8" w:rsidRPr="00050EAD" w14:paraId="1B149D87" w14:textId="77777777" w:rsidTr="00C810C0">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="69DAD078" w14:textId="77777777" w:rsidR="00817DD8" w:rsidRPr="001D4A08" w:rsidRDefault="00817DD8" w:rsidP="00817DD8">
+          <w:p w14:paraId="6669428F" w14:textId="77777777" w:rsidR="000F5DE9" w:rsidRPr="000F5DE9" w:rsidRDefault="000F5DE9" w:rsidP="00C810C0">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="35"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:before="60" w:after="60"/>
+              <w:spacing w:before="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4A08">
+            <w:r w:rsidRPr="000F5DE9">
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>A runner has missed the start of the Under 20 Women’s Cross-Country championship and asks for permission to run in the Senior Women’s race.  What would you do?</w:t>
+              <w:t>In a National Senior Road Race Championship on closed roads, the leading group of 12 athletes are directed the wrong way whilst all other athletes are sent the correct way. The group of 12 athletes re-joined the race but are well down the field at the end.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A7C6FDA" w14:textId="77777777" w:rsidR="00817DD8" w:rsidRPr="001D4A08" w:rsidRDefault="00817DD8" w:rsidP="00817DD8">
+          <w:p w14:paraId="259F6798" w14:textId="72618E5A" w:rsidR="00032BB3" w:rsidRPr="0007402F" w:rsidRDefault="00032BB3" w:rsidP="00C810C0">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="11"/>
+                <w:numId w:val="41"/>
               </w:numPr>
-              <w:suppressAutoHyphens/>
-              <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="567" w:hanging="210"/>
+              <w:ind w:left="714" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4A08">
+            <w:r w:rsidRPr="0007402F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Say yes and she can compete in the Senior Championship.</w:t>
+              <w:t xml:space="preserve">As Referee, where would you place the group of 12? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007402F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62DBB305" w14:textId="77777777" w:rsidR="00817DD8" w:rsidRPr="001D4A08" w:rsidRDefault="00817DD8" w:rsidP="00817DD8">
+          <w:p w14:paraId="6F55FC19" w14:textId="77777777" w:rsidR="00032BB3" w:rsidRPr="0007402F" w:rsidRDefault="00032BB3" w:rsidP="00C810C0">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="11"/>
+                <w:numId w:val="41"/>
               </w:numPr>
-              <w:suppressAutoHyphens/>
-              <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="567" w:hanging="210"/>
+              <w:ind w:left="714" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4A08">
+            <w:r w:rsidRPr="0007402F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Say yes but will not appear in the result.</w:t>
+              <w:t xml:space="preserve">Outline at least four key points you would consider in reaching your decision. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007402F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(4 marks)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="216FA2D5" w14:textId="77777777" w:rsidR="00817DD8" w:rsidRPr="001D4A08" w:rsidRDefault="00817DD8" w:rsidP="00817DD8">
+          <w:p w14:paraId="6E8CB4C2" w14:textId="77777777" w:rsidR="00B14913" w:rsidRDefault="00032BB3" w:rsidP="00C810C0">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="11"/>
+                <w:numId w:val="41"/>
               </w:numPr>
-              <w:suppressAutoHyphens/>
-              <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="567" w:hanging="210"/>
+              <w:ind w:left="714" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4A08">
+            <w:r w:rsidRPr="0007402F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Say no.</w:t>
+              <w:t>What post-race reaction to your decision might you anticipate from the leading group of 12?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="24B6FD00" w14:textId="52C67AF4" w:rsidR="00817DD8" w:rsidRPr="001D4A08" w:rsidRDefault="00817DD8" w:rsidP="00A86375">
+          <w:p w14:paraId="50B53FAB" w14:textId="6DEB14E0" w:rsidR="00032BB3" w:rsidRPr="0007402F" w:rsidRDefault="00032BB3" w:rsidP="00B14913">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357"/>
+              <w:ind w:left="714"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0007402F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5458753C" w14:textId="77777777" w:rsidR="00032BB3" w:rsidRPr="0007402F" w:rsidRDefault="00032BB3" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="41"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0007402F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Would submission of a UKA Incident Report be deemed necessary? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007402F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72B8AFE5" w14:textId="77777777" w:rsidR="0007402F" w:rsidRPr="0007402F" w:rsidRDefault="00032BB3" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="41"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D4A08">
+            <w:r w:rsidRPr="0007402F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Explain your reason</w:t>
+              <w:t>Would your decision be the same if it was a Senior Cross-Country Championship?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24B6FD00" w14:textId="05FB1EE4" w:rsidR="00216DA0" w:rsidRPr="0007402F" w:rsidRDefault="00032BB3" w:rsidP="00216DA0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="714"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0007402F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="79694521" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="79694521" w14:textId="77777777" w:rsidTr="00C810C0">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="00EC0430" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="001D4A08" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w14:paraId="6A563788" w14:textId="60AAA084" w:rsidR="00050EAD" w:rsidRDefault="00050EAD" w:rsidP="00D16A0E">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="24"/>
+                <w:numId w:val="48"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="22" w:firstLine="335"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C29CA79" w14:textId="5894132E" w:rsidR="00FC29D4" w:rsidRDefault="00FC29D4" w:rsidP="00D16A0E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="48"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="22" w:firstLine="335"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EC7EEC7" w14:textId="43B0A09B" w:rsidR="005B26BE" w:rsidRDefault="005B26BE" w:rsidP="00216DA0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="1080"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6BB52B7F" w14:textId="6A0E2C6E" w:rsidR="005B26BE" w:rsidRDefault="005B26BE" w:rsidP="00216DA0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="1080"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C96066C" w14:textId="3CCB54CC" w:rsidR="005B26BE" w:rsidRDefault="005B26BE" w:rsidP="00216DA0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="1080"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DFF4D84" w14:textId="5F80F1F8" w:rsidR="005B26BE" w:rsidRPr="005B26BE" w:rsidRDefault="005B26BE" w:rsidP="00216DA0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="1080"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F32492C" w14:textId="6037D6A0" w:rsidR="00FC29D4" w:rsidRDefault="00FC29D4" w:rsidP="00D16A0E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="48"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="22" w:firstLine="335"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64C14C6B" w14:textId="78A4AAC2" w:rsidR="00FC29D4" w:rsidRDefault="00FC29D4" w:rsidP="00D16A0E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="48"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="22" w:firstLine="335"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="00EC0430" w14:textId="33CAEFD1" w:rsidR="00216DA0" w:rsidRPr="00216DA0" w:rsidRDefault="00216DA0" w:rsidP="00216DA0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="48"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="22" w:firstLine="335"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="2028F702" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00A33FAA" w:rsidRPr="00050EAD" w14:paraId="2E58AC3E" w14:textId="77777777" w:rsidTr="00C05F9B">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7BBD75AF" w14:textId="7431B728" w:rsidR="00A33FAA" w:rsidRPr="001D4A08" w:rsidRDefault="00A33FAA" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D4A08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Slide </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00B25509">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D4A08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D4A08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Race Referee</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C73E2">
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C73E2">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Questions </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33FAA" w:rsidRPr="00050EAD" w14:paraId="2028F702" w14:textId="77777777" w:rsidTr="00C810C0">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10157" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="568DFCD2" w14:textId="57BA8672" w:rsidR="00050EAD" w:rsidRPr="001D4A08" w:rsidRDefault="00C96C9B" w:rsidP="00C96C9B">
+          <w:p w14:paraId="00D2468A" w14:textId="77777777" w:rsidR="006317FC" w:rsidRPr="006317FC" w:rsidRDefault="006317FC" w:rsidP="00C810C0">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:before="60" w:after="60"/>
+              <w:spacing w:before="60"/>
               <w:ind w:left="357" w:hanging="357"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001D4A08">
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>Which age group will a runner born on August 31</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001D4A08">
+            </w:pPr>
+            <w:r w:rsidRPr="006317FC">
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                 <w:kern w:val="24"/>
-                <w:vertAlign w:val="superscript"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001D4A08">
+              </w:rPr>
+              <w:t>In a multi-age-group club cross-country meeting, with different age-group lap distances, the Referee notices that on the first lap of the 4-lap senior race (including U20’s) the runners have been sent the wrong way, onto the wrong section of the course.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DE8DDB3" w14:textId="77777777" w:rsidR="006317FC" w:rsidRPr="006317FC" w:rsidRDefault="006317FC" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="42"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 2006 qualify for in a Cross-Country championship held in January 2023 as defined in UKA Rules for Competition?</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="006317FC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">As Referee, what would you do? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006317FC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="098DCD09" w14:textId="77777777" w:rsidR="006317FC" w:rsidRPr="006317FC" w:rsidRDefault="006317FC" w:rsidP="00B4052C">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="43"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="1077" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006317FC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Allow the race to continue</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FFF894F" w14:textId="77777777" w:rsidR="006317FC" w:rsidRPr="006317FC" w:rsidRDefault="006317FC" w:rsidP="00B4052C">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="43"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="1077" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006317FC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Stop the race at the earliest safe opportunity and order a re-start</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29434BEB" w14:textId="77777777" w:rsidR="006317FC" w:rsidRPr="006317FC" w:rsidRDefault="006317FC" w:rsidP="00B4052C">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="43"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="1077" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006317FC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Abandon the race</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15C438A6" w14:textId="77777777" w:rsidR="006317FC" w:rsidRPr="006317FC" w:rsidRDefault="006317FC" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="42"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006317FC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Outline at least 3 key points you would consider in reaching your decision. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006317FC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>(3 marks)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06317B8F" w14:textId="77777777" w:rsidR="00233558" w:rsidRPr="00233558" w:rsidRDefault="006317FC" w:rsidP="00233558">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="42"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005376BD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Would your decision be the same if the race was a senior club road race on an enclosed motorbike racetrack circuit? </w:t>
+            </w:r>
+            <w:r w:rsidR="006E361A" w:rsidRPr="005376BD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+            <w:r w:rsidR="006E361A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="568DFCD2" w14:textId="1BA1F15D" w:rsidR="00216DA0" w:rsidRPr="00216DA0" w:rsidRDefault="006317FC" w:rsidP="00216DA0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005376BD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Justify your answer. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005376BD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="24D9A57C" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00A33FAA" w:rsidRPr="00050EAD" w14:paraId="24D9A57C" w14:textId="77777777" w:rsidTr="00C810C0">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E98BEB9" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="001D4A08" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w14:paraId="5BBC7E02" w14:textId="45D5B0E5" w:rsidR="00A33FAA" w:rsidRDefault="00A33FAA" w:rsidP="00D362D6">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="25"/>
+                <w:numId w:val="49"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13F31B8F" w14:textId="77777777" w:rsidR="00216DA0" w:rsidRDefault="00216DA0" w:rsidP="00216DA0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="714"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4835DE12" w14:textId="193A0DB1" w:rsidR="00FC29D4" w:rsidRDefault="00FC29D4" w:rsidP="00D362D6">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="49"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="27C78FE3" w14:textId="2FF0FF0C" w:rsidR="005E3FAB" w:rsidRPr="005E3FAB" w:rsidRDefault="005E3FAB" w:rsidP="00216DA0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="743"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5CFA532D" w14:textId="6D9B9733" w:rsidR="00FC29D4" w:rsidRDefault="00FC29D4" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="49"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E98BEB9" w14:textId="42480404" w:rsidR="00216DA0" w:rsidRPr="00FC29D4" w:rsidRDefault="00216DA0" w:rsidP="00216DA0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="743"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="58483D25" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00420844" w:rsidRPr="00050EAD" w14:paraId="63B1E710" w14:textId="77777777" w:rsidTr="00C0413D">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4CAE5D90" w14:textId="0D65CEEE" w:rsidR="00050EAD" w:rsidRPr="001D4A08" w:rsidRDefault="005403AF" w:rsidP="005403AF">
+          <w:p w14:paraId="78DA245C" w14:textId="3E807180" w:rsidR="00420844" w:rsidRPr="001D4A08" w:rsidRDefault="00420844" w:rsidP="00C810C0">
             <w:pPr>
               <w:widowControl/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D4A08">
               <w:rPr>
-                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
-[...2 lines deleted...]
-              <w:t>A runner crosses the line first just ahead of a second runner in a race that is chip timed.  The timing system places the second runner as the winner as his chip was captured first.  Who is the winner?</w:t>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Slide </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00D362D6">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D4A08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D4A08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Race Referee</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C73E2">
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C73E2">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Questions </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="5659BCBF" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00A33FAA" w:rsidRPr="00050EAD" w14:paraId="58483D25" w14:textId="77777777" w:rsidTr="00C810C0">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="665E9A7E" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="001D4A08" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w14:paraId="1C5AAD01" w14:textId="6DB9301B" w:rsidR="006A53F3" w:rsidRPr="006A53F3" w:rsidRDefault="006A53F3" w:rsidP="00C810C0">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="26"/>
+                <w:numId w:val="45"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A53F3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A runner has missed the start of the Under 20 Women’s Cross-Country championship and asks for permission to run in the Senior Women’s race.  What would you do? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B02CF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DABCD10" w14:textId="77777777" w:rsidR="006A53F3" w:rsidRPr="005B02CF" w:rsidRDefault="006A53F3" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B02CF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Say yes and she can compete in the Senior Championship</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22E6C684" w14:textId="77777777" w:rsidR="006A53F3" w:rsidRPr="005B02CF" w:rsidRDefault="006A53F3" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B02CF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Say yes but will not appear in the result</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A5A786B" w14:textId="77777777" w:rsidR="006A53F3" w:rsidRPr="005B02CF" w:rsidRDefault="006A53F3" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B02CF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Say no</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CAE5D90" w14:textId="4BCA58C4" w:rsidR="00A33FAA" w:rsidRPr="001D4A08" w:rsidRDefault="006A53F3" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:ind w:left="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="006A53F3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Explain your decision. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E6F9F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="12D5C6A4" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00A33FAA" w:rsidRPr="00050EAD" w14:paraId="5659BCBF" w14:textId="77777777" w:rsidTr="00C810C0">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="45F2E8B2" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="001D4A08" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w14:paraId="6F2A4FCD" w14:textId="77777777" w:rsidR="00216DA0" w:rsidRPr="00216DA0" w:rsidRDefault="00216DA0" w:rsidP="00216DA0">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
-              <w:suppressAutoHyphens/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="57"/>
+              </w:numPr>
               <w:autoSpaceDE/>
-              <w:spacing w:before="60" w:after="60"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68FE35EF" w14:textId="2C61F224" w:rsidR="00216DA0" w:rsidRDefault="00216DA0" w:rsidP="00216DA0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="57"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="665E9A7E" w14:textId="58396198" w:rsidR="00216DA0" w:rsidRPr="001D4A08" w:rsidRDefault="00216DA0" w:rsidP="00216DA0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="57"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="55867EA3" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="008E6F9F" w:rsidRPr="00050EAD" w14:paraId="4F046224" w14:textId="77777777" w:rsidTr="00C810C0">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2E322A1E" w14:textId="7A0BF7E7" w:rsidR="00050EAD" w:rsidRPr="001D4A08" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w14:paraId="14A24C25" w14:textId="77777777" w:rsidR="00485D43" w:rsidRPr="00485D43" w:rsidRDefault="00485D43" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="50"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00485D43">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Under UKA Rules for Competition, which age group will a runner born on 31st August 2010 qualify for in a Home Country Cross-Country championship held in January 2027 in:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="314FD4A0" w14:textId="15945BF4" w:rsidR="00485D43" w:rsidRPr="009C5F19" w:rsidRDefault="00485D43" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="54"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5F19">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>England</w:t>
+            </w:r>
+            <w:r w:rsidR="009C5F19">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009C5F19" w:rsidRPr="008E6F9F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E9CC5E8" w14:textId="5B91AD05" w:rsidR="00485D43" w:rsidRPr="009C5F19" w:rsidRDefault="00485D43" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="54"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5F19">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Northern Ireland</w:t>
+            </w:r>
+            <w:r w:rsidR="009C5F19">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009C5F19" w:rsidRPr="008E6F9F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F612F92" w14:textId="28F040A0" w:rsidR="00485D43" w:rsidRPr="009C5F19" w:rsidRDefault="00485D43" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="54"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5F19">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Scotland</w:t>
+            </w:r>
+            <w:r w:rsidR="009C5F19">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009C5F19" w:rsidRPr="008E6F9F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B42DC25" w14:textId="2FF25CFE" w:rsidR="008E6F9F" w:rsidRPr="009C5F19" w:rsidRDefault="00485D43" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="54"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5F19">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Wales</w:t>
+            </w:r>
+            <w:r w:rsidR="009C5F19">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009C5F19" w:rsidRPr="008E6F9F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E6F9F" w:rsidRPr="00050EAD" w14:paraId="08D597CF" w14:textId="77777777" w:rsidTr="00C810C0">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10157" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="64DA511F" w14:textId="39197A20" w:rsidR="008E6F9F" w:rsidRDefault="008E6F9F" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="55"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="767F3D55" w14:textId="78C50338" w:rsidR="00BF2C3A" w:rsidRDefault="00BF2C3A" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="55"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2AA47A4F" w14:textId="2ED9E8CE" w:rsidR="009D0B45" w:rsidRDefault="009D0B45" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="55"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7635CBBA" w14:textId="557E00E6" w:rsidR="009D0B45" w:rsidRPr="00BF2C3A" w:rsidRDefault="009D0B45" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="55"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00192E2C" w:rsidRPr="00050EAD" w14:paraId="2EA90D71" w14:textId="77777777" w:rsidTr="00CC6C41">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10157" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6876BFCD" w14:textId="6D21A46D" w:rsidR="00192E2C" w:rsidRPr="00CC6C41" w:rsidRDefault="00CC6C41" w:rsidP="00CC6C41">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D4A08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Slide </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D4A08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D4A08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Race Referee</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C73E2">
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C73E2">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Questions </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E6F9F" w:rsidRPr="00050EAD" w14:paraId="3569B664" w14:textId="77777777" w:rsidTr="00C810C0">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10157" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4B42FA94" w14:textId="77777777" w:rsidR="003C5CC4" w:rsidRPr="003C5CC4" w:rsidRDefault="003C5CC4" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="51"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C5CC4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A runner crosses the line first just ahead of the second runner in a chip timed race.  The timing system places the second runner as the winner as their chip was captured first. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6393DE79" w14:textId="77777777" w:rsidR="003C5CC4" w:rsidRPr="003C5CC4" w:rsidRDefault="003C5CC4" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="52"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C5CC4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Who is the winner? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C5CC4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FF1AC3F" w14:textId="3ACAB893" w:rsidR="008E6F9F" w:rsidRPr="007E47F6" w:rsidRDefault="003C5CC4" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="52"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C5CC4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Explain your decision. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C0339">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(1mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E6F9F" w:rsidRPr="00050EAD" w14:paraId="5C68BABF" w14:textId="77777777" w:rsidTr="00C810C0">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10157" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5B4AF2B9" w14:textId="6F1A10B5" w:rsidR="008E6F9F" w:rsidRDefault="008E6F9F" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="53"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3386FB70" w14:textId="62FFA4E7" w:rsidR="004C0339" w:rsidRPr="004C0339" w:rsidRDefault="004C0339" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="53"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C0339" w:rsidRPr="00050EAD" w14:paraId="272D0FF1" w14:textId="77777777" w:rsidTr="00C810C0">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10157" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="15B95150" w14:textId="618BEEDA" w:rsidR="00550334" w:rsidRPr="00550334" w:rsidRDefault="00D14933" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550334">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total marks </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">for </w:t>
+            </w:r>
+            <w:r w:rsidR="00550334" w:rsidRPr="00550334">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Race Referee </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>Module</w:t>
+            </w:r>
+            <w:r w:rsidR="00550334" w:rsidRPr="00550334">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidR="009D0B45">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="537AC038" w14:textId="09B7941F" w:rsidR="004C0339" w:rsidRPr="004C0339" w:rsidRDefault="00D16A0E" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>75</w:t>
+            </w:r>
+            <w:r w:rsidR="00550334" w:rsidRPr="00550334">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">% Pass mark = </w:t>
+            </w:r>
+            <w:r w:rsidR="009D0B45">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB048D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33FAA" w:rsidRPr="00050EAD" w14:paraId="12D5C6A4" w14:textId="77777777" w:rsidTr="00C810C0">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10157" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="45F2E8B2" w14:textId="77777777" w:rsidR="00A33FAA" w:rsidRPr="001D4A08" w:rsidRDefault="00A33FAA" w:rsidP="00C810C0">
             <w:pPr>
               <w:widowControl/>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE/>
               <w:spacing w:before="60" w:after="60"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33FAA" w:rsidRPr="00050EAD" w14:paraId="55867EA3" w14:textId="77777777" w:rsidTr="00730AD2">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10157" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2E322A1E" w14:textId="012D3994" w:rsidR="00A33FAA" w:rsidRPr="001D4A08" w:rsidRDefault="00A33FAA" w:rsidP="00C810C0">
+            <w:pPr>
+              <w:widowControl/>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDE/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="001D4A08">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Please submit this along with the other level 2 module endurance questions and your completed application form to </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Please submit this along with the other level 2 module endurance questions and your </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB048D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">record of experience to </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB048D" w:rsidRPr="0023701F">
+              <w:rPr>
+                <w:color w:val="0563C1"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>officialsaccreditation@englandathletics.org</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="52469B6F" w14:textId="79C5D98C" w:rsidR="006F5368" w:rsidRPr="00973120" w:rsidRDefault="006F5368" w:rsidP="00973120"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId12"/>
+    <w:p w14:paraId="52469B6F" w14:textId="79C5D98C" w:rsidR="006F5368" w:rsidRPr="00784CA0" w:rsidRDefault="006F5368" w:rsidP="00973120"/>
+    <w:sectPr w:rsidR="006F5368" w:rsidRPr="00784CA0" w:rsidSect="00EE3D97">
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
-      <w:pgMar w:top="115" w:right="1440" w:bottom="1440" w:left="1440" w:header="142" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="170" w:footer="510" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4DB0DD8B" w14:textId="77777777" w:rsidR="007C7CE0" w:rsidRDefault="007C7CE0" w:rsidP="00E21610">
+    <w:p w14:paraId="0DF26406" w14:textId="77777777" w:rsidR="00DB4EB0" w:rsidRDefault="00DB4EB0" w:rsidP="00E21610">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B5319DF" w14:textId="77777777" w:rsidR="007C7CE0" w:rsidRDefault="007C7CE0" w:rsidP="00E21610">
+    <w:p w14:paraId="778F3C17" w14:textId="77777777" w:rsidR="00DB4EB0" w:rsidRDefault="00DB4EB0" w:rsidP="00E21610">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1F4620AB" w14:textId="77777777" w:rsidR="007C7CE0" w:rsidRDefault="007C7CE0"/>
+    <w:p w14:paraId="40B1D94A" w14:textId="77777777" w:rsidR="00DB4EB0" w:rsidRDefault="00DB4EB0"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...17 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="ヒラギノ角ゴ Pro W3">
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lato Light">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lato">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="66E32E9D" w14:textId="1883E686" w:rsidR="00E21610" w:rsidRPr="00E21610" w:rsidRDefault="004E6B13" w:rsidP="00AD1C98">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="66E32E9D" w14:textId="2996E387" w:rsidR="00E21610" w:rsidRPr="00E21610" w:rsidRDefault="00596F90" w:rsidP="00AD1C98">
     <w:pPr>
       <w:spacing w:before="100"/>
       <w:ind w:left="880"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>September 2024</w:t>
+      <w:t>01</w:t>
     </w:r>
-    <w:r w:rsidR="003C73E2">
+    <w:r w:rsidR="00A1034A">
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>.1</w:t>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="00AE5DD6">
+      <w:rPr>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>0</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="00A1034A">
+      <w:rPr>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="004E6B13">
+      <w:rPr>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="00AE5DD6">
+      <w:rPr>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7D958FF2" w14:textId="77777777" w:rsidR="007C7CE0" w:rsidRDefault="007C7CE0" w:rsidP="00E21610">
+    <w:p w14:paraId="0487B935" w14:textId="77777777" w:rsidR="00DB4EB0" w:rsidRDefault="00DB4EB0" w:rsidP="00E21610">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0345BDAF" w14:textId="77777777" w:rsidR="007C7CE0" w:rsidRDefault="007C7CE0" w:rsidP="00E21610">
+    <w:p w14:paraId="4A7094C1" w14:textId="77777777" w:rsidR="00DB4EB0" w:rsidRDefault="00DB4EB0" w:rsidP="00E21610">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4E32DED9" w14:textId="77777777" w:rsidR="007C7CE0" w:rsidRDefault="007C7CE0"/>
+    <w:p w14:paraId="26DCD77B" w14:textId="77777777" w:rsidR="00DB4EB0" w:rsidRDefault="00DB4EB0"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
+      <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
+      <w:tblOverlap w:val="never"/>
       <w:tblW w:w="9498" w:type="dxa"/>
-      <w:tblInd w:w="-5" w:type="dxa"/>
+      <w:jc w:val="center"/>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4111"/>
       <w:gridCol w:w="5387"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00801191" w14:paraId="7415A24C" w14:textId="77777777" w:rsidTr="00D53515">
+    <w:tr w:rsidR="00801191" w14:paraId="7415A24C" w14:textId="77777777" w:rsidTr="00596F90">
       <w:trPr>
         <w:trHeight w:val="360"/>
+        <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4111" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="22AE1A19" w14:textId="77777777" w:rsidR="00801191" w:rsidRPr="001B3595" w:rsidRDefault="00801191" w:rsidP="00017655">
+        <w:p w14:paraId="22AE1A19" w14:textId="77777777" w:rsidR="00801191" w:rsidRPr="001B3595" w:rsidRDefault="00801191" w:rsidP="00596F90">
           <w:pPr>
             <w:spacing w:before="240"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="001B3595">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t xml:space="preserve">Endurance Officials: Level 2 </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="36B24380" w14:textId="0851EB5D" w:rsidR="00D53515" w:rsidRDefault="00471855" w:rsidP="00017655">
+        <w:p w14:paraId="36B24380" w14:textId="0851EB5D" w:rsidR="00D53515" w:rsidRDefault="00471855" w:rsidP="00596F90">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Race Referee</w:t>
           </w:r>
           <w:r w:rsidR="00801191" w:rsidRPr="001B3595">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="007B2F30">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Module</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="0B5C2E95" w14:textId="26DB0B96" w:rsidR="00801191" w:rsidRPr="00D53515" w:rsidRDefault="007B2F30" w:rsidP="00017655">
+        <w:p w14:paraId="0B5C2E95" w14:textId="3ADABBD2" w:rsidR="00801191" w:rsidRPr="00D53515" w:rsidRDefault="007B2F30" w:rsidP="00596F90">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
-            <w:t>Question</w:t>
+            <w:t xml:space="preserve">Question </w:t>
           </w:r>
-          <w:r w:rsidR="00043620">
+          <w:r w:rsidR="00801191" w:rsidRPr="001B3595">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
-            <w:t>s</w:t>
+            <w:t>Return Form</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="6A73B5E3" w14:textId="77777777" w:rsidR="00801191" w:rsidRDefault="00801191" w:rsidP="00017655">
+        <w:p w14:paraId="6A73B5E3" w14:textId="77777777" w:rsidR="00801191" w:rsidRDefault="00801191" w:rsidP="00596F90">
           <w:pPr>
             <w:pStyle w:val="Title"/>
             <w:spacing w:before="120"/>
             <w:ind w:left="0"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:color w:val="3C3C3B"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:color w:val="3C3C3B"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D003FD5" wp14:editId="0D9DC2E5">
                 <wp:extent cx="3249328" cy="795020"/>
                 <wp:effectExtent l="0" t="0" r="8255" b="5080"/>
                 <wp:docPr id="281530896" name="Picture 2" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -2058,51 +3933,51 @@
                       <a:ln w="3175">
                         <a:solidFill>
                           <a:srgbClr val="3C3C3B"/>
                         </a:solidFill>
                         <a:prstDash val="solid"/>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="10739539" id="Straight Connector 3" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:3.17497mm;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:3.17497mm;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="363.75pt,112.1pt" to="363.75pt,112.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyry0nqQEAAEUDAAAOAAAAZHJzL2Uyb0RvYy54bWysUttu2zAMfR/QfxD03jhpsQuMOAWWrHtp&#10;twDdPoCR5FiYLAqkEjt/P0lOsq17GwYBgnjRIc8hlw9j78TREFv0jVzM5lIYr1Bbv2/k92+Ptx+k&#10;4Aheg0NvGnkyLB9WN2+WQ6jNHXbotCGRQDzXQ2hkF2Ooq4pVZ3rgGQbjU7BF6iEmk/aVJhgSeu+q&#10;u/n8XTUg6UCoDHPybqagXBX8tjUqfm1bNlG4RqbeYrmp3Lt8V6sl1HuC0Fl1bgP+oYserE9Fr1Ab&#10;iCAOZP+C6q0iZGzjTGFfYdtaZQqHxGYxf8XmpYNgCpckDoerTPz/YNWX49pvKbeuRv8SnlD94CRK&#10;NQSur8FscNiS2A3PqNMY4RCx8B1b6vPnxESMRdbTVVYzRqEmp7p4K6gvXwJx/GywF/nRSGd95go1&#10;HJ845hagvqRkt8dH61yZl/NiaOT94v3b8oHRWZ2DOY1pv1s7EkdIE79fp/MxDzmB/ZGWkTfA3ZRX&#10;QtMuEB68LlU6A/rT+R3BuumdgJw/65MlyZvG9Q71aUu5TrbSrErF817lZfjdLlm/tn/1EwAA//8D&#10;AFBLAwQUAAYACAAAACEAJZAbeNsAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP0UrEMBBF3wX/&#10;IYzgy+KmBmuXbtNFBX1aka1+wLQZ22IzKU26W//eiII+zp3DnTPFbrGDONLke8cartcJCOLGmZ5b&#10;DW+vj1cbED4gGxwck4ZP8rArz88KzI078YGOVWhFLGGfo4YuhDGX0jcdWfRrNxLH3bubLIY4Tq00&#10;E55iuR2kSpJbabHneKHDkR46aj6q2Wq4T58Z22z1cnD7JyurZrVP61nry4vlbgsi0BL+YPjWj+pQ&#10;RqfazWy8GDRkKksjqkGpGwUiEj9J/ZvIspD/fyi/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhALKvLSepAQAARQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACWQG3jbAAAACwEAAA8AAAAAAAAAAAAAAAAAAwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAALBQAAAAA=&#10;" strokecolor="#3c3c3b" strokeweight=".25pt">
+            <v:line w14:anchorId="1151F0E6" id="Straight Connector 3" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:3.17497mm;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:3.17497mm;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="363.75pt,112.1pt" to="363.75pt,112.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyry0nqQEAAEUDAAAOAAAAZHJzL2Uyb0RvYy54bWysUttu2zAMfR/QfxD03jhpsQuMOAWWrHtp&#10;twDdPoCR5FiYLAqkEjt/P0lOsq17GwYBgnjRIc8hlw9j78TREFv0jVzM5lIYr1Bbv2/k92+Ptx+k&#10;4Aheg0NvGnkyLB9WN2+WQ6jNHXbotCGRQDzXQ2hkF2Ooq4pVZ3rgGQbjU7BF6iEmk/aVJhgSeu+q&#10;u/n8XTUg6UCoDHPybqagXBX8tjUqfm1bNlG4RqbeYrmp3Lt8V6sl1HuC0Fl1bgP+oYserE9Fr1Ab&#10;iCAOZP+C6q0iZGzjTGFfYdtaZQqHxGYxf8XmpYNgCpckDoerTPz/YNWX49pvKbeuRv8SnlD94CRK&#10;NQSur8FscNiS2A3PqNMY4RCx8B1b6vPnxESMRdbTVVYzRqEmp7p4K6gvXwJx/GywF/nRSGd95go1&#10;HJ845hagvqRkt8dH61yZl/NiaOT94v3b8oHRWZ2DOY1pv1s7EkdIE79fp/MxDzmB/ZGWkTfA3ZRX&#10;QtMuEB68LlU6A/rT+R3BuumdgJw/65MlyZvG9Q71aUu5TrbSrErF817lZfjdLlm/tn/1EwAA//8D&#10;AFBLAwQUAAYACAAAACEAJZAbeNsAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP0UrEMBBF3wX/&#10;IYzgy+KmBmuXbtNFBX1aka1+wLQZ22IzKU26W//eiII+zp3DnTPFbrGDONLke8cartcJCOLGmZ5b&#10;DW+vj1cbED4gGxwck4ZP8rArz88KzI078YGOVWhFLGGfo4YuhDGX0jcdWfRrNxLH3bubLIY4Tq00&#10;E55iuR2kSpJbabHneKHDkR46aj6q2Wq4T58Z22z1cnD7JyurZrVP61nry4vlbgsi0BL+YPjWj+pQ&#10;RqfazWy8GDRkKksjqkGpGwUiEj9J/ZvIspD/fyi/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhALKvLSepAQAARQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACWQG3jbAAAACwEAAA8AAAAAAAAAAAAAAAAAAwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAALBQAAAAA=&#10;" strokecolor="#3c3c3b" strokeweight=".25pt">
               <o:lock v:ext="edit" shapetype="f"/>
               <w10:wrap anchorx="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="414E2547" wp14:editId="50A3B40B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>826135</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>2747645</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="8942070" cy="5867400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="273919346" name="Picture 273919346">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2147,51 +4022,51 @@
                     <a:off x="0" y="0"/>
                     <a:ext cx="8942070" cy="5867400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01984164"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A57C319E"/>
     <w:lvl w:ilvl="0" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -2235,50 +4110,163 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="07F878CB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4280AEA2"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08C80CBC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F57661DA"/>
     <w:lvl w:ilvl="0" w:tplc="AB2E7BE2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -2323,51 +4311,230 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09E96A25"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="97820214"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="-351" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="369" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1089" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1809" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2529" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3249" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3969" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4689" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5409" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0A673534"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="820C9B7E"/>
+    <w:lvl w:ilvl="0" w:tplc="B9A442AE">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0AA6334C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="60FAB5A4"/>
     <w:lvl w:ilvl="0" w:tplc="A2E83AF8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2416,51 +4583,141 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0CD206E8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3F1A2D9A"/>
+    <w:lvl w:ilvl="0" w:tplc="C8947A52">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E2554C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EF923DE8"/>
     <w:lvl w:ilvl="0" w:tplc="4A3EAEB6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -2505,51 +4762,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F0C040B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="87206872"/>
     <w:lvl w:ilvl="0" w:tplc="75C6907A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -2621,51 +4878,223 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12CB2F80"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="356A9A20"/>
+    <w:lvl w:ilvl="0" w:tplc="08090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1434" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2154" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2874" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3594" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4314" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5034" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5754" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6474" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7194" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="148B5629"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="02E082A0"/>
+    <w:lvl w:ilvl="0" w:tplc="08090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1077" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1797" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2517" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3237" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3957" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4677" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5397" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6117" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6837" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16380D26"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7FA66D36"/>
     <w:lvl w:ilvl="0" w:tplc="43E296B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -2737,51 +5166,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18DA2364"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70725BB2"/>
     <w:lvl w:ilvl="0" w:tplc="A642E25C">
       <w:start w:val="18"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -2826,51 +5255,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1CBA4E3E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1692652E"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1FCE4AC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EC647FE6"/>
     <w:lvl w:ilvl="0" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="930" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1650" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2912,51 +5430,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5250" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5970" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6690" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1FFF32B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="112AD25C"/>
     <w:lvl w:ilvl="0" w:tplc="B950B1EE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -3027,51 +5545,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="209C4886"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3DE4DD60"/>
     <w:lvl w:ilvl="0" w:tplc="2742843C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -3143,51 +5661,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25462E4C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C3483D8A"/>
     <w:lvl w:ilvl="0" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="930" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1650" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3229,51 +5747,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5250" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5970" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6690" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28C71B79"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="04A6C30E"/>
     <w:lvl w:ilvl="0" w:tplc="60BA3140">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -3319,51 +5837,226 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28CF4B27"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="02E082A0"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="726" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1446" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2166" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2886" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3606" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4326" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5046" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5766" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28FA31F5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="97820214"/>
+    <w:lvl w:ilvl="0" w:tplc="08090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31763924"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57FCE3C8"/>
     <w:lvl w:ilvl="0" w:tplc="1F10F432">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -3435,51 +6128,141 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32226EB3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="04A6C30E"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AC72D85"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9A38FA7E"/>
     <w:lvl w:ilvl="0" w:tplc="9A5C59B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -3550,51 +6333,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AE65081"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4754E49A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3663,51 +6446,140 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D935E47"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B376539A"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41BA3736"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="92400D3C"/>
     <w:lvl w:ilvl="0" w:tplc="827AF9A4">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -3752,51 +6624,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41FF145B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="25F81150"/>
     <w:lvl w:ilvl="0" w:tplc="70F24C36">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -3841,51 +6713,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46BA1F6C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="98FA1ACA"/>
+    <w:lvl w:ilvl="0" w:tplc="08090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="481E6A5F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="007623A4"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -3930,51 +6888,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4AEC1189"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="356A9A20"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1434" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2154" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2874" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3594" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4314" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5034" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5754" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6474" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7194" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D520C9C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="03589D1C"/>
     <w:lvl w:ilvl="0" w:tplc="A36836EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -4046,51 +7090,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E9148C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="782490FC"/>
     <w:lvl w:ilvl="0" w:tplc="F6082382">
       <w:start w:val="20"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4136,51 +7180,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="507F666A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="299EFE30"/>
     <w:lvl w:ilvl="0" w:tplc="70F24C36">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -4225,51 +7269,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52FE2B5E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E0526EDE"/>
     <w:lvl w:ilvl="0" w:tplc="A37C77A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -4341,51 +7385,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="533A21EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EFC608EC"/>
     <w:lvl w:ilvl="0" w:tplc="5D249C72">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -4432,51 +7476,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="536F08CC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="69FC5322"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -4528,51 +7572,141 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="543547A1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4BEC34BC"/>
+    <w:lvl w:ilvl="0" w:tplc="08090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54AA4515"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9ECEECEA"/>
     <w:lvl w:ilvl="0" w:tplc="9A5C59B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -4643,54 +7777,54 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="573C5841"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A2ECCF0A"/>
+    <w:tmpl w:val="70DAC02A"/>
     <w:lvl w:ilvl="0" w:tplc="70F24C36">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4732,51 +7866,231 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57465F25"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AF5254DE"/>
+    <w:lvl w:ilvl="0" w:tplc="4F76FB54">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57644FB1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4BEC34BC"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57F92318"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2E9A5850"/>
     <w:lvl w:ilvl="0" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="930" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1650" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4818,51 +8132,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5250" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5970" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6690" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D280999"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E52EB6C8"/>
     <w:lvl w:ilvl="0" w:tplc="AF887C14">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -4934,51 +8248,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="634D5A46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD5A84D2"/>
     <w:lvl w:ilvl="0" w:tplc="198C4E8C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Lato Light" w:eastAsia="Trebuchet MS" w:hAnsi="Lato Light" w:cs="Trebuchet MS" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5047,51 +8361,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63B56FD9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F87065D8"/>
     <w:lvl w:ilvl="0" w:tplc="8E0CEF9C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -5162,51 +8476,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68462130"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D5FCAC72"/>
     <w:lvl w:ilvl="0" w:tplc="1F00CD70">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -5278,51 +8592,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A4A6936"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0DD2AF6A"/>
     <w:lvl w:ilvl="0" w:tplc="2B40A900">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -5394,51 +8708,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FC77CB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="84AADDB6"/>
     <w:lvl w:ilvl="0" w:tplc="36F6DC56">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -5510,51 +8824,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="708F7B9E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4754B048"/>
     <w:lvl w:ilvl="0" w:tplc="121E5FDE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -5599,51 +8913,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="773C7D99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F5906188"/>
     <w:lvl w:ilvl="0" w:tplc="268AD9F4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -5714,51 +9028,227 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7758380A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4BEC34BC"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79BB53D6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="16CE48BE"/>
+    <w:lvl w:ilvl="0" w:tplc="08090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A513FED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C7BE5B2A"/>
     <w:lvl w:ilvl="0" w:tplc="B5FC01E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="930" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1650" w:hanging="360"/>
       </w:pPr>
@@ -5829,51 +9319,226 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5970" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6690" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7AC64377"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="98FA1ACA"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7CCE4165"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="318C272E"/>
+    <w:lvl w:ilvl="0" w:tplc="78A84C86">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1434" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2154" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2874" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3594" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4314" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5034" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5754" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6474" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7194" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D660E19"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B06319E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -5943,396 +9608,572 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1355614084">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1175463980">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="49"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1582065108">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1249147903">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1668896358">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1389954796">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1269653498">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1353847412">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="181212148">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="617446159">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1147359995">
+    <w:abstractNumId w:val="53"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1807817043">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1983189439">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="2014330586">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1269653498">
-[...17 lines deleted...]
-  <w:num w:numId="13" w16cid:durableId="1983189439">
+  <w:num w:numId="15" w16cid:durableId="882906833">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="2014330586">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="16" w16cid:durableId="737435729">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="266155888">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="56"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1149634061">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="875387929">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="655377703">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1324309651">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="985088643">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1731462684">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="398481213">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="2055539714">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1679040717">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="328797594">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="2141729165">
+    <w:abstractNumId w:val="48"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1797017382">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="593174761">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1468544288">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1909077199">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="916718387">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="174002973">
+    <w:abstractNumId w:val="50"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="192039572">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1482037185">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1945459048">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="79522454">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1396397080">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="890842332">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="1672760692">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="483590419">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="1636907688">
+    <w:abstractNumId w:val="55"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="508301620">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="558252997">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="638806596">
+    <w:abstractNumId w:val="52"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="1418138709">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="48" w16cid:durableId="1745296542">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="49" w16cid:durableId="1963002698">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="50" w16cid:durableId="1040470803">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="51" w16cid:durableId="966279519">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="52" w16cid:durableId="1338968494">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="53" w16cid:durableId="1481381268">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1324309651">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="54" w16cid:durableId="1492331557">
+    <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="985088643">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="55" w16cid:durableId="2129664213">
+    <w:abstractNumId w:val="54"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1731462684">
-    <w:abstractNumId w:val="31"/>
+  <w:num w:numId="56" w16cid:durableId="152140564">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="398481213">
-[...39 lines deleted...]
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="57" w16cid:durableId="243226019">
+    <w:abstractNumId w:val="51"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0027647D"/>
+    <w:rsid w:val="00003D52"/>
     <w:rsid w:val="00013D9C"/>
     <w:rsid w:val="00017655"/>
     <w:rsid w:val="00020C5F"/>
     <w:rsid w:val="000225B0"/>
     <w:rsid w:val="00030F7F"/>
+    <w:rsid w:val="00032BB3"/>
     <w:rsid w:val="00040AB6"/>
+    <w:rsid w:val="00040C15"/>
     <w:rsid w:val="000422AA"/>
-    <w:rsid w:val="00043620"/>
+    <w:rsid w:val="0004519C"/>
     <w:rsid w:val="00050EAD"/>
     <w:rsid w:val="000536FB"/>
+    <w:rsid w:val="0007402F"/>
     <w:rsid w:val="00084BDC"/>
     <w:rsid w:val="0009099F"/>
+    <w:rsid w:val="00091D78"/>
+    <w:rsid w:val="00092B99"/>
+    <w:rsid w:val="000A38D7"/>
     <w:rsid w:val="000C4743"/>
     <w:rsid w:val="000C5795"/>
+    <w:rsid w:val="000D1B67"/>
+    <w:rsid w:val="000D4F84"/>
     <w:rsid w:val="000E3AF0"/>
+    <w:rsid w:val="000F5DE9"/>
     <w:rsid w:val="001157D2"/>
     <w:rsid w:val="00124EA0"/>
+    <w:rsid w:val="0012616B"/>
     <w:rsid w:val="00130B9F"/>
     <w:rsid w:val="0013616E"/>
     <w:rsid w:val="00153A74"/>
     <w:rsid w:val="00167D96"/>
+    <w:rsid w:val="001733F3"/>
     <w:rsid w:val="001738B9"/>
     <w:rsid w:val="00187F81"/>
+    <w:rsid w:val="00192E2C"/>
     <w:rsid w:val="001B3595"/>
     <w:rsid w:val="001B6B88"/>
     <w:rsid w:val="001D282F"/>
     <w:rsid w:val="001D4A08"/>
     <w:rsid w:val="001E0A69"/>
+    <w:rsid w:val="001E0BEF"/>
+    <w:rsid w:val="001E46C5"/>
     <w:rsid w:val="00212032"/>
     <w:rsid w:val="00212324"/>
+    <w:rsid w:val="00216DA0"/>
+    <w:rsid w:val="00233558"/>
+    <w:rsid w:val="00234376"/>
+    <w:rsid w:val="00246A33"/>
     <w:rsid w:val="00255B53"/>
+    <w:rsid w:val="002734F0"/>
     <w:rsid w:val="0027647D"/>
+    <w:rsid w:val="002815E4"/>
+    <w:rsid w:val="00284A68"/>
     <w:rsid w:val="002973C8"/>
+    <w:rsid w:val="002A7942"/>
     <w:rsid w:val="002C2C4A"/>
+    <w:rsid w:val="002C54BE"/>
     <w:rsid w:val="002C69FC"/>
     <w:rsid w:val="002D249B"/>
     <w:rsid w:val="002E345A"/>
     <w:rsid w:val="002F6C5A"/>
     <w:rsid w:val="00310760"/>
     <w:rsid w:val="0031606A"/>
     <w:rsid w:val="00350D7A"/>
     <w:rsid w:val="0038269F"/>
     <w:rsid w:val="00387655"/>
     <w:rsid w:val="003A1D83"/>
+    <w:rsid w:val="003A6DD3"/>
+    <w:rsid w:val="003C5CC4"/>
     <w:rsid w:val="003C73E2"/>
+    <w:rsid w:val="003D21F9"/>
     <w:rsid w:val="003D552E"/>
     <w:rsid w:val="003F56BA"/>
+    <w:rsid w:val="00401E6D"/>
     <w:rsid w:val="004103EF"/>
     <w:rsid w:val="00410FD6"/>
+    <w:rsid w:val="00420844"/>
+    <w:rsid w:val="00431473"/>
     <w:rsid w:val="00452D7A"/>
     <w:rsid w:val="00454E23"/>
     <w:rsid w:val="00462B3C"/>
     <w:rsid w:val="00471855"/>
+    <w:rsid w:val="00485D43"/>
+    <w:rsid w:val="004A4A41"/>
+    <w:rsid w:val="004C0339"/>
+    <w:rsid w:val="004E2B95"/>
     <w:rsid w:val="004E6B13"/>
+    <w:rsid w:val="004F2024"/>
+    <w:rsid w:val="0050193F"/>
     <w:rsid w:val="00515974"/>
+    <w:rsid w:val="005376BD"/>
     <w:rsid w:val="005403AF"/>
+    <w:rsid w:val="00550334"/>
+    <w:rsid w:val="00566555"/>
     <w:rsid w:val="005714B2"/>
+    <w:rsid w:val="00596F90"/>
     <w:rsid w:val="005A2D7B"/>
+    <w:rsid w:val="005B02CF"/>
+    <w:rsid w:val="005B26BE"/>
     <w:rsid w:val="005D0C3C"/>
     <w:rsid w:val="005D7E56"/>
+    <w:rsid w:val="005E3FAB"/>
     <w:rsid w:val="005E403E"/>
     <w:rsid w:val="005F4030"/>
+    <w:rsid w:val="00602AB9"/>
     <w:rsid w:val="00605936"/>
+    <w:rsid w:val="00615B36"/>
+    <w:rsid w:val="006317FC"/>
     <w:rsid w:val="00650EEF"/>
     <w:rsid w:val="00663B83"/>
     <w:rsid w:val="006709EE"/>
     <w:rsid w:val="00674134"/>
     <w:rsid w:val="006778F1"/>
     <w:rsid w:val="00680645"/>
     <w:rsid w:val="00691DA6"/>
+    <w:rsid w:val="006A27ED"/>
     <w:rsid w:val="006A4B8E"/>
+    <w:rsid w:val="006A53F3"/>
     <w:rsid w:val="006B7C3E"/>
     <w:rsid w:val="006C14CE"/>
+    <w:rsid w:val="006C22DD"/>
+    <w:rsid w:val="006E361A"/>
     <w:rsid w:val="006F5368"/>
+    <w:rsid w:val="00705A60"/>
     <w:rsid w:val="00721314"/>
+    <w:rsid w:val="00721B98"/>
+    <w:rsid w:val="00730AD2"/>
+    <w:rsid w:val="00740276"/>
     <w:rsid w:val="00751CF0"/>
+    <w:rsid w:val="007548C8"/>
     <w:rsid w:val="007665C0"/>
+    <w:rsid w:val="00774B43"/>
     <w:rsid w:val="00775BB5"/>
+    <w:rsid w:val="007835EF"/>
+    <w:rsid w:val="00784CA0"/>
     <w:rsid w:val="00792525"/>
-    <w:rsid w:val="007A10D5"/>
     <w:rsid w:val="007A48E7"/>
     <w:rsid w:val="007A6AFA"/>
     <w:rsid w:val="007B2F30"/>
     <w:rsid w:val="007C7CE0"/>
     <w:rsid w:val="007D4582"/>
     <w:rsid w:val="007D76ED"/>
+    <w:rsid w:val="007E47F6"/>
     <w:rsid w:val="007F7245"/>
     <w:rsid w:val="00801191"/>
     <w:rsid w:val="00814768"/>
     <w:rsid w:val="00817DD8"/>
+    <w:rsid w:val="00834724"/>
     <w:rsid w:val="00850B65"/>
     <w:rsid w:val="00855564"/>
     <w:rsid w:val="00861B49"/>
     <w:rsid w:val="00863DA1"/>
-    <w:rsid w:val="008930D6"/>
     <w:rsid w:val="008E4100"/>
+    <w:rsid w:val="008E6F9F"/>
+    <w:rsid w:val="00912411"/>
     <w:rsid w:val="00937E54"/>
     <w:rsid w:val="00973120"/>
+    <w:rsid w:val="009A4967"/>
     <w:rsid w:val="009B0C02"/>
     <w:rsid w:val="009B3890"/>
     <w:rsid w:val="009B3C07"/>
+    <w:rsid w:val="009C5F19"/>
     <w:rsid w:val="009C70DA"/>
+    <w:rsid w:val="009D0B45"/>
     <w:rsid w:val="009D2DCF"/>
+    <w:rsid w:val="009D4024"/>
     <w:rsid w:val="009F4ECC"/>
     <w:rsid w:val="009F5D3F"/>
+    <w:rsid w:val="00A02B88"/>
+    <w:rsid w:val="00A05B38"/>
+    <w:rsid w:val="00A1034A"/>
     <w:rsid w:val="00A3243B"/>
+    <w:rsid w:val="00A33FAA"/>
+    <w:rsid w:val="00A517DD"/>
     <w:rsid w:val="00A65C66"/>
+    <w:rsid w:val="00A67311"/>
     <w:rsid w:val="00A81DDF"/>
     <w:rsid w:val="00A86375"/>
     <w:rsid w:val="00A91822"/>
     <w:rsid w:val="00AB7822"/>
     <w:rsid w:val="00AC2443"/>
     <w:rsid w:val="00AD105E"/>
     <w:rsid w:val="00AD1C98"/>
+    <w:rsid w:val="00AD4A63"/>
+    <w:rsid w:val="00AE5DD6"/>
+    <w:rsid w:val="00AF6168"/>
     <w:rsid w:val="00AF62E4"/>
+    <w:rsid w:val="00B14913"/>
     <w:rsid w:val="00B22FF7"/>
+    <w:rsid w:val="00B25509"/>
     <w:rsid w:val="00B33CE5"/>
+    <w:rsid w:val="00B4052C"/>
     <w:rsid w:val="00B45EF9"/>
     <w:rsid w:val="00B6483C"/>
     <w:rsid w:val="00B84C74"/>
     <w:rsid w:val="00B94A38"/>
+    <w:rsid w:val="00BB154B"/>
+    <w:rsid w:val="00BC4605"/>
     <w:rsid w:val="00BC5C7B"/>
     <w:rsid w:val="00BC70DC"/>
     <w:rsid w:val="00BD4DC2"/>
+    <w:rsid w:val="00BD608B"/>
+    <w:rsid w:val="00BF2C3A"/>
     <w:rsid w:val="00BF70BF"/>
+    <w:rsid w:val="00C0134D"/>
+    <w:rsid w:val="00C0413D"/>
+    <w:rsid w:val="00C05D3B"/>
+    <w:rsid w:val="00C05F9B"/>
     <w:rsid w:val="00C06276"/>
+    <w:rsid w:val="00C1425D"/>
+    <w:rsid w:val="00C2764E"/>
     <w:rsid w:val="00C32FAE"/>
+    <w:rsid w:val="00C44653"/>
     <w:rsid w:val="00C44759"/>
     <w:rsid w:val="00C51919"/>
     <w:rsid w:val="00C55FD9"/>
+    <w:rsid w:val="00C64829"/>
     <w:rsid w:val="00C74262"/>
+    <w:rsid w:val="00C810C0"/>
     <w:rsid w:val="00C9210D"/>
     <w:rsid w:val="00C9357B"/>
+    <w:rsid w:val="00C94A57"/>
     <w:rsid w:val="00C96C9B"/>
+    <w:rsid w:val="00CC6C41"/>
     <w:rsid w:val="00CE2904"/>
     <w:rsid w:val="00CF34EE"/>
+    <w:rsid w:val="00CF413B"/>
+    <w:rsid w:val="00CF626C"/>
     <w:rsid w:val="00D038F7"/>
     <w:rsid w:val="00D10C03"/>
+    <w:rsid w:val="00D14933"/>
+    <w:rsid w:val="00D16A0E"/>
     <w:rsid w:val="00D16CB6"/>
+    <w:rsid w:val="00D17A4E"/>
+    <w:rsid w:val="00D362D6"/>
+    <w:rsid w:val="00D40163"/>
     <w:rsid w:val="00D407F6"/>
     <w:rsid w:val="00D53515"/>
     <w:rsid w:val="00D74205"/>
+    <w:rsid w:val="00D81D30"/>
+    <w:rsid w:val="00D974D7"/>
     <w:rsid w:val="00DB2177"/>
+    <w:rsid w:val="00DB4EB0"/>
+    <w:rsid w:val="00DC7FFE"/>
     <w:rsid w:val="00DD7529"/>
     <w:rsid w:val="00DE2CF4"/>
     <w:rsid w:val="00DE456A"/>
     <w:rsid w:val="00DE4DBC"/>
+    <w:rsid w:val="00E16BE9"/>
     <w:rsid w:val="00E21610"/>
     <w:rsid w:val="00E24066"/>
     <w:rsid w:val="00E33313"/>
+    <w:rsid w:val="00E36D0C"/>
     <w:rsid w:val="00E36DD9"/>
+    <w:rsid w:val="00E40F8E"/>
     <w:rsid w:val="00E50D84"/>
+    <w:rsid w:val="00E52061"/>
     <w:rsid w:val="00E61500"/>
     <w:rsid w:val="00E6512B"/>
     <w:rsid w:val="00E65655"/>
     <w:rsid w:val="00E65AC3"/>
+    <w:rsid w:val="00E75407"/>
     <w:rsid w:val="00E839D9"/>
     <w:rsid w:val="00E96AF5"/>
     <w:rsid w:val="00EA157B"/>
     <w:rsid w:val="00EB4694"/>
+    <w:rsid w:val="00EC16A6"/>
     <w:rsid w:val="00EE3346"/>
+    <w:rsid w:val="00EE3D97"/>
+    <w:rsid w:val="00EF3CC8"/>
+    <w:rsid w:val="00EF58F1"/>
     <w:rsid w:val="00F229E9"/>
     <w:rsid w:val="00F23C65"/>
     <w:rsid w:val="00F26347"/>
     <w:rsid w:val="00F47AA7"/>
     <w:rsid w:val="00F5117D"/>
+    <w:rsid w:val="00F6057C"/>
     <w:rsid w:val="00F77822"/>
+    <w:rsid w:val="00F92284"/>
+    <w:rsid w:val="00F953CF"/>
     <w:rsid w:val="00FA25D4"/>
+    <w:rsid w:val="00FB048D"/>
+    <w:rsid w:val="00FC29D4"/>
     <w:rsid w:val="00FC6779"/>
     <w:rsid w:val="00FD6262"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="05BB39BA"/>
   <w15:docId w15:val="{4268EEB0-157B-4F34-9D7C-ACD941EAD861}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6963,55 +10804,55 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F5117D"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00801191"/>
     <w:rPr>
       <w:rFonts w:ascii="Lato" w:eastAsia="Lato" w:hAnsi="Lato" w:cs="Lato"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:officialsaccreditation@englandathletics.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -7282,56 +11123,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010001FC94F334217A47AC945B66C92C6A67" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="29ce6eb7da55cf48a9d1be3c89cbb79b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0f59cc41-74f8-4139-9196-f4da72c4df9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ed3697e20e7620e78ff2137eaf972564" ns2:_="">
     <xsd:import namespace="0f59cc41-74f8-4139-9196-f4da72c4df9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -7465,124 +11300,130 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7FA090A-CB57-4E0F-835A-E063BB5D6E70}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0f59cc41-74f8-4139-9196-f4da72c4df9b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7A911ED-B730-4039-BF9C-2242C78D27D1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{838D54DC-F768-4AAE-9EC3-6675D9550DFE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1714</Characters>
+  <Pages>3</Pages>
+  <Words>479</Words>
+  <Characters>2734</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2010</CharactersWithSpaces>
+  <CharactersWithSpaces>3207</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Viki Brockett</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2021-07-08T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">