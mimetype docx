--- v0 (2025-10-13)
+++ v1 (2026-02-27)
@@ -8,3045 +8,3493 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="108" w:tblpY="1"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="9443" w:type="dxa"/>
+        <w:tblW w:w="10162" w:type="dxa"/>
+        <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2625"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6754"/>
+        <w:gridCol w:w="3344"/>
+        <w:gridCol w:w="6818"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00691DA6" w:rsidRPr="00050EAD" w14:paraId="6FC2CFBD" w14:textId="49C67265" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00691DA6" w:rsidRPr="00050EAD" w14:paraId="6FC2CFBD" w14:textId="49C67265" w:rsidTr="003D7F66">
         <w:trPr>
           <w:trHeight w:val="336"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="3344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3A76846B" w14:textId="74756DAB" w:rsidR="00691DA6" w:rsidRPr="00D1511B" w:rsidRDefault="00691DA6" w:rsidP="00691DA6">
+          <w:p w14:paraId="3A76846B" w14:textId="74756DAB" w:rsidR="00691DA6" w:rsidRPr="005B53B5" w:rsidRDefault="00691DA6" w:rsidP="008374DF">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1511B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="005B53B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Name: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6818" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D1F7AC2" w14:textId="77777777" w:rsidR="00691DA6" w:rsidRPr="00D1511B" w:rsidRDefault="00691DA6" w:rsidP="00691DA6">
+          <w:p w14:paraId="5D1F7AC2" w14:textId="77777777" w:rsidR="00691DA6" w:rsidRPr="005B53B5" w:rsidRDefault="00691DA6" w:rsidP="008374DF">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="113"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00691DA6" w:rsidRPr="00050EAD" w14:paraId="24CF843D" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00691DA6" w:rsidRPr="00050EAD" w14:paraId="24CF843D" w14:textId="77777777" w:rsidTr="00D80E89">
         <w:trPr>
           <w:trHeight w:val="330"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="3344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0CD4527E" w14:textId="34297B98" w:rsidR="00691DA6" w:rsidRPr="005B53B5" w:rsidRDefault="00691DA6" w:rsidP="008374DF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3192"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B53B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Licence No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6818" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="486D512A" w14:textId="77777777" w:rsidR="00691DA6" w:rsidRPr="005B53B5" w:rsidRDefault="00691DA6" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00691DA6" w:rsidRPr="00050EAD" w14:paraId="743B231C" w14:textId="77777777" w:rsidTr="003D7F66">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0CD4527E" w14:textId="34297B98" w:rsidR="00691DA6" w:rsidRPr="00D1511B" w:rsidRDefault="00691DA6" w:rsidP="00691DA6">
+          <w:p w14:paraId="35932C19" w14:textId="369EC596" w:rsidR="00691DA6" w:rsidRPr="005B53B5" w:rsidRDefault="00691DA6" w:rsidP="008374DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3192"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1511B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="005B53B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Licence No</w:t>
+              <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6818" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="486D512A" w14:textId="77777777" w:rsidR="00691DA6" w:rsidRPr="00D1511B" w:rsidRDefault="00691DA6" w:rsidP="00691DA6">
+          <w:p w14:paraId="6A0F9E5C" w14:textId="77777777" w:rsidR="00691DA6" w:rsidRPr="005B53B5" w:rsidRDefault="00691DA6" w:rsidP="008374DF">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="113"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00691DA6" w:rsidRPr="00050EAD" w14:paraId="743B231C" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="55BFAAC3" w14:textId="77777777" w:rsidTr="0015573A">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="16F52601" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="003236F7" w:rsidRDefault="00050EAD" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003236F7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>End of Module Questions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00023E81" w:rsidRPr="00050EAD" w14:paraId="28E0B2B5" w14:textId="77777777" w:rsidTr="0015573A">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="615C316B" w14:textId="117EC369" w:rsidR="00023E81" w:rsidRPr="005B53B5" w:rsidRDefault="00023E81" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B53B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Slide </w:t>
+            </w:r>
+            <w:r w:rsidR="002348A4">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B53B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">7: </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD425E" w:rsidRPr="005B53B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">End of Module </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B53B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Questions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00023E81" w:rsidRPr="00050EAD" w14:paraId="31C26C66" w14:textId="77777777" w:rsidTr="0015573A">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4F34A59E" w14:textId="633D31C1" w:rsidR="00023E81" w:rsidRPr="005B53B5" w:rsidRDefault="007C30B9" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C30B9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>You may need to complete some additional research to assist you in answering and justifying your answers to the questions for this module</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD425E" w:rsidRPr="00050EAD" w14:paraId="042F3C63" w14:textId="77777777" w:rsidTr="0015573A">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="10BED648" w14:textId="2D1093AD" w:rsidR="00BD425E" w:rsidRPr="005B53B5" w:rsidRDefault="00BD425E" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B53B5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Slide </w:t>
+            </w:r>
+            <w:r w:rsidR="005503E8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B53B5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8: Sector Marshal</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B53B5">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B53B5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>– Questions 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00023E81" w:rsidRPr="00050EAD" w14:paraId="5157A30B" w14:textId="77777777" w:rsidTr="003D7F66">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0AC56245" w14:textId="3F16D74A" w:rsidR="00023E81" w:rsidRPr="005B53B5" w:rsidRDefault="005503E8" w:rsidP="008374DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="39"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005503E8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What is the Sector Marshals’ prime responsibility? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005503E8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="45541733" w14:textId="77777777" w:rsidTr="003D7F66">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2A16BCC2" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="005B53B5" w:rsidRDefault="00050EAD" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A4D24" w:rsidRPr="00050EAD" w14:paraId="68AFD94A" w14:textId="77777777" w:rsidTr="003D7F66">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3549BBA1" w14:textId="60DC851D" w:rsidR="001A4D24" w:rsidRPr="005B53B5" w:rsidRDefault="000151D0" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="39"/>
+              </w:numPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000151D0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Throughout the module you will have learnt about the interfaces a Sector Marshal may have with race personnel and others, list at least 5 of those key interfaces. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000151D0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(5 marks)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A4D24" w:rsidRPr="00050EAD" w14:paraId="4E575ED9" w14:textId="77777777" w:rsidTr="003D7F66">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="35932C19" w14:textId="369EC596" w:rsidR="00691DA6" w:rsidRPr="00D1511B" w:rsidRDefault="00691DA6" w:rsidP="00691DA6">
+          <w:p w14:paraId="7E6F838D" w14:textId="56735C22" w:rsidR="001A4D24" w:rsidRDefault="001A4D24" w:rsidP="008374DF">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:bCs/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1511B">
-[...6 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w14:paraId="51B365CF" w14:textId="148BE8EC" w:rsidR="00D80E89" w:rsidRDefault="00D80E89" w:rsidP="008374DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="458E86C1" w14:textId="0770FC4E" w:rsidR="00D80E89" w:rsidRDefault="00D80E89" w:rsidP="008374DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="677B5071" w14:textId="0F13D8CD" w:rsidR="00D80E89" w:rsidRDefault="00D80E89" w:rsidP="008374DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72053F39" w14:textId="363AF69E" w:rsidR="00D80E89" w:rsidRPr="000151D0" w:rsidRDefault="00D80E89" w:rsidP="008374DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="2664BDCD" w14:textId="77777777" w:rsidTr="003D7F66">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6818" w:type="dxa"/>
+            <w:tcW w:w="10162" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...30 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1D52D95E" w14:textId="77777777" w:rsidR="00250AB7" w:rsidRPr="00D1511B" w:rsidRDefault="00250AB7" w:rsidP="00250AB7">
-[...17 lines deleted...]
-          <w:p w14:paraId="1E890805" w14:textId="0E699E2E" w:rsidR="00250AB7" w:rsidRPr="00D1511B" w:rsidRDefault="00250AB7" w:rsidP="00250AB7">
+          <w:p w14:paraId="2CBC1206" w14:textId="5F01DFAF" w:rsidR="00B7254E" w:rsidRPr="005B53B5" w:rsidRDefault="00B7254E" w:rsidP="008374DF">
             <w:pPr>
               <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="39"/>
+              </w:numPr>
+              <w:suppressAutoHyphens/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:iCs/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1511B">
-[...5 lines deleted...]
-              <w:t>In addition to answering the End of Module Questions, please complete all sections of this form to demonstrate your understanding of the module.</w:t>
+            <w:r w:rsidRPr="005B53B5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Where are you most likely to find a sector marshal in action:</w:t>
+            </w:r>
+            <w:r w:rsidR="005B1439">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005B1439" w:rsidRPr="005B1439">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="460C4D04" w14:textId="77777777" w:rsidR="00B7254E" w:rsidRPr="005B53B5" w:rsidRDefault="00B7254E" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B53B5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>At the Start Area of the race</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60F36E50" w14:textId="12625A46" w:rsidR="00B7254E" w:rsidRPr="005B53B5" w:rsidRDefault="00B7254E" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B53B5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Setting up the </w:t>
+            </w:r>
+            <w:r w:rsidR="005C4536">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B53B5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">inish </w:t>
+            </w:r>
+            <w:r w:rsidR="005C4536">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B53B5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>rea</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="672BED60" w14:textId="77777777" w:rsidR="00396151" w:rsidRPr="005B53B5" w:rsidRDefault="00B7254E" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B53B5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>On a designated section of the course</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="460AC642" w14:textId="302A4AF5" w:rsidR="00050EAD" w:rsidRPr="005B53B5" w:rsidRDefault="00B7254E" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B53B5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">At </w:t>
+            </w:r>
+            <w:r w:rsidR="00745955">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B53B5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> refreshments station</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250AB7" w:rsidRPr="00050EAD" w14:paraId="46446567" w14:textId="77777777" w:rsidTr="00250AB7">
+      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="75AB06BA" w14:textId="77777777" w:rsidTr="003D7F66">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0A60FFDD" w14:textId="0497BD29" w:rsidR="00250AB7" w:rsidRPr="00D1511B" w:rsidRDefault="00250AB7" w:rsidP="00250AB7">
+          <w:p w14:paraId="01D22390" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="005B53B5" w:rsidRDefault="00050EAD" w:rsidP="008374DF">
             <w:pPr>
               <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1511B">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250AB7" w:rsidRPr="00050EAD" w14:paraId="29E26565" w14:textId="77777777" w:rsidTr="00250AB7">
+      <w:tr w:rsidR="00647F99" w:rsidRPr="00050EAD" w14:paraId="75F49A1B" w14:textId="77777777" w:rsidTr="003D7F66">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5F9C231B" w14:textId="77777777" w:rsidR="00250AB7" w:rsidRPr="00D1511B" w:rsidRDefault="00250AB7" w:rsidP="00250AB7">
+          <w:p w14:paraId="78E4A0AA" w14:textId="7F70415A" w:rsidR="00647F99" w:rsidRPr="005B53B5" w:rsidRDefault="00700263" w:rsidP="008374DF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="37"/>
+                <w:numId w:val="39"/>
               </w:numPr>
-              <w:suppressAutoHyphens/>
-[...18 lines deleted...]
-              <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1511B">
-[...3 lines deleted...]
-              <w:t>List as many responsibilities that you can think of:</w:t>
+            <w:r w:rsidRPr="00700263">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>True or False, a sector marshal has overall responsibility over the marshals that are operating within their sector.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB55B7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB55B7" w:rsidRPr="00FB55B7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="7C45A040" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00647F99" w:rsidRPr="00050EAD" w14:paraId="11A5C0C1" w14:textId="77777777" w:rsidTr="003D7F66">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6D58A1D7" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00D1511B" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w14:paraId="43C903DB" w14:textId="77777777" w:rsidR="00647F99" w:rsidRPr="00251D39" w:rsidRDefault="00647F99" w:rsidP="008374DF">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="31"/>
+                <w:numId w:val="46"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003D449E" w:rsidRPr="00050EAD" w14:paraId="2385471F" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="5F96B7FE" w14:textId="77777777" w:rsidTr="003D7F66">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="493A608C" w14:textId="56BFE401" w:rsidR="00050EAD" w:rsidRPr="005B53B5" w:rsidRDefault="00A316B1" w:rsidP="008374DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="39"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A316B1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In Pre-Race Preparation, name at least 3 key resources a Sector Marshal will need in preparing for their role. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A316B1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(3 marks)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="6B37C79B" w14:textId="77777777" w:rsidTr="003D7F66">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="34426190" w14:textId="571019F1" w:rsidR="00050EAD" w:rsidRDefault="00050EAD" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="76C9E49D" w14:textId="75479AF2" w:rsidR="00D80E89" w:rsidRDefault="00D80E89" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="341D8303" w14:textId="6D79D0AE" w:rsidR="00D80E89" w:rsidRPr="00D80E89" w:rsidRDefault="00D80E89" w:rsidP="00D80E89">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA43B8" w:rsidRPr="00050EAD" w14:paraId="49240A1D" w14:textId="77777777" w:rsidTr="0007486D">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7B5363AE" w14:textId="47B2E453" w:rsidR="00BA43B8" w:rsidRPr="005B53B5" w:rsidRDefault="00BA43B8" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B53B5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Slide </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B53B5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>9: Sector Marshals</w:t>
+            </w:r>
+            <w:r w:rsidR="00367129" w:rsidRPr="00367129">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> –</w:t>
+            </w:r>
+            <w:r w:rsidR="00367129">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00367129" w:rsidRPr="00367129">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Questions 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA43B8" w:rsidRPr="00050EAD" w14:paraId="2896DE12" w14:textId="77777777" w:rsidTr="003D7F66">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="55F16404" w14:textId="255680A0" w:rsidR="00BA43B8" w:rsidRPr="005B53B5" w:rsidRDefault="0001657F" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="39"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0001657F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Outline at least 5 key points a Sector Marshal should include in a Course Marshals’ instructions / briefing. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0001657F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(5 marks)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA43B8" w:rsidRPr="00050EAD" w14:paraId="20EC2486" w14:textId="77777777" w:rsidTr="003D7F66">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4CB057D6" w14:textId="56679CD1" w:rsidR="00BA43B8" w:rsidRDefault="00BA43B8" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5FE2BA01" w14:textId="05883BB7" w:rsidR="00D80E89" w:rsidRDefault="00D80E89" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3309F826" w14:textId="1FBBDFDF" w:rsidR="00D80E89" w:rsidRDefault="00D80E89" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46D15B91" w14:textId="310ECC2E" w:rsidR="00D80E89" w:rsidRDefault="00D80E89" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3ED2329A" w14:textId="2B06704C" w:rsidR="00D80E89" w:rsidRPr="005B53B5" w:rsidRDefault="00D80E89" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA43B8" w:rsidRPr="00050EAD" w14:paraId="7CBC6ECD" w14:textId="77777777" w:rsidTr="003D7F66">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2DAA639E" w14:textId="76A99714" w:rsidR="00BA43B8" w:rsidRPr="0083625D" w:rsidRDefault="0083625D" w:rsidP="008374DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="39"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0083625D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">On race day, who should a Sector Marshal report to on arrival? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083625D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA43B8" w:rsidRPr="00050EAD" w14:paraId="4B807940" w14:textId="77777777" w:rsidTr="003D7F66">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7CF7DA59" w14:textId="77777777" w:rsidR="00BA43B8" w:rsidRPr="005B53B5" w:rsidRDefault="00BA43B8" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA43B8" w:rsidRPr="00050EAD" w14:paraId="1B149D87" w14:textId="77777777" w:rsidTr="003D7F66">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="24B6FD00" w14:textId="61B9AFA8" w:rsidR="00BA43B8" w:rsidRPr="005B53B5" w:rsidRDefault="008A3BF3" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="39"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A3BF3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Describe at least 3 Pre-Race checks a Sector Marshal should complete. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3BF3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(3 marks)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA43B8" w:rsidRPr="00050EAD" w14:paraId="79694521" w14:textId="77777777" w:rsidTr="003D7F66">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3F3C4715" w14:textId="250D88D7" w:rsidR="00BA43B8" w:rsidRDefault="00BA43B8" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="035699AA" w14:textId="7365D79D" w:rsidR="0099106B" w:rsidRDefault="0099106B" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="00EC0430" w14:textId="597833BE" w:rsidR="0099106B" w:rsidRPr="005B53B5" w:rsidRDefault="0099106B" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA43B8" w:rsidRPr="00050EAD" w14:paraId="2028F702" w14:textId="77777777" w:rsidTr="003D7F66">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="568DFCD2" w14:textId="01C3B433" w:rsidR="00BA43B8" w:rsidRPr="005B53B5" w:rsidRDefault="00F32114" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="39"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F32114">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What should a Sector Marshal do if any of their allocated Course Marshals fail to report on race day? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F32114">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="3"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA43B8" w:rsidRPr="00050EAD" w14:paraId="24D9A57C" w14:textId="77777777" w:rsidTr="003D7F66">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5E98BEB9" w14:textId="77777777" w:rsidR="00BA43B8" w:rsidRPr="005B53B5" w:rsidRDefault="00BA43B8" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA43B8" w:rsidRPr="00050EAD" w14:paraId="58483D25" w14:textId="77777777" w:rsidTr="003D7F66">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4CAE5D90" w14:textId="3BBEC17E" w:rsidR="00BA43B8" w:rsidRPr="005B53B5" w:rsidRDefault="00F21F17" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="39"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F21F17">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Describe 3 key details a Sector Marshal will need to include in an incident or accident report within their sector. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F21F17">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>(3 marks)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA43B8" w:rsidRPr="00050EAD" w14:paraId="5659BCBF" w14:textId="77777777" w:rsidTr="003D7F66">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6C69DA0D" w14:textId="0EEC3131" w:rsidR="00BA43B8" w:rsidRDefault="00BA43B8" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="472FFBD7" w14:textId="796E136D" w:rsidR="0099106B" w:rsidRDefault="0099106B" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="665E9A7E" w14:textId="02F12D93" w:rsidR="0099106B" w:rsidRPr="0099106B" w:rsidRDefault="0099106B" w:rsidP="0099106B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA43B8" w:rsidRPr="00050EAD" w14:paraId="741D540E" w14:textId="77777777" w:rsidTr="003D7F66">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4BAAD795" w14:textId="40A13BD3" w:rsidR="00BA43B8" w:rsidRPr="005B53B5" w:rsidRDefault="008D0614" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="39"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D0614">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A Course Marshal reports that a runner has taken a short cut, what should the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001521B5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Sector Marshal</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D0614">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> do? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D0614">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA43B8" w:rsidRPr="00050EAD" w14:paraId="296F2790" w14:textId="77777777" w:rsidTr="003D7F66">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="242E90A1" w14:textId="77777777" w:rsidR="00BA43B8" w:rsidRPr="005B53B5" w:rsidRDefault="00BA43B8" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA43B8" w:rsidRPr="00050EAD" w14:paraId="4121FF8F" w14:textId="77777777" w:rsidTr="003D7F66">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5896B61B" w14:textId="77777777" w:rsidR="00855440" w:rsidRDefault="00855440" w:rsidP="008374DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="39"/>
+              </w:numPr>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855440">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>What 2 items of Post Race paperwork will a Sector Marshal need to complete?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="284D8632" w14:textId="0FA56EC2" w:rsidR="00BA43B8" w:rsidRPr="00855440" w:rsidRDefault="00855440" w:rsidP="008374DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855440">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(2 marks)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA43B8" w:rsidRPr="00050EAD" w14:paraId="0C116E11" w14:textId="77777777" w:rsidTr="003D7F66">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="16C46A81" w14:textId="1A44AF83" w:rsidR="00BA43B8" w:rsidRDefault="00BA43B8" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5055F128" w14:textId="2EA565F2" w:rsidR="0099106B" w:rsidRPr="005B53B5" w:rsidRDefault="0099106B" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B55DFA" w:rsidRPr="00050EAD" w14:paraId="4B4D014D" w14:textId="77777777" w:rsidTr="003D7F66">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1AAABF9A" w14:textId="1BE31347" w:rsidR="003D449E" w:rsidRPr="00D1511B" w:rsidRDefault="0083271E" w:rsidP="003D449E">
+          <w:p w14:paraId="47957241" w14:textId="416F15E0" w:rsidR="00B55DFA" w:rsidRPr="00367129" w:rsidRDefault="00367129" w:rsidP="008374DF">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:before="60" w:after="60"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Slide 9: </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00367129">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-              <w:t>Phases of preparation 1</w:t>
+              </w:rPr>
+              <w:t>Slide 29: Sector Marshals – Questions 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="1B1828D2" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00367129" w:rsidRPr="00050EAD" w14:paraId="235B886A" w14:textId="77777777" w:rsidTr="003D7F66">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="21A4B984" w14:textId="77777777" w:rsidR="008C353A" w:rsidRPr="00D1511B" w:rsidRDefault="008C353A" w:rsidP="008C353A">
-[...107 lines deleted...]
-          <w:p w14:paraId="2517BF71" w14:textId="0433251C" w:rsidR="00050EAD" w:rsidRPr="00D1511B" w:rsidRDefault="008C353A" w:rsidP="008C353A">
+          <w:p w14:paraId="6A8FA28A" w14:textId="61AE1415" w:rsidR="00367129" w:rsidRPr="00F53502" w:rsidRDefault="00F53502" w:rsidP="008374DF">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:after="60"/>
-              <w:ind w:left="357"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1511B">
-[...3 lines deleted...]
-              <w:t>Draw up a list of what you think will fall into each category:</w:t>
+            <w:r w:rsidRPr="00F53502">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Now, with your </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D102B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Course Marshals</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F53502">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> hat on and the benefit of your experience:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="7E0B615E" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00BA43B8" w:rsidRPr="00050EAD" w14:paraId="2FAB60AA" w14:textId="77777777" w:rsidTr="003D7F66">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="24AC101A" w14:textId="7D0AF8A9" w:rsidR="00050EAD" w:rsidRPr="00D1511B" w:rsidRDefault="004479D3" w:rsidP="007C6C72">
+          <w:p w14:paraId="6441097E" w14:textId="77777777" w:rsidR="00BA43B8" w:rsidRPr="0099106B" w:rsidRDefault="00313E6F" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="39"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00313E6F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">List at least 5 key resources you think a Course Marshal might need. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00313E6F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(5 marks)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FBAE336" w14:textId="30EBB482" w:rsidR="0099106B" w:rsidRPr="005B53B5" w:rsidRDefault="0099106B" w:rsidP="0099106B">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:before="60" w:after="60"/>
+              <w:spacing w:after="60"/>
               <w:ind w:left="357"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
-[...37 lines deleted...]
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004479D3" w:rsidRPr="00050EAD" w14:paraId="495E664D" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00BA43B8" w:rsidRPr="00050EAD" w14:paraId="3B37ED1C" w14:textId="77777777" w:rsidTr="003D7F66">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6EC73143" w14:textId="77777777" w:rsidR="004479D3" w:rsidRPr="00D1511B" w:rsidRDefault="00C46367" w:rsidP="007C6C72">
-[...23 lines deleted...]
-          <w:p w14:paraId="07F7D2CB" w14:textId="0B0F446C" w:rsidR="00C46367" w:rsidRPr="00D1511B" w:rsidRDefault="00C46367" w:rsidP="007C6C72">
+          <w:p w14:paraId="30D068D1" w14:textId="69B54A4E" w:rsidR="00BA43B8" w:rsidRDefault="00BA43B8" w:rsidP="008374DF">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="31"/>
+                <w:numId w:val="30"/>
               </w:numPr>
+              <w:suppressAutoHyphens/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="714" w:hanging="357"/>
-[...2 lines deleted...]
-                <w:kern w:val="3"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E0008AF" w14:textId="33EEC2D6" w:rsidR="0099106B" w:rsidRDefault="0099106B" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F7CCEAB" w14:textId="7E5C3F21" w:rsidR="0099106B" w:rsidRDefault="0099106B" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="00120DCB" w14:textId="3F10B0D2" w:rsidR="0099106B" w:rsidRDefault="0099106B" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5CA82FA0" w14:textId="73026CB1" w:rsidR="0099106B" w:rsidRPr="005B53B5" w:rsidRDefault="0099106B" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004479D3" w:rsidRPr="00050EAD" w14:paraId="43FFDD2D" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00BA43B8" w:rsidRPr="00050EAD" w14:paraId="12142AD8" w14:textId="77777777" w:rsidTr="003D7F66">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5BD3D6E9" w14:textId="77777777" w:rsidR="004479D3" w:rsidRPr="00D1511B" w:rsidRDefault="00C46367" w:rsidP="007C6C72">
+          <w:p w14:paraId="5EEABEA2" w14:textId="77777777" w:rsidR="005F0663" w:rsidRPr="005F0663" w:rsidRDefault="005F0663" w:rsidP="008374DF">
             <w:pPr>
-              <w:widowControl/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="39"/>
+              </w:numPr>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F0663">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A runner is spotted by a Course Marshal taking a short cut. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EA044E2" w14:textId="1DDBFB0E" w:rsidR="005F0663" w:rsidRPr="005F0663" w:rsidRDefault="005F0663" w:rsidP="008374DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="51"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F0663">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What should the Marshal not do? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F0663">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:kern w:val="3"/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F4FFF9F" w14:textId="77777777" w:rsidR="00BA43B8" w:rsidRPr="0099106B" w:rsidRDefault="005F0663" w:rsidP="008374DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="51"/>
+              </w:numPr>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1511B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="005F0663">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What should the Marshal do? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F0663">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:kern w:val="3"/>
-[...1 lines deleted...]
-              <w:t>Post Race</w:t>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69C4F535" w14:textId="6A291228" w:rsidR="00C46367" w:rsidRPr="00D1511B" w:rsidRDefault="00C46367" w:rsidP="007C6C72">
+          <w:p w14:paraId="6B9018CC" w14:textId="386B4B6E" w:rsidR="0099106B" w:rsidRPr="005F0663" w:rsidRDefault="0099106B" w:rsidP="0099106B">
             <w:pPr>
-              <w:widowControl/>
-[...10 lines deleted...]
-                <w:kern w:val="3"/>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="714"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="55BFAAC3" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00BA43B8" w:rsidRPr="00050EAD" w14:paraId="18CD1B7B" w14:textId="77777777" w:rsidTr="003D7F66">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="16F52601" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00D1511B" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w14:paraId="344AFE64" w14:textId="2B99618D" w:rsidR="00BA43B8" w:rsidRDefault="00BA43B8" w:rsidP="008374DF">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="52"/>
+              </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1511B">
-[...8 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w14:paraId="2ABC6721" w14:textId="2A260785" w:rsidR="00C719AD" w:rsidRPr="005F0663" w:rsidRDefault="00C719AD" w:rsidP="008374DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="52"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00023E81" w:rsidRPr="00050EAD" w14:paraId="28E0B2B5" w14:textId="77777777" w:rsidTr="00023E81">
+      <w:tr w:rsidR="002E59F6" w:rsidRPr="00050EAD" w14:paraId="1452D32A" w14:textId="77777777" w:rsidTr="003D7F66">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="615C316B" w14:textId="1207D2E5" w:rsidR="00023E81" w:rsidRPr="00D1511B" w:rsidRDefault="00023E81" w:rsidP="006D476F">
-[...182 lines deleted...]
-          <w:p w14:paraId="0AC56245" w14:textId="409F883B" w:rsidR="00023E81" w:rsidRPr="00D1511B" w:rsidRDefault="00023E81" w:rsidP="006D476F">
+          <w:p w14:paraId="7DA3E9F2" w14:textId="1BE59406" w:rsidR="002E59F6" w:rsidRPr="0015313F" w:rsidRDefault="005A529B" w:rsidP="008374DF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="39"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1511B">
-[...3 lines deleted...]
-              <w:t>Throughout the module you will have learnt about the key interfaces for a sector marshal, list 5 of those key interfaces</w:t>
+            <w:r w:rsidRPr="005A529B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">List at least 3 ways you think a Course Marshal can help runners. </w:t>
             </w:r>
-            <w:r w:rsidR="003A668B" w:rsidRPr="00D1511B">
-[...3 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="005A529B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(3 marks)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="45541733" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="002E59F6" w:rsidRPr="00050EAD" w14:paraId="4DD94934" w14:textId="77777777" w:rsidTr="003D7F66">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2A16BCC2" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00D1511B" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
-[...1126 lines deleted...]
-          <w:p w14:paraId="2ABC6721" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00D1511B" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w14:paraId="236195C8" w14:textId="2BCC8A48" w:rsidR="002E59F6" w:rsidRDefault="002E59F6" w:rsidP="008374DF">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="210" w:hanging="210"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65384D84" w14:textId="29B8A632" w:rsidR="0099106B" w:rsidRDefault="0099106B" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="487BBB9D" w14:textId="79E38D82" w:rsidR="0099106B" w:rsidRPr="005B53B5" w:rsidRDefault="0099106B" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="12D5C6A4" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="002E59F6" w:rsidRPr="00050EAD" w14:paraId="0711D37C" w14:textId="77777777" w:rsidTr="003D7F66">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="45F2E8B2" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00D1511B" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w14:paraId="23DA418F" w14:textId="166D03A4" w:rsidR="002E59F6" w:rsidRPr="00F61647" w:rsidRDefault="00F61647" w:rsidP="008374DF">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
-              <w:suppressAutoHyphens/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="54"/>
+              </w:numPr>
               <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00F61647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>List at least 3 things you think a Course Marshal should not do.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F61647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(3 marks)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="55867EA3" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="005A529B" w:rsidRPr="00050EAD" w14:paraId="4FDF7B1C" w14:textId="77777777" w:rsidTr="003D7F66">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2E322A1E" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00D1511B" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w14:paraId="2D645699" w14:textId="0DEC68DF" w:rsidR="005A529B" w:rsidRDefault="005A529B" w:rsidP="008374DF">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
-              <w:suppressAutoHyphens/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
               <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1511B">
-[...6 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w14:paraId="44E4E1DB" w14:textId="6C8D9079" w:rsidR="0099106B" w:rsidRDefault="0099106B" w:rsidP="008374DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="174F14D9" w14:textId="6CA762FE" w:rsidR="0099106B" w:rsidRPr="005A529B" w:rsidRDefault="0099106B" w:rsidP="008374DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="3BAF6D41" w14:textId="77777777" w:rsidTr="002973C8">
+      <w:tr w:rsidR="00F2600B" w:rsidRPr="00050EAD" w14:paraId="56EBA95F" w14:textId="77777777" w:rsidTr="003D7F66">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:tcW w:w="10162" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="23B526D5" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00D1511B" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w14:paraId="7B08BBFE" w14:textId="63EF3E64" w:rsidR="00A632F6" w:rsidRPr="00A632F6" w:rsidRDefault="00063905" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A632F6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total marks </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">for </w:t>
+            </w:r>
+            <w:r w:rsidR="00A632F6" w:rsidRPr="00A632F6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sector Marshal </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>Module</w:t>
+            </w:r>
+            <w:r w:rsidR="00A632F6" w:rsidRPr="00A632F6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 40</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68887B36" w14:textId="68FF6AA4" w:rsidR="00F2600B" w:rsidRPr="00F2600B" w:rsidRDefault="0099106B" w:rsidP="008374DF">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>75</w:t>
+            </w:r>
+            <w:r w:rsidR="00A632F6" w:rsidRPr="00A632F6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>% Pass mark = 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA43B8" w:rsidRPr="00050EAD" w14:paraId="12D5C6A4" w14:textId="77777777" w:rsidTr="003D7F66">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10162" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="45F2E8B2" w14:textId="77777777" w:rsidR="00BA43B8" w:rsidRPr="005B53B5" w:rsidRDefault="00BA43B8" w:rsidP="008374DF">
             <w:pPr>
               <w:widowControl/>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE/>
               <w:spacing w:before="60" w:after="60"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1511B">
-[...40 lines deleted...]
-            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="06C3A4AD" w14:textId="77777777" w:rsidTr="002973C8">
+      <w:tr w:rsidR="00BA43B8" w:rsidRPr="00050EAD" w14:paraId="55867EA3" w14:textId="77777777" w:rsidTr="0086131F">
         <w:trPr>
           <w:trHeight w:val="150"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:tcW w:w="10162" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="53FF32B3" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00D1511B" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w14:paraId="2E322A1E" w14:textId="46BB4A3E" w:rsidR="00BA43B8" w:rsidRPr="005B53B5" w:rsidRDefault="00BA43B8" w:rsidP="008374DF">
             <w:pPr>
               <w:widowControl/>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE/>
               <w:spacing w:before="60" w:after="60"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1511B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="005B53B5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Northern Ireland</w:t>
+              <w:t xml:space="preserve">Please submit this along with the other level 2 module endurance questions and your </w:t>
             </w:r>
-          </w:p>
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="0099106B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>record of experience</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B53B5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to </w:t>
+            </w:r>
+            <w:r w:rsidR="0099106B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="0099106B" w:rsidRPr="0023701F">
+              <w:rPr>
+                <w:color w:val="0563C1"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...41 lines deleted...]
-              <w:t>Scotland</w:t>
+            <w:r w:rsidR="0099106B" w:rsidRPr="0023701F">
+              <w:rPr>
+                <w:color w:val="0563C1"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>officialsaccreditation@englandathletics.org</w:t>
             </w:r>
-          </w:p>
-[...122 lines deleted...]
-            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="52469B6F" w14:textId="79C5D98C" w:rsidR="006F5368" w:rsidRPr="00973120" w:rsidRDefault="006F5368" w:rsidP="00973120"/>
-    <w:sectPr w:rsidR="006F5368" w:rsidRPr="00973120" w:rsidSect="009B0C02">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId15"/>
+    <w:sectPr w:rsidR="006F5368" w:rsidRPr="00973120" w:rsidSect="00CF72A6">
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
-      <w:pgMar w:top="115" w:right="1440" w:bottom="1440" w:left="1440" w:header="142" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="170" w:footer="822" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="64BA81A5" w14:textId="77777777" w:rsidR="009D1680" w:rsidRDefault="009D1680" w:rsidP="00E21610">
+    <w:p w14:paraId="28AE0930" w14:textId="77777777" w:rsidR="00980518" w:rsidRDefault="00980518" w:rsidP="00E21610">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="17CD1B17" w14:textId="77777777" w:rsidR="009D1680" w:rsidRDefault="009D1680" w:rsidP="00E21610">
+    <w:p w14:paraId="0AA57B02" w14:textId="77777777" w:rsidR="00980518" w:rsidRDefault="00980518" w:rsidP="00E21610">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1A24E2A9" w14:textId="77777777" w:rsidR="009D1680" w:rsidRDefault="009D1680"/>
+    <w:p w14:paraId="2C30910B" w14:textId="77777777" w:rsidR="00980518" w:rsidRDefault="00980518"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...3 lines deleted...]
-    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="ヒラギノ角ゴ Pro W3">
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lato Light">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lato">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="66E32E9D" w14:textId="28E5A494" w:rsidR="00E21610" w:rsidRPr="00E21610" w:rsidRDefault="004E6B13" w:rsidP="00AD1C98">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="66E32E9D" w14:textId="230792E8" w:rsidR="00E21610" w:rsidRPr="00E21610" w:rsidRDefault="00435F59" w:rsidP="00AD1C98">
     <w:pPr>
       <w:spacing w:before="100"/>
       <w:ind w:left="880"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>September 2024</w:t>
+      <w:t>0</w:t>
     </w:r>
-    <w:r w:rsidR="00F530A5">
+    <w:r w:rsidR="00E21901">
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>.1</w:t>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="00B27495">
+      <w:rPr>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>0</w:t>
+    </w:r>
+    <w:r w:rsidR="00E21901">
+      <w:rPr>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="004E6B13">
+      <w:rPr>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="00B27495">
+      <w:rPr>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="72AD3E67" w14:textId="77777777" w:rsidR="009D1680" w:rsidRDefault="009D1680" w:rsidP="00E21610">
+    <w:p w14:paraId="089316B4" w14:textId="77777777" w:rsidR="00980518" w:rsidRDefault="00980518" w:rsidP="00E21610">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5F8808E4" w14:textId="77777777" w:rsidR="009D1680" w:rsidRDefault="009D1680" w:rsidP="00E21610">
+    <w:p w14:paraId="1AB1431D" w14:textId="77777777" w:rsidR="00980518" w:rsidRDefault="00980518" w:rsidP="00E21610">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5DB72BB9" w14:textId="77777777" w:rsidR="009D1680" w:rsidRDefault="009D1680"/>
+    <w:p w14:paraId="4ACD6330" w14:textId="77777777" w:rsidR="00980518" w:rsidRDefault="00980518"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
+      <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
+      <w:tblOverlap w:val="never"/>
       <w:tblW w:w="9498" w:type="dxa"/>
-      <w:tblInd w:w="-5" w:type="dxa"/>
+      <w:jc w:val="center"/>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4111"/>
       <w:gridCol w:w="5387"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00801191" w14:paraId="7415A24C" w14:textId="77777777" w:rsidTr="00D53515">
+    <w:tr w:rsidR="00801191" w14:paraId="7415A24C" w14:textId="77777777" w:rsidTr="008374DF">
       <w:trPr>
         <w:trHeight w:val="360"/>
+        <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4111" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="22AE1A19" w14:textId="77777777" w:rsidR="00801191" w:rsidRPr="001B3595" w:rsidRDefault="00801191" w:rsidP="00017655">
+        <w:p w14:paraId="22AE1A19" w14:textId="77777777" w:rsidR="00801191" w:rsidRPr="001B3595" w:rsidRDefault="00801191" w:rsidP="008374DF">
           <w:pPr>
             <w:spacing w:before="240"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="001B3595">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t xml:space="preserve">Endurance Officials: Level 2 </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="36B24380" w14:textId="3B6553AB" w:rsidR="00D53515" w:rsidRDefault="00925126" w:rsidP="00017655">
+        <w:p w14:paraId="36B24380" w14:textId="3B6553AB" w:rsidR="00D53515" w:rsidRDefault="00925126" w:rsidP="008374DF">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Sector Marshal</w:t>
           </w:r>
           <w:r w:rsidR="00801191" w:rsidRPr="001B3595">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="007B2F30">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Module</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="0B5C2E95" w14:textId="4C7F537E" w:rsidR="00801191" w:rsidRPr="00D53515" w:rsidRDefault="007B2F30" w:rsidP="00017655">
+        <w:p w14:paraId="0B5C2E95" w14:textId="3ADABBD2" w:rsidR="00801191" w:rsidRPr="00D53515" w:rsidRDefault="007B2F30" w:rsidP="008374DF">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
-            <w:t>Question</w:t>
+            <w:t xml:space="preserve">Question </w:t>
           </w:r>
-          <w:r w:rsidR="008036F3">
+          <w:r w:rsidR="00801191" w:rsidRPr="001B3595">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
-            <w:t>s</w:t>
+            <w:t>Return Form</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="6A73B5E3" w14:textId="77777777" w:rsidR="00801191" w:rsidRDefault="00801191" w:rsidP="00017655">
+        <w:p w14:paraId="6A73B5E3" w14:textId="77777777" w:rsidR="00801191" w:rsidRDefault="00801191" w:rsidP="008374DF">
           <w:pPr>
             <w:pStyle w:val="Title"/>
             <w:spacing w:before="120"/>
             <w:ind w:left="0"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:color w:val="3C3C3B"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:color w:val="3C3C3B"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D003FD5" wp14:editId="0D9DC2E5">
                 <wp:extent cx="3249328" cy="795020"/>
                 <wp:effectExtent l="0" t="0" r="8255" b="5080"/>
                 <wp:docPr id="281530896" name="Picture 2" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -3144,51 +3592,51 @@
                       <a:ln w="3175">
                         <a:solidFill>
                           <a:srgbClr val="3C3C3B"/>
                         </a:solidFill>
                         <a:prstDash val="solid"/>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="07465BF2" id="Straight Connector 3" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:3.17497mm;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:3.17497mm;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="363.75pt,112.1pt" to="363.75pt,112.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyry0nqQEAAEUDAAAOAAAAZHJzL2Uyb0RvYy54bWysUttu2zAMfR/QfxD03jhpsQuMOAWWrHtp&#10;twDdPoCR5FiYLAqkEjt/P0lOsq17GwYBgnjRIc8hlw9j78TREFv0jVzM5lIYr1Bbv2/k92+Ptx+k&#10;4Aheg0NvGnkyLB9WN2+WQ6jNHXbotCGRQDzXQ2hkF2Ooq4pVZ3rgGQbjU7BF6iEmk/aVJhgSeu+q&#10;u/n8XTUg6UCoDHPybqagXBX8tjUqfm1bNlG4RqbeYrmp3Lt8V6sl1HuC0Fl1bgP+oYserE9Fr1Ab&#10;iCAOZP+C6q0iZGzjTGFfYdtaZQqHxGYxf8XmpYNgCpckDoerTPz/YNWX49pvKbeuRv8SnlD94CRK&#10;NQSur8FscNiS2A3PqNMY4RCx8B1b6vPnxESMRdbTVVYzRqEmp7p4K6gvXwJx/GywF/nRSGd95go1&#10;HJ845hagvqRkt8dH61yZl/NiaOT94v3b8oHRWZ2DOY1pv1s7EkdIE79fp/MxDzmB/ZGWkTfA3ZRX&#10;QtMuEB68LlU6A/rT+R3BuumdgJw/65MlyZvG9Q71aUu5TrbSrErF817lZfjdLlm/tn/1EwAA//8D&#10;AFBLAwQUAAYACAAAACEAJZAbeNsAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP0UrEMBBF3wX/&#10;IYzgy+KmBmuXbtNFBX1aka1+wLQZ22IzKU26W//eiII+zp3DnTPFbrGDONLke8cartcJCOLGmZ5b&#10;DW+vj1cbED4gGxwck4ZP8rArz88KzI078YGOVWhFLGGfo4YuhDGX0jcdWfRrNxLH3bubLIY4Tq00&#10;E55iuR2kSpJbabHneKHDkR46aj6q2Wq4T58Z22z1cnD7JyurZrVP61nry4vlbgsi0BL+YPjWj+pQ&#10;RqfazWy8GDRkKksjqkGpGwUiEj9J/ZvIspD/fyi/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhALKvLSepAQAARQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACWQG3jbAAAACwEAAA8AAAAAAAAAAAAAAAAAAwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAALBQAAAAA=&#10;" strokecolor="#3c3c3b" strokeweight=".25pt">
+            <v:line w14:anchorId="35E1ADD9" id="Straight Connector 3" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:3.17497mm;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:3.17497mm;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="363.75pt,112.1pt" to="363.75pt,112.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyry0nqQEAAEUDAAAOAAAAZHJzL2Uyb0RvYy54bWysUttu2zAMfR/QfxD03jhpsQuMOAWWrHtp&#10;twDdPoCR5FiYLAqkEjt/P0lOsq17GwYBgnjRIc8hlw9j78TREFv0jVzM5lIYr1Bbv2/k92+Ptx+k&#10;4Aheg0NvGnkyLB9WN2+WQ6jNHXbotCGRQDzXQ2hkF2Ooq4pVZ3rgGQbjU7BF6iEmk/aVJhgSeu+q&#10;u/n8XTUg6UCoDHPybqagXBX8tjUqfm1bNlG4RqbeYrmp3Lt8V6sl1HuC0Fl1bgP+oYserE9Fr1Ab&#10;iCAOZP+C6q0iZGzjTGFfYdtaZQqHxGYxf8XmpYNgCpckDoerTPz/YNWX49pvKbeuRv8SnlD94CRK&#10;NQSur8FscNiS2A3PqNMY4RCx8B1b6vPnxESMRdbTVVYzRqEmp7p4K6gvXwJx/GywF/nRSGd95go1&#10;HJ845hagvqRkt8dH61yZl/NiaOT94v3b8oHRWZ2DOY1pv1s7EkdIE79fp/MxDzmB/ZGWkTfA3ZRX&#10;QtMuEB68LlU6A/rT+R3BuumdgJw/65MlyZvG9Q71aUu5TrbSrErF817lZfjdLlm/tn/1EwAA//8D&#10;AFBLAwQUAAYACAAAACEAJZAbeNsAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP0UrEMBBF3wX/&#10;IYzgy+KmBmuXbtNFBX1aka1+wLQZ22IzKU26W//eiII+zp3DnTPFbrGDONLke8cartcJCOLGmZ5b&#10;DW+vj1cbED4gGxwck4ZP8rArz88KzI078YGOVWhFLGGfo4YuhDGX0jcdWfRrNxLH3bubLIY4Tq00&#10;E55iuR2kSpJbabHneKHDkR46aj6q2Wq4T58Z22z1cnD7JyurZrVP61nry4vlbgsi0BL+YPjWj+pQ&#10;RqfazWy8GDRkKksjqkGpGwUiEj9J/ZvIspD/fyi/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhALKvLSepAQAARQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACWQG3jbAAAACwEAAA8AAAAAAAAAAAAAAAAAAwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAALBQAAAAA=&#10;" strokecolor="#3c3c3b" strokeweight=".25pt">
               <o:lock v:ext="edit" shapetype="f"/>
               <w10:wrap anchorx="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="414E2547" wp14:editId="50A3B40B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>826135</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>2747645</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="8942070" cy="5867400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="273919346" name="Picture 273919346">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -3233,51 +3681,51 @@
                     <a:off x="0" y="0"/>
                     <a:ext cx="8942070" cy="5867400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01984164"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A57C319E"/>
     <w:lvl w:ilvl="0" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -3410,50 +3858,251 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0512428D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="69460714"/>
+    <w:lvl w:ilvl="0" w:tplc="EA927260">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0843223B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="01C8B14C"/>
+    <w:lvl w:ilvl="0" w:tplc="08090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08C80CBC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F57661DA"/>
     <w:lvl w:ilvl="0" w:tplc="AB2E7BE2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -3498,51 +4147,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0AA6334C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="60FAB5A4"/>
     <w:lvl w:ilvl="0" w:tplc="A2E83AF8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3591,51 +4240,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0AD5374B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="01C8B14C"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0CBD4E43"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="11182D78"/>
     <w:lvl w:ilvl="0" w:tplc="AF70F092">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -3706,51 +4441,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F0C040B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="87206872"/>
     <w:lvl w:ilvl="0" w:tplc="75C6907A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -3822,51 +4557,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16380D26"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7FA66D36"/>
     <w:lvl w:ilvl="0" w:tplc="43E296B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -3938,51 +4673,141 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17D630BB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CFC68CCE"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18DA2364"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70725BB2"/>
     <w:lvl w:ilvl="0" w:tplc="A642E25C">
       <w:start w:val="18"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -4027,51 +4852,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E043338"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3CAC26EA"/>
     <w:lvl w:ilvl="0" w:tplc="737E104A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -4116,51 +4941,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1FCE4AC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EC647FE6"/>
     <w:lvl w:ilvl="0" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="930" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1650" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4202,51 +5027,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5250" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5970" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6690" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1FFF32B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="112AD25C"/>
     <w:lvl w:ilvl="0" w:tplc="B950B1EE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -4317,51 +5142,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="209C4886"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3DE4DD60"/>
     <w:lvl w:ilvl="0" w:tplc="2742843C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -4433,51 +5258,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25462E4C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C3483D8A"/>
     <w:lvl w:ilvl="0" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="930" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1650" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4519,51 +5344,141 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5250" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5970" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6690" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28DA6031"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F78A1618"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="930" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1650" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2370" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3090" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3810" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4530" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5250" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5970" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6690" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E3437FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="28CA53D0"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4609,51 +5524,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31763924"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57FCE3C8"/>
     <w:lvl w:ilvl="0" w:tplc="1F10F432">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -4725,51 +5640,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31997564"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BD2E40FC"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4815,51 +5730,141 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="360756B3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A8C8ACF2"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="930" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1650" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2370" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3090" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3810" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4530" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5250" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5970" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6690" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AC72D85"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9A38FA7E"/>
     <w:lvl w:ilvl="0" w:tplc="9A5C59B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -4930,51 +5935,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AE65081"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4754E49A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5043,51 +6048,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41FF145B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="25F81150"/>
     <w:lvl w:ilvl="0" w:tplc="70F24C36">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -5132,51 +6137,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="481E6A5F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="007623A4"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -5221,51 +6226,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D520C9C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="03589D1C"/>
     <w:lvl w:ilvl="0" w:tplc="A36836EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -5337,51 +6342,141 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4DBA1B69"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E1C27D62"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E9148C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="782490FC"/>
     <w:lvl w:ilvl="0" w:tplc="F6082382">
       <w:start w:val="20"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5427,51 +6522,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="507F666A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="299EFE30"/>
     <w:lvl w:ilvl="0" w:tplc="70F24C36">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -5516,51 +6611,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52FE2B5E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E0526EDE"/>
     <w:lvl w:ilvl="0" w:tplc="A37C77A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -5632,51 +6727,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="533A21EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EFC608EC"/>
     <w:lvl w:ilvl="0" w:tplc="5D249C72">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -5723,51 +6818,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="536F08CC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="69FC5322"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -5819,51 +6914,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54AA4515"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9ECEECEA"/>
     <w:lvl w:ilvl="0" w:tplc="9A5C59B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -5934,51 +7029,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="573C5841"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="86B425D8"/>
     <w:lvl w:ilvl="0" w:tplc="70F24C36">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -6023,51 +7118,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57F92318"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2E9A5850"/>
     <w:lvl w:ilvl="0" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="930" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1650" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6109,51 +7204,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5250" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5970" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6690" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58823D55"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A1CE07F8"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6199,51 +7294,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D280999"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E52EB6C8"/>
     <w:lvl w:ilvl="0" w:tplc="AF887C14">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -6315,51 +7410,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E60567C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="38EC2CA0"/>
     <w:lvl w:ilvl="0" w:tplc="51BAE652">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6405,51 +7500,141 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5FD53291"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B0C85D1C"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="634D5A46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD5A84D2"/>
     <w:lvl w:ilvl="0" w:tplc="198C4E8C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Lato Light" w:eastAsia="Trebuchet MS" w:hAnsi="Lato Light" w:cs="Trebuchet MS" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6518,51 +7703,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63B56FD9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F87065D8"/>
     <w:lvl w:ilvl="0" w:tplc="8E0CEF9C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -6633,51 +7818,141 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66687DE9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="31F6FCCC"/>
+    <w:lvl w:ilvl="0" w:tplc="90B4C6AA">
+      <w:start w:val="16"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68462130"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D5FCAC72"/>
     <w:lvl w:ilvl="0" w:tplc="1F00CD70">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -6749,51 +8024,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A4A6936"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0DD2AF6A"/>
     <w:lvl w:ilvl="0" w:tplc="2B40A900">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -6865,51 +8140,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6AE94856"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A574D2AC"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6955,51 +8230,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B0C09AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D22212CE"/>
     <w:lvl w:ilvl="0" w:tplc="BBC64FB8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -7044,51 +8319,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FC77CB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="84AADDB6"/>
     <w:lvl w:ilvl="0" w:tplc="36F6DC56">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -7160,51 +8435,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="708F7B9E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4754B048"/>
     <w:lvl w:ilvl="0" w:tplc="121E5FDE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -7249,51 +8524,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="773C7D99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F5906188"/>
     <w:lvl w:ilvl="0" w:tplc="268AD9F4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -7364,51 +8639,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A513FED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C7BE5B2A"/>
     <w:lvl w:ilvl="0" w:tplc="B5FC01E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="930" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1650" w:hanging="360"/>
       </w:pPr>
@@ -7479,54 +8754,54 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5970" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6690" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A8356CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="11E6124E"/>
+    <w:tmpl w:val="B0C85D1C"/>
     <w:lvl w:ilvl="0" w:tplc="51BAE652">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -7569,51 +8844,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D173FC5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CF08DB96"/>
     <w:lvl w:ilvl="0" w:tplc="3560110A">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7659,51 +8934,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D660E19"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B06319E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -7773,430 +9048,543 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1355614084">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1175463980">
+    <w:abstractNumId w:val="48"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1582065108">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1249147903">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1668896358">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1175463980">
-    <w:abstractNumId w:val="39"/>
+  <w:num w:numId="6" w16cid:durableId="1389954796">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1582065108">
+  <w:num w:numId="7" w16cid:durableId="1269653498">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1249147903">
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="8" w16cid:durableId="1353847412">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1668896358">
+  <w:num w:numId="9" w16cid:durableId="181212148">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="617446159">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1147359995">
+    <w:abstractNumId w:val="50"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1807817043">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1983189439">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1389954796">
-[...22 lines deleted...]
-  </w:num>
   <w:num w:numId="14" w16cid:durableId="2014330586">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="882906833">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="737435729">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="266155888">
-    <w:abstractNumId w:val="44"/>
+    <w:abstractNumId w:val="53"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1149634061">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="875387929">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="655377703">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1324309651">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="985088643">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1731462684">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="398481213">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="2055539714">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1679040717">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="328797594">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="2141729165">
-    <w:abstractNumId w:val="38"/>
+    <w:abstractNumId w:val="47"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1797017382">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="593174761">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1468544288">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1909077199">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="916718387">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="174002973">
-    <w:abstractNumId w:val="40"/>
+    <w:abstractNumId w:val="49"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1733309920">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="445197901">
-    <w:abstractNumId w:val="43"/>
+    <w:abstractNumId w:val="52"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="2004619016">
-    <w:abstractNumId w:val="37"/>
+    <w:abstractNumId w:val="46"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="724450578">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1250964209">
-    <w:abstractNumId w:val="42"/>
+    <w:abstractNumId w:val="51"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="259460490">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1580287025">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="647901823">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="653604256">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1232428225">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="1009790923">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="1442139878">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="975720153">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="48" w16cid:durableId="1623684438">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="49" w16cid:durableId="485249160">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="50" w16cid:durableId="947354174">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="51" w16cid:durableId="258564792">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="52" w16cid:durableId="1991984689">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="53" w16cid:durableId="784932023">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="54" w16cid:durableId="3216040">
+    <w:abstractNumId w:val="42"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0027647D"/>
+    <w:rsid w:val="00013B88"/>
     <w:rsid w:val="00013D9C"/>
+    <w:rsid w:val="000151D0"/>
+    <w:rsid w:val="0001657F"/>
     <w:rsid w:val="00017655"/>
     <w:rsid w:val="000225B0"/>
     <w:rsid w:val="00023E81"/>
     <w:rsid w:val="00030F7F"/>
     <w:rsid w:val="000422AA"/>
     <w:rsid w:val="00050EAD"/>
     <w:rsid w:val="000536FB"/>
+    <w:rsid w:val="00063905"/>
+    <w:rsid w:val="0007486D"/>
+    <w:rsid w:val="00083EFA"/>
     <w:rsid w:val="00084021"/>
     <w:rsid w:val="00084BDC"/>
     <w:rsid w:val="0009099F"/>
-    <w:rsid w:val="000A78F7"/>
+    <w:rsid w:val="000A5A95"/>
     <w:rsid w:val="000C1FAE"/>
     <w:rsid w:val="000C5795"/>
     <w:rsid w:val="000E3AF0"/>
     <w:rsid w:val="001157D2"/>
     <w:rsid w:val="00124EA0"/>
     <w:rsid w:val="00130B9F"/>
     <w:rsid w:val="0013616E"/>
+    <w:rsid w:val="001521B5"/>
+    <w:rsid w:val="0015313F"/>
+    <w:rsid w:val="0015573A"/>
     <w:rsid w:val="00167D96"/>
     <w:rsid w:val="001738B9"/>
+    <w:rsid w:val="00180BC6"/>
     <w:rsid w:val="00187F81"/>
+    <w:rsid w:val="001A3ECF"/>
+    <w:rsid w:val="001A4D24"/>
     <w:rsid w:val="001B3595"/>
     <w:rsid w:val="001B6B88"/>
+    <w:rsid w:val="001C77DC"/>
     <w:rsid w:val="001D282F"/>
     <w:rsid w:val="001D76A4"/>
     <w:rsid w:val="001E1944"/>
     <w:rsid w:val="001F20A5"/>
     <w:rsid w:val="00212032"/>
     <w:rsid w:val="00212324"/>
+    <w:rsid w:val="002348A4"/>
     <w:rsid w:val="00250AB7"/>
+    <w:rsid w:val="00251D39"/>
     <w:rsid w:val="00255B53"/>
     <w:rsid w:val="0027647D"/>
     <w:rsid w:val="00282CE0"/>
     <w:rsid w:val="002973C8"/>
     <w:rsid w:val="002A13AF"/>
     <w:rsid w:val="002C2C4A"/>
     <w:rsid w:val="002C69FC"/>
     <w:rsid w:val="002E345A"/>
+    <w:rsid w:val="002E59F6"/>
     <w:rsid w:val="002F6C5A"/>
     <w:rsid w:val="00310760"/>
     <w:rsid w:val="003109C9"/>
+    <w:rsid w:val="00313E6F"/>
     <w:rsid w:val="0031606A"/>
+    <w:rsid w:val="003236F7"/>
+    <w:rsid w:val="00336BE3"/>
+    <w:rsid w:val="00344364"/>
     <w:rsid w:val="00350D7A"/>
+    <w:rsid w:val="00367129"/>
     <w:rsid w:val="00387655"/>
     <w:rsid w:val="00396151"/>
     <w:rsid w:val="003A1D83"/>
     <w:rsid w:val="003A668B"/>
+    <w:rsid w:val="003C77B2"/>
+    <w:rsid w:val="003D102B"/>
     <w:rsid w:val="003D449E"/>
     <w:rsid w:val="003D552E"/>
+    <w:rsid w:val="003D7F66"/>
     <w:rsid w:val="004103EF"/>
+    <w:rsid w:val="00435F59"/>
     <w:rsid w:val="004479D3"/>
     <w:rsid w:val="00452D7A"/>
     <w:rsid w:val="00454E23"/>
+    <w:rsid w:val="00457744"/>
     <w:rsid w:val="00462B3C"/>
     <w:rsid w:val="0046567D"/>
+    <w:rsid w:val="00482B81"/>
+    <w:rsid w:val="004A498A"/>
+    <w:rsid w:val="004B6C79"/>
+    <w:rsid w:val="004E0050"/>
     <w:rsid w:val="004E6B13"/>
+    <w:rsid w:val="005111A9"/>
     <w:rsid w:val="00515974"/>
+    <w:rsid w:val="005503E8"/>
+    <w:rsid w:val="00560B99"/>
     <w:rsid w:val="005714B2"/>
     <w:rsid w:val="0059104C"/>
     <w:rsid w:val="005A2D7B"/>
+    <w:rsid w:val="005A529B"/>
+    <w:rsid w:val="005B1439"/>
+    <w:rsid w:val="005B53B5"/>
     <w:rsid w:val="005C1F1C"/>
+    <w:rsid w:val="005C4536"/>
     <w:rsid w:val="005D54DF"/>
     <w:rsid w:val="005D7E56"/>
+    <w:rsid w:val="005E22A8"/>
+    <w:rsid w:val="005F0663"/>
     <w:rsid w:val="005F4030"/>
     <w:rsid w:val="00600ECB"/>
     <w:rsid w:val="00605936"/>
     <w:rsid w:val="00605B57"/>
+    <w:rsid w:val="00647F99"/>
     <w:rsid w:val="00650EEF"/>
     <w:rsid w:val="006527A5"/>
     <w:rsid w:val="00663B83"/>
     <w:rsid w:val="006709EE"/>
+    <w:rsid w:val="00670DE3"/>
     <w:rsid w:val="00674134"/>
     <w:rsid w:val="00680645"/>
     <w:rsid w:val="00691DA6"/>
     <w:rsid w:val="006B0A96"/>
     <w:rsid w:val="006B7C3E"/>
     <w:rsid w:val="006C14CE"/>
+    <w:rsid w:val="006C2AF5"/>
     <w:rsid w:val="006D476F"/>
     <w:rsid w:val="006F5368"/>
+    <w:rsid w:val="00700263"/>
     <w:rsid w:val="00721314"/>
+    <w:rsid w:val="00745955"/>
     <w:rsid w:val="00751CF0"/>
     <w:rsid w:val="007665C0"/>
     <w:rsid w:val="00775BB5"/>
     <w:rsid w:val="00792525"/>
     <w:rsid w:val="007A48E7"/>
     <w:rsid w:val="007B2F30"/>
+    <w:rsid w:val="007C30B9"/>
     <w:rsid w:val="007C6C72"/>
     <w:rsid w:val="007D76ED"/>
     <w:rsid w:val="00801191"/>
-    <w:rsid w:val="008036F3"/>
+    <w:rsid w:val="008037F1"/>
     <w:rsid w:val="00814768"/>
     <w:rsid w:val="0083271E"/>
+    <w:rsid w:val="0083625D"/>
+    <w:rsid w:val="008374DF"/>
     <w:rsid w:val="00850B65"/>
+    <w:rsid w:val="00855440"/>
     <w:rsid w:val="00855564"/>
+    <w:rsid w:val="0086131F"/>
     <w:rsid w:val="00861B49"/>
     <w:rsid w:val="00863DA1"/>
     <w:rsid w:val="0088038A"/>
+    <w:rsid w:val="008A3BF3"/>
     <w:rsid w:val="008C353A"/>
-    <w:rsid w:val="008D3929"/>
+    <w:rsid w:val="008D0614"/>
     <w:rsid w:val="008E4100"/>
+    <w:rsid w:val="0090194E"/>
+    <w:rsid w:val="00913811"/>
     <w:rsid w:val="00925126"/>
     <w:rsid w:val="00937E54"/>
     <w:rsid w:val="00950F29"/>
     <w:rsid w:val="00973120"/>
+    <w:rsid w:val="00980518"/>
     <w:rsid w:val="00980D09"/>
     <w:rsid w:val="00982B3B"/>
+    <w:rsid w:val="0099106B"/>
     <w:rsid w:val="009B0C02"/>
     <w:rsid w:val="009B3890"/>
     <w:rsid w:val="009B3C07"/>
+    <w:rsid w:val="009B5F5A"/>
     <w:rsid w:val="009C475E"/>
     <w:rsid w:val="009C70DA"/>
     <w:rsid w:val="009D1680"/>
     <w:rsid w:val="009D2DCF"/>
     <w:rsid w:val="009F149C"/>
     <w:rsid w:val="009F312A"/>
     <w:rsid w:val="009F4ECC"/>
     <w:rsid w:val="009F5D3F"/>
+    <w:rsid w:val="00A05B38"/>
+    <w:rsid w:val="00A316B1"/>
     <w:rsid w:val="00A3243B"/>
+    <w:rsid w:val="00A632F6"/>
     <w:rsid w:val="00A65C66"/>
     <w:rsid w:val="00A70C68"/>
+    <w:rsid w:val="00A74881"/>
     <w:rsid w:val="00A81DDF"/>
+    <w:rsid w:val="00A90914"/>
     <w:rsid w:val="00A91822"/>
     <w:rsid w:val="00AA05DC"/>
     <w:rsid w:val="00AB7822"/>
     <w:rsid w:val="00AC2443"/>
     <w:rsid w:val="00AD105E"/>
     <w:rsid w:val="00AD1C98"/>
     <w:rsid w:val="00AF0B96"/>
+    <w:rsid w:val="00AF7301"/>
+    <w:rsid w:val="00B06BB1"/>
     <w:rsid w:val="00B22FF7"/>
+    <w:rsid w:val="00B27495"/>
+    <w:rsid w:val="00B45C3B"/>
     <w:rsid w:val="00B45EF9"/>
+    <w:rsid w:val="00B55DFA"/>
     <w:rsid w:val="00B6483C"/>
     <w:rsid w:val="00B7254E"/>
+    <w:rsid w:val="00B855A3"/>
     <w:rsid w:val="00B94A38"/>
+    <w:rsid w:val="00BA43B8"/>
     <w:rsid w:val="00BC70DC"/>
     <w:rsid w:val="00BD425E"/>
     <w:rsid w:val="00C06276"/>
     <w:rsid w:val="00C107CF"/>
+    <w:rsid w:val="00C20713"/>
     <w:rsid w:val="00C32FAE"/>
     <w:rsid w:val="00C44759"/>
     <w:rsid w:val="00C46367"/>
     <w:rsid w:val="00C55FD9"/>
+    <w:rsid w:val="00C65C50"/>
+    <w:rsid w:val="00C719AD"/>
     <w:rsid w:val="00C74262"/>
     <w:rsid w:val="00C9210D"/>
     <w:rsid w:val="00C9357B"/>
     <w:rsid w:val="00CF34EE"/>
+    <w:rsid w:val="00CF72A6"/>
     <w:rsid w:val="00D038F7"/>
     <w:rsid w:val="00D10C03"/>
+    <w:rsid w:val="00D14FAF"/>
     <w:rsid w:val="00D1511B"/>
     <w:rsid w:val="00D407F6"/>
     <w:rsid w:val="00D53515"/>
+    <w:rsid w:val="00D62404"/>
+    <w:rsid w:val="00D80E89"/>
+    <w:rsid w:val="00D81D30"/>
+    <w:rsid w:val="00DA316C"/>
     <w:rsid w:val="00DA4041"/>
     <w:rsid w:val="00DD7529"/>
     <w:rsid w:val="00DE2CF4"/>
     <w:rsid w:val="00DE4DBC"/>
     <w:rsid w:val="00DF7437"/>
     <w:rsid w:val="00E16A2A"/>
     <w:rsid w:val="00E21610"/>
+    <w:rsid w:val="00E21901"/>
     <w:rsid w:val="00E24066"/>
     <w:rsid w:val="00E24565"/>
     <w:rsid w:val="00E33313"/>
     <w:rsid w:val="00E36DD9"/>
     <w:rsid w:val="00E61500"/>
     <w:rsid w:val="00E6512B"/>
     <w:rsid w:val="00E65AC3"/>
     <w:rsid w:val="00E81217"/>
     <w:rsid w:val="00E821A9"/>
     <w:rsid w:val="00E96AF5"/>
     <w:rsid w:val="00EA157B"/>
     <w:rsid w:val="00EB4694"/>
     <w:rsid w:val="00EE3346"/>
+    <w:rsid w:val="00F16433"/>
+    <w:rsid w:val="00F21F17"/>
     <w:rsid w:val="00F229E9"/>
+    <w:rsid w:val="00F2600B"/>
+    <w:rsid w:val="00F32114"/>
     <w:rsid w:val="00F47AA7"/>
     <w:rsid w:val="00F5117D"/>
     <w:rsid w:val="00F530A5"/>
+    <w:rsid w:val="00F53502"/>
     <w:rsid w:val="00F539C6"/>
+    <w:rsid w:val="00F55674"/>
+    <w:rsid w:val="00F61647"/>
     <w:rsid w:val="00F64F06"/>
     <w:rsid w:val="00F77822"/>
     <w:rsid w:val="00FA25D4"/>
+    <w:rsid w:val="00FB55B7"/>
     <w:rsid w:val="00FC62F7"/>
     <w:rsid w:val="00FD6262"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="05BB39BA"/>
   <w15:docId w15:val="{4268EEB0-157B-4F34-9D7C-ACD941EAD861}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8827,55 +10215,55 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F5117D"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00801191"/>
     <w:rPr>
       <w:rFonts w:ascii="Lato" w:eastAsia="Lato" w:hAnsi="Lato" w:cs="Lato"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:officials@welshathletics.org" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:officiating@scottishathletics.org.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:officials@athleticsni.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:officialsaccreditation@englandathletics.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -9324,129 +10712,129 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
-</file>
-[...4 lines deleted...]
-</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7FA090A-CB57-4E0F-835A-E063BB5D6E70}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0f59cc41-74f8-4139-9196-f4da72c4df9b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7A911ED-B730-4039-BF9C-2242C78D27D1}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{838D54DC-F768-4AAE-9EC3-6675D9550DFE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7A911ED-B730-4039-BF9C-2242C78D27D1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2210</Characters>
+  <Pages>3</Pages>
+  <Words>367</Words>
+  <Characters>2096</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>17</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2592</CharactersWithSpaces>
+  <CharactersWithSpaces>2459</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Viki Brockett</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2021-07-08T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">