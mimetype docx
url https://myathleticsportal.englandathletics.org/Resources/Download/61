--- v0 (2025-10-13)
+++ v1 (2026-02-27)
@@ -8,2580 +8,3263 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="108" w:tblpY="1"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="9443" w:type="dxa"/>
+        <w:tblW w:w="10060" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2625"/>
-        <w:gridCol w:w="6818"/>
+        <w:gridCol w:w="2488"/>
+        <w:gridCol w:w="7572"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00691DA6" w:rsidRPr="00050EAD" w14:paraId="6FC2CFBD" w14:textId="49C67265" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00691DA6" w:rsidRPr="00050EAD" w14:paraId="6FC2CFBD" w14:textId="49C67265" w:rsidTr="00291D65">
         <w:trPr>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2488" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3A76846B" w14:textId="74756DAB" w:rsidR="00691DA6" w:rsidRPr="00B4341A" w:rsidRDefault="00691DA6" w:rsidP="00691DA6">
+          <w:p w14:paraId="3A76846B" w14:textId="74756DAB" w:rsidR="00691DA6" w:rsidRPr="00215640" w:rsidRDefault="00691DA6" w:rsidP="00825091">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4341A">
+            <w:r w:rsidRPr="00215640">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Name: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6818" w:type="dxa"/>
+            <w:tcW w:w="7572" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D1F7AC2" w14:textId="77777777" w:rsidR="00691DA6" w:rsidRPr="00B4341A" w:rsidRDefault="00691DA6" w:rsidP="00691DA6">
+          <w:p w14:paraId="5D1F7AC2" w14:textId="77777777" w:rsidR="00691DA6" w:rsidRPr="00215640" w:rsidRDefault="00691DA6" w:rsidP="00825091">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00691DA6" w:rsidRPr="00050EAD" w14:paraId="24CF843D" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00691DA6" w:rsidRPr="00050EAD" w14:paraId="24CF843D" w14:textId="77777777" w:rsidTr="00014CF9">
         <w:trPr>
           <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="2488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0CD4527E" w14:textId="34297B98" w:rsidR="00691DA6" w:rsidRPr="00215640" w:rsidRDefault="00691DA6" w:rsidP="00825091">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3192"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215640">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Licence No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="486D512A" w14:textId="77777777" w:rsidR="00691DA6" w:rsidRPr="00215640" w:rsidRDefault="00691DA6" w:rsidP="00825091">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00691DA6" w:rsidRPr="00050EAD" w14:paraId="743B231C" w14:textId="77777777" w:rsidTr="00291D65">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2488" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0CD4527E" w14:textId="34297B98" w:rsidR="00691DA6" w:rsidRPr="00B4341A" w:rsidRDefault="00691DA6" w:rsidP="00691DA6">
+          <w:p w14:paraId="35932C19" w14:textId="369EC596" w:rsidR="00691DA6" w:rsidRPr="00215640" w:rsidRDefault="00691DA6" w:rsidP="00825091">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3192"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4341A">
+            <w:r w:rsidRPr="00215640">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Licence No</w:t>
+              <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6818" w:type="dxa"/>
+            <w:tcW w:w="7572" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="486D512A" w14:textId="77777777" w:rsidR="00691DA6" w:rsidRPr="00B4341A" w:rsidRDefault="00691DA6" w:rsidP="00691DA6">
+          <w:p w14:paraId="6A0F9E5C" w14:textId="77777777" w:rsidR="00691DA6" w:rsidRPr="00215640" w:rsidRDefault="00691DA6" w:rsidP="00825091">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00691DA6" w:rsidRPr="00050EAD" w14:paraId="743B231C" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="008F4135" w:rsidRPr="00050EAD" w14:paraId="49CDA036" w14:textId="77777777" w:rsidTr="00123BAF">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcW w:w="10060" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="35932C19" w14:textId="369EC596" w:rsidR="00691DA6" w:rsidRPr="00B4341A" w:rsidRDefault="00691DA6" w:rsidP="00691DA6">
+          <w:p w14:paraId="154E05A8" w14:textId="77777777" w:rsidR="008F4135" w:rsidRDefault="00497CF4" w:rsidP="00825091">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4341A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:t>Date:</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>End of Module Questions</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...10 lines deleted...]
-          <w:p w14:paraId="6A0F9E5C" w14:textId="77777777" w:rsidR="00691DA6" w:rsidRPr="00B4341A" w:rsidRDefault="00691DA6" w:rsidP="00691DA6">
+          <w:p w14:paraId="1E9B6064" w14:textId="5F6C35D0" w:rsidR="00EC325E" w:rsidRPr="00497CF4" w:rsidRDefault="00EC325E" w:rsidP="00825091">
             <w:pPr>
-              <w:widowControl/>
-[...1 lines deleted...]
-              <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="113"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E76E5" w:rsidRPr="00050EAD" w14:paraId="0A055A2C" w14:textId="77777777" w:rsidTr="006E76E5">
+      <w:tr w:rsidR="003E4DEA" w:rsidRPr="00050EAD" w14:paraId="28E0B2B5" w14:textId="77777777" w:rsidTr="00123BAF">
         <w:trPr>
           <w:trHeight w:val="150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="16388462" w14:textId="77777777" w:rsidR="006E76E5" w:rsidRPr="00B4341A" w:rsidRDefault="006E76E5" w:rsidP="006E76E5">
+          <w:p w14:paraId="1381B8E9" w14:textId="71D23D79" w:rsidR="003E4DEA" w:rsidRPr="00215640" w:rsidRDefault="003E4DEA" w:rsidP="00825091">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="6550"/>
+              </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4341A">
+            <w:r w:rsidRPr="00215640">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Introduction:</w:t>
+              <w:t>Slide 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00F00FD1">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215640">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00933863" w:rsidRPr="00215640">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>End of Module Questions</w:t>
+            </w:r>
+            <w:r w:rsidR="0020764E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E890805" w14:textId="113B6FCF" w:rsidR="006E76E5" w:rsidRPr="00B4341A" w:rsidRDefault="006E76E5" w:rsidP="006E76E5">
+          <w:p w14:paraId="6EF0E16D" w14:textId="77777777" w:rsidR="003E4DEA" w:rsidRDefault="00FE014E" w:rsidP="00825091">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE014E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>You may need to complete some additional research to assist you in answering and justifying your answers to the questions for this module.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="615C316B" w14:textId="6319A72F" w:rsidR="00EC325E" w:rsidRPr="00215640" w:rsidRDefault="00EC325E" w:rsidP="00825091">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4341A">
-[...20 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E76E5" w:rsidRPr="00050EAD" w14:paraId="46446567" w14:textId="77777777" w:rsidTr="006E76E5">
+      <w:tr w:rsidR="003E4DEA" w:rsidRPr="00050EAD" w14:paraId="31C26C66" w14:textId="77777777" w:rsidTr="00123BAF">
         <w:trPr>
           <w:trHeight w:val="150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0A60FFDD" w14:textId="311F6BA5" w:rsidR="006E76E5" w:rsidRPr="00B4341A" w:rsidRDefault="006E76E5" w:rsidP="006E76E5">
+          <w:p w14:paraId="4F34A59E" w14:textId="2B7CA0E7" w:rsidR="003E4DEA" w:rsidRPr="00215640" w:rsidRDefault="003E4DEA" w:rsidP="00825091">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4341A">
+            <w:r w:rsidRPr="00215640">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Slide 3: </w:t>
+              <w:t>Slide 2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4341A">
+            <w:r w:rsidR="00F00FD1">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215640">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215640">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Course Director</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE2F98" w:rsidRPr="00215640">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C042E8" w:rsidRPr="00215640">
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215640">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Roles &amp; Responsibilities 1</w:t>
+              <w:t xml:space="preserve">Questions </w:t>
+            </w:r>
+            <w:r w:rsidR="00EE2F98" w:rsidRPr="00215640">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E76E5" w:rsidRPr="00050EAD" w14:paraId="29E26565" w14:textId="77777777" w:rsidTr="006E76E5">
+      <w:tr w:rsidR="003E4DEA" w:rsidRPr="00050EAD" w14:paraId="5157A30B" w14:textId="77777777" w:rsidTr="00291D65">
         <w:trPr>
           <w:trHeight w:val="150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="48F2E906" w14:textId="23E728EC" w:rsidR="006E76E5" w:rsidRPr="00B4341A" w:rsidRDefault="006E76E5" w:rsidP="00FB5AC8">
-[...713 lines deleted...]
-          <w:p w14:paraId="0AC56245" w14:textId="0F7A6844" w:rsidR="003E4DEA" w:rsidRPr="00B4341A" w:rsidRDefault="003E4DEA" w:rsidP="003E4DEA">
+          <w:p w14:paraId="0AC56245" w14:textId="4AD81792" w:rsidR="003E4DEA" w:rsidRPr="00215640" w:rsidRDefault="00F40A54" w:rsidP="00825091">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4341A">
+            <w:r w:rsidRPr="00F40A54">
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>What are the main differences between the role of the Course Director from smaller races to larger races?</w:t>
+              <w:t xml:space="preserve">What is the Course Directors principal role? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F40A54">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="45541733" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="45541733" w14:textId="77777777" w:rsidTr="00291D65">
         <w:trPr>
           <w:trHeight w:val="150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2A16BCC2" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00B4341A" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w14:paraId="2A16BCC2" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00215640" w:rsidRDefault="00050EAD" w:rsidP="00825091">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:ind w:left="210" w:hanging="210"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006411FD" w:rsidRPr="00050EAD" w14:paraId="2664BDCD" w14:textId="77777777" w:rsidTr="006411FD">
+      <w:tr w:rsidR="006411FD" w:rsidRPr="00050EAD" w14:paraId="2664BDCD" w14:textId="77777777" w:rsidTr="00291D65">
         <w:trPr>
           <w:trHeight w:val="150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="460AC642" w14:textId="6EE7BF17" w:rsidR="006411FD" w:rsidRPr="00B4341A" w:rsidRDefault="006411FD" w:rsidP="006411FD">
+          <w:p w14:paraId="460AC642" w14:textId="19A067DC" w:rsidR="006411FD" w:rsidRPr="00215640" w:rsidRDefault="00ED7516" w:rsidP="00825091">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4341A">
+            <w:r w:rsidRPr="00ED7516">
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>What detailed knowledge of the race does the Course Director require?</w:t>
+              <w:t xml:space="preserve">List at least 5 of the Course Directors key responsibilities. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED7516">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>(5 marks)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="75AB06BA" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00050EAD" w:rsidRPr="00050EAD" w14:paraId="75AB06BA" w14:textId="77777777" w:rsidTr="00291D65">
         <w:trPr>
           <w:trHeight w:val="150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="01D22390" w14:textId="77777777" w:rsidR="00050EAD" w:rsidRPr="00B4341A" w:rsidRDefault="00050EAD" w:rsidP="00691DA6">
+          <w:p w14:paraId="527BBC50" w14:textId="4D802D8F" w:rsidR="00050EAD" w:rsidRDefault="00050EAD" w:rsidP="00825091">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03F2D44E" w14:textId="521A140E" w:rsidR="00014CF9" w:rsidRDefault="00014CF9" w:rsidP="00825091">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74088733" w14:textId="67A222B3" w:rsidR="00014CF9" w:rsidRDefault="00014CF9" w:rsidP="00825091">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43306ABF" w14:textId="2DD1E099" w:rsidR="00014CF9" w:rsidRDefault="00014CF9" w:rsidP="00825091">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01D22390" w14:textId="35703C9B" w:rsidR="00014CF9" w:rsidRPr="00215640" w:rsidRDefault="00014CF9" w:rsidP="00825091">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00452F77" w:rsidRPr="00050EAD" w14:paraId="5F96B7FE" w14:textId="77777777" w:rsidTr="00452F77">
+      <w:tr w:rsidR="00452F77" w:rsidRPr="00050EAD" w14:paraId="5F96B7FE" w14:textId="77777777" w:rsidTr="00291D65">
         <w:trPr>
           <w:trHeight w:val="150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="493A608C" w14:textId="0644D179" w:rsidR="00452F77" w:rsidRPr="00B4341A" w:rsidRDefault="00452F77" w:rsidP="00452F77">
+          <w:p w14:paraId="493A608C" w14:textId="3ADD5A80" w:rsidR="00452F77" w:rsidRPr="00215640" w:rsidRDefault="002D4E0F" w:rsidP="00825091">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4341A">
+            <w:r w:rsidRPr="002D4E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>What resources do you require to fulfil this role?</w:t>
+              <w:t xml:space="preserve">What are the main differences between the role of the Course Director of smaller and larger races? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D4E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>(2 marks)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00452F77" w:rsidRPr="00050EAD" w14:paraId="6B37C79B" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00452F77" w:rsidRPr="00050EAD" w14:paraId="6B37C79B" w14:textId="77777777" w:rsidTr="00291D65">
         <w:trPr>
           <w:trHeight w:val="150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="341D8303" w14:textId="77777777" w:rsidR="00452F77" w:rsidRPr="00B4341A" w:rsidRDefault="00452F77" w:rsidP="00452F77">
+          <w:p w14:paraId="49AB4CE2" w14:textId="35F82215" w:rsidR="00452F77" w:rsidRDefault="00452F77" w:rsidP="00825091">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="341D8303" w14:textId="6D8C2F1B" w:rsidR="00014CF9" w:rsidRPr="00215640" w:rsidRDefault="00014CF9" w:rsidP="00825091">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00452F77" w:rsidRPr="00050EAD" w14:paraId="2896DE12" w14:textId="77777777" w:rsidTr="00017A45">
+      <w:tr w:rsidR="00452F77" w:rsidRPr="00050EAD" w14:paraId="2896DE12" w14:textId="77777777" w:rsidTr="00291D65">
         <w:trPr>
           <w:trHeight w:val="150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0BD99EFD" w14:textId="77777777" w:rsidR="006606A7" w:rsidRPr="00B4341A" w:rsidRDefault="006606A7" w:rsidP="006606A7">
+          <w:p w14:paraId="4B0CDCB8" w14:textId="77777777" w:rsidR="00996C4B" w:rsidRDefault="00996C4B" w:rsidP="00825091">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:before="60" w:after="60"/>
+              <w:spacing w:before="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                 <w:kern w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4341A">
+            <w:r w:rsidRPr="00996C4B">
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>Which of following is not part of the pre-race preparation for a Course Director?</w:t>
+              <w:t>Note 3 examples of the detailed understanding a Course Director needs of the race.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36B519CA" w14:textId="77777777" w:rsidR="006606A7" w:rsidRPr="00B4341A" w:rsidRDefault="006606A7" w:rsidP="006606A7">
+          <w:p w14:paraId="55F16404" w14:textId="6D11483A" w:rsidR="00452F77" w:rsidRPr="00996C4B" w:rsidRDefault="00996C4B" w:rsidP="00825091">
             <w:pPr>
               <w:widowControl/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="714" w:hanging="357"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:kern w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4341A">
+            <w:r w:rsidRPr="00996C4B">
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>Supervising sector marshal briefings</w:t>
-[...75 lines deleted...]
-              <w:t>Checks on the course route against the course measurement</w:t>
+              <w:t>(3 marks)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00452F77" w:rsidRPr="00050EAD" w14:paraId="20EC2486" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00452F77" w:rsidRPr="00050EAD" w14:paraId="20EC2486" w14:textId="77777777" w:rsidTr="00291D65">
         <w:trPr>
           <w:trHeight w:val="150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3ED2329A" w14:textId="77777777" w:rsidR="00452F77" w:rsidRPr="00B4341A" w:rsidRDefault="00452F77" w:rsidP="00452F77">
+          <w:p w14:paraId="76F206F8" w14:textId="6171BDB9" w:rsidR="00452F77" w:rsidRDefault="00452F77" w:rsidP="00825091">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="412245DF" w14:textId="37D0D46A" w:rsidR="00014CF9" w:rsidRDefault="00014CF9" w:rsidP="00825091">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3ED2329A" w14:textId="45325AC3" w:rsidR="00014CF9" w:rsidRPr="00215640" w:rsidRDefault="00014CF9" w:rsidP="00825091">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00946C40" w:rsidRPr="00050EAD" w14:paraId="261FDB81" w14:textId="77777777" w:rsidTr="008D5008">
+      <w:tr w:rsidR="00946C40" w:rsidRPr="00050EAD" w14:paraId="261FDB81" w14:textId="77777777" w:rsidTr="00291D65">
         <w:trPr>
           <w:trHeight w:val="150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="74817985" w14:textId="0561E1CC" w:rsidR="00946C40" w:rsidRPr="00B4341A" w:rsidRDefault="008D5008" w:rsidP="008D5008">
+          <w:p w14:paraId="74817985" w14:textId="3081E152" w:rsidR="00946C40" w:rsidRPr="00215640" w:rsidRDefault="005E20CE" w:rsidP="00825091">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4341A">
+            <w:r w:rsidRPr="005E20CE">
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>What does LA stand for?</w:t>
+              <w:t xml:space="preserve">What experience should the Course Director have? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E20CE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00946C40" w:rsidRPr="00050EAD" w14:paraId="11A41F00" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00946C40" w:rsidRPr="00050EAD" w14:paraId="11A41F00" w14:textId="77777777" w:rsidTr="00291D65">
         <w:trPr>
           <w:trHeight w:val="150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2F34A4D4" w14:textId="77777777" w:rsidR="00946C40" w:rsidRPr="00B4341A" w:rsidRDefault="00946C40" w:rsidP="00452F77">
+          <w:p w14:paraId="2F34A4D4" w14:textId="77777777" w:rsidR="00946C40" w:rsidRPr="00215640" w:rsidRDefault="00946C40" w:rsidP="00825091">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:ind w:left="210" w:hanging="210"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00861A35" w:rsidRPr="00050EAD" w14:paraId="3A9F4C25" w14:textId="77777777" w:rsidTr="00861A35">
+      <w:tr w:rsidR="00861A35" w:rsidRPr="00050EAD" w14:paraId="3A9F4C25" w14:textId="77777777" w:rsidTr="00291D65">
         <w:trPr>
           <w:trHeight w:val="150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7ACD8CCB" w14:textId="7322E5E4" w:rsidR="00861A35" w:rsidRPr="00B4341A" w:rsidRDefault="00861A35" w:rsidP="00861A35">
+          <w:p w14:paraId="7ACD8CCB" w14:textId="7208610B" w:rsidR="00861A35" w:rsidRPr="00215640" w:rsidRDefault="00D56522" w:rsidP="00825091">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4341A">
+            <w:r w:rsidRPr="00D56522">
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>What is the correct protocol to follow where road closures and/or parking suspensions and tow-aways are to be employed?</w:t>
+              <w:t xml:space="preserve">List at least 3 Race-day resources the Course Director needs to fulfil their role. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D56522">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>(3 marks)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00861A35" w:rsidRPr="00050EAD" w14:paraId="01B97B6B" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00861A35" w:rsidRPr="00050EAD" w14:paraId="01B97B6B" w14:textId="77777777" w:rsidTr="00291D65">
         <w:trPr>
           <w:trHeight w:val="150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0C38FFC9" w14:textId="77777777" w:rsidR="00861A35" w:rsidRPr="00B4341A" w:rsidRDefault="00861A35" w:rsidP="00861A35">
+          <w:p w14:paraId="5D978E3D" w14:textId="40C73F48" w:rsidR="00861A35" w:rsidRDefault="00861A35" w:rsidP="00825091">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:ind w:left="210" w:hanging="210"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...151 lines deleted...]
-          <w:p w14:paraId="00EC0430" w14:textId="77777777" w:rsidR="00861A35" w:rsidRPr="00B4341A" w:rsidRDefault="00861A35" w:rsidP="00861A35">
+          <w:p w14:paraId="10E4456D" w14:textId="05CA6667" w:rsidR="00014CF9" w:rsidRDefault="00014CF9" w:rsidP="00825091">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C38FFC9" w14:textId="08BE40D8" w:rsidR="00014CF9" w:rsidRPr="00215640" w:rsidRDefault="00014CF9" w:rsidP="00825091">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00630BE0" w:rsidRPr="00050EAD" w14:paraId="2028F702" w14:textId="77777777" w:rsidTr="00630BE0">
+      <w:tr w:rsidR="00D56522" w:rsidRPr="00050EAD" w14:paraId="6A602A0E" w14:textId="77777777" w:rsidTr="00291D65">
         <w:trPr>
           <w:trHeight w:val="150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="568DFCD2" w14:textId="13791C1A" w:rsidR="00630BE0" w:rsidRPr="00B4341A" w:rsidRDefault="00630BE0" w:rsidP="00630BE0">
+          <w:p w14:paraId="4118B2C1" w14:textId="77777777" w:rsidR="007F3B0C" w:rsidRPr="007F3B0C" w:rsidRDefault="007F3B0C" w:rsidP="00763A7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="37"/>
+                <w:numId w:val="43"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:before="60" w:after="60"/>
+              <w:spacing w:before="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4341A">
-[...4 lines deleted...]
-              <w:t>What does traffic management refer to?</w:t>
+            <w:r w:rsidRPr="007F3B0C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Which of following is not part of the pre-race preparation for a Course Director? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F3B0C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B8E665C" w14:textId="77777777" w:rsidR="007F3B0C" w:rsidRPr="007F3B0C" w:rsidRDefault="007F3B0C" w:rsidP="00825091">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F3B0C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Supervising Sector Marshal briefings.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50F9C5DE" w14:textId="77777777" w:rsidR="007F3B0C" w:rsidRPr="007F3B0C" w:rsidRDefault="007F3B0C" w:rsidP="00825091">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F3B0C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Checking course wide communications.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1928A59A" w14:textId="77777777" w:rsidR="007F3B0C" w:rsidRPr="007F3B0C" w:rsidRDefault="007F3B0C" w:rsidP="00825091">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F3B0C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Ensuring collation of final attendance records.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3005D243" w14:textId="4765B127" w:rsidR="00D56522" w:rsidRPr="007F3B0C" w:rsidRDefault="007F3B0C" w:rsidP="00825091">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F3B0C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Checks on the course route against the course measurement.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00861A35" w:rsidRPr="00050EAD" w14:paraId="24D9A57C" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00D56522" w:rsidRPr="00050EAD" w14:paraId="10A6D75A" w14:textId="77777777" w:rsidTr="00291D65">
         <w:trPr>
           <w:trHeight w:val="150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E98BEB9" w14:textId="77777777" w:rsidR="00861A35" w:rsidRPr="00B4341A" w:rsidRDefault="00861A35" w:rsidP="00861A35">
+          <w:p w14:paraId="06A20502" w14:textId="36D37A09" w:rsidR="00014CF9" w:rsidRPr="00EC325E" w:rsidRDefault="00014CF9" w:rsidP="00EC325E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="56"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00876E85" w:rsidRPr="00050EAD" w14:paraId="637BF01A" w14:textId="77777777" w:rsidTr="00FD410A">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10060" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1E41F5B5" w14:textId="06486BD5" w:rsidR="00876E85" w:rsidRPr="00215640" w:rsidRDefault="00876E85" w:rsidP="00825091">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215640">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Slide 2</w:t>
+            </w:r>
+            <w:r w:rsidR="004E7DFA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215640">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="009852F4" w:rsidRPr="009852F4">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Course Director – Questions 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00876E85" w:rsidRPr="00050EAD" w14:paraId="1B149D87" w14:textId="77777777" w:rsidTr="00291D65">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10060" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="749E619A" w14:textId="7B96C0C7" w:rsidR="007166BB" w:rsidRPr="007166BB" w:rsidRDefault="007166BB" w:rsidP="00763A7F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="47"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007166BB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Under which of the Pre-Event, Race Day or Post-Race Phases of Preparation would you class the following:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B13466E" w14:textId="2A00C7BF" w:rsidR="007166BB" w:rsidRPr="007166BB" w:rsidRDefault="007166BB" w:rsidP="00825091">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007166BB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Monitor deployment of on-course first aid and medical resources.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA08E7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA08E7" w:rsidRPr="00BA08E7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D81E2F9" w14:textId="26898E95" w:rsidR="007166BB" w:rsidRPr="007166BB" w:rsidRDefault="007166BB" w:rsidP="00825091">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007166BB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Collate and return attendance records.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA08E7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA08E7" w:rsidRPr="00BA08E7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AED2B6B" w14:textId="03199478" w:rsidR="007166BB" w:rsidRPr="007166BB" w:rsidRDefault="007166BB" w:rsidP="00825091">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007166BB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Supervise setting out of the course.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA08E7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA08E7" w:rsidRPr="00BA08E7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05EE4D5A" w14:textId="77777777" w:rsidR="00BD2BC0" w:rsidRPr="00BD2BC0" w:rsidRDefault="007166BB" w:rsidP="00825091">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007166BB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Obtain race day contact details for all key personnel, first aid and emergency services.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24B6FD00" w14:textId="50C3E328" w:rsidR="00876E85" w:rsidRPr="00BD2BC0" w:rsidRDefault="00BA08E7" w:rsidP="00825091">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="714"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD2BC0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00861A35" w:rsidRPr="00050EAD" w14:paraId="79694521" w14:textId="77777777" w:rsidTr="00291D65">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10060" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="789387A7" w14:textId="5010AF6A" w:rsidR="00861A35" w:rsidRDefault="00861A35" w:rsidP="000B2D5C">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="48"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D8038CD" w14:textId="2B266886" w:rsidR="009E750B" w:rsidRDefault="009E750B" w:rsidP="00825091">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="48"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="140A1511" w14:textId="7B84AF8C" w:rsidR="009E750B" w:rsidRDefault="009E750B" w:rsidP="00825091">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="48"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="00EC0430" w14:textId="0BB915D3" w:rsidR="009E750B" w:rsidRPr="007166BB" w:rsidRDefault="009E750B" w:rsidP="000B2D5C">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="48"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00630BE0" w:rsidRPr="00050EAD" w14:paraId="2028F702" w14:textId="77777777" w:rsidTr="00291D65">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10060" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="568DFCD2" w14:textId="6F1D6564" w:rsidR="00630BE0" w:rsidRPr="00215640" w:rsidRDefault="00D71C35" w:rsidP="00825091">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="49"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D71C35">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What does LA stand for? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D71C35">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00861A35" w:rsidRPr="00050EAD" w14:paraId="24D9A57C" w14:textId="77777777" w:rsidTr="00291D65">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10060" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5E98BEB9" w14:textId="77777777" w:rsidR="00861A35" w:rsidRPr="00215640" w:rsidRDefault="00861A35" w:rsidP="00825091">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:ind w:left="210" w:hanging="210"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E76688" w:rsidRPr="00050EAD" w14:paraId="58483D25" w14:textId="77777777" w:rsidTr="00E76688">
+      <w:tr w:rsidR="00B90732" w:rsidRPr="00050EAD" w14:paraId="06DF90CB" w14:textId="77777777" w:rsidTr="00291D65">
         <w:trPr>
           <w:trHeight w:val="150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4CAE5D90" w14:textId="6E181E3E" w:rsidR="00E76688" w:rsidRPr="00B4341A" w:rsidRDefault="00E76688" w:rsidP="00E76688">
+          <w:p w14:paraId="4C26152B" w14:textId="77777777" w:rsidR="00B90732" w:rsidRPr="00EC325E" w:rsidRDefault="003F36B5" w:rsidP="003F36B5">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="37"/>
+                <w:numId w:val="49"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:before="60" w:after="60"/>
+              <w:spacing w:after="60"/>
               <w:ind w:left="357" w:hanging="357"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B4341A">
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>Which aspects of the event management plan apply to the Course Director?</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="003F36B5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Throughout the module, many of the key interfaces for the Course Director are identified, list at least 5 you have come across in your study of the module. </w:t>
             </w:r>
+            <w:r w:rsidRPr="003F36B5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>(5 marks)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D148282" w14:textId="19BC1D52" w:rsidR="00EC325E" w:rsidRPr="003F36B5" w:rsidRDefault="00EC325E" w:rsidP="00EC325E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E76688" w:rsidRPr="00050EAD" w14:paraId="5659BCBF" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00B90732" w:rsidRPr="00050EAD" w14:paraId="42FDF1B5" w14:textId="77777777" w:rsidTr="00B90732">
         <w:trPr>
           <w:trHeight w:val="150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="665E9A7E" w14:textId="77777777" w:rsidR="00E76688" w:rsidRPr="00B4341A" w:rsidRDefault="00E76688" w:rsidP="00E76688">
+          <w:p w14:paraId="4C72D76C" w14:textId="06978137" w:rsidR="00B90732" w:rsidRDefault="00B90732" w:rsidP="00B90732">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="54"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4616F852" w14:textId="681EF485" w:rsidR="00EC325E" w:rsidRDefault="00EC325E" w:rsidP="00B90732">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="54"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C4A575F" w14:textId="522ECA97" w:rsidR="00EC325E" w:rsidRDefault="00EC325E" w:rsidP="00B90732">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="54"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="342F9CE8" w14:textId="1006065D" w:rsidR="00EC325E" w:rsidRDefault="00EC325E" w:rsidP="00B90732">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="54"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49C26DDF" w14:textId="0D123EF5" w:rsidR="00EC325E" w:rsidRPr="00B90732" w:rsidRDefault="00EC325E" w:rsidP="00B90732">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="54"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E76688" w:rsidRPr="00050EAD" w14:paraId="58483D25" w14:textId="77777777" w:rsidTr="00291D65">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10060" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4CAE5D90" w14:textId="66826073" w:rsidR="00E76688" w:rsidRPr="00215640" w:rsidRDefault="009A52B4" w:rsidP="00825091">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="49"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A52B4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What is the correct protocol to follow where road closures and/or parking suspensions and tow-aways are to be employed? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A52B4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E76688" w:rsidRPr="00050EAD" w14:paraId="5659BCBF" w14:textId="77777777" w:rsidTr="00291D65">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10060" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="665E9A7E" w14:textId="77777777" w:rsidR="00E76688" w:rsidRPr="00215640" w:rsidRDefault="00E76688" w:rsidP="00825091">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:ind w:left="210" w:hanging="210"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E76688" w:rsidRPr="00050EAD" w14:paraId="741D540E" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00BB3C31" w:rsidRPr="00050EAD" w14:paraId="73DBED07" w14:textId="77777777" w:rsidTr="008F3D6F">
         <w:trPr>
           <w:trHeight w:val="150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4BAAD795" w14:textId="77DCDA1D" w:rsidR="00E76688" w:rsidRPr="00B4341A" w:rsidRDefault="00734274" w:rsidP="00734274">
+          <w:p w14:paraId="3C7BC907" w14:textId="2D6EEFFB" w:rsidR="00BB3C31" w:rsidRPr="004747FB" w:rsidRDefault="00BB3C31" w:rsidP="00BB3C31">
             <w:pPr>
               <w:widowControl/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B4341A">
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>Detail 4 of the key roles and responsibilities of the Course Director.</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="009A0A3D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Slide 28</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD1480">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Course Director – Questions 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E76688" w:rsidRPr="00050EAD" w14:paraId="296F2790" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00E76688" w:rsidRPr="00050EAD" w14:paraId="741D540E" w14:textId="77777777" w:rsidTr="00291D65">
         <w:trPr>
           <w:trHeight w:val="150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="242E90A1" w14:textId="77777777" w:rsidR="00E76688" w:rsidRPr="00B4341A" w:rsidRDefault="00E76688" w:rsidP="00E76688">
+          <w:p w14:paraId="3D617806" w14:textId="77777777" w:rsidR="000B2D5C" w:rsidRPr="000B2D5C" w:rsidRDefault="004747FB" w:rsidP="000B2D5C">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="49"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004747FB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>When setting out the course, what should be used to ensure this is accurately completed?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BAAD795" w14:textId="3CD7C9B2" w:rsidR="00E76688" w:rsidRPr="00215640" w:rsidRDefault="004747FB" w:rsidP="000B2D5C">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004747FB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E76688" w:rsidRPr="00050EAD" w14:paraId="296F2790" w14:textId="77777777" w:rsidTr="00291D65">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10060" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="242E90A1" w14:textId="77777777" w:rsidR="00E76688" w:rsidRPr="00215640" w:rsidRDefault="00E76688" w:rsidP="00825091">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:ind w:left="210" w:hanging="210"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E76688" w:rsidRPr="00050EAD" w14:paraId="4121FF8F" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00E76688" w:rsidRPr="00050EAD" w14:paraId="4121FF8F" w14:textId="77777777" w:rsidTr="00291D65">
         <w:trPr>
           <w:trHeight w:val="150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="284D8632" w14:textId="264A1E64" w:rsidR="00E76688" w:rsidRPr="00B4341A" w:rsidRDefault="00131BAB" w:rsidP="00131BAB">
+          <w:p w14:paraId="284D8632" w14:textId="416978C8" w:rsidR="00E76688" w:rsidRPr="00215640" w:rsidRDefault="00DB7264" w:rsidP="00825091">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="37"/>
+                <w:numId w:val="49"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4341A">
+            <w:r w:rsidRPr="00DB7264">
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>Throughout the module, many of the key interfaces for the Course Director are identified, list 3 you have come across in your study of the module.</w:t>
+              <w:t xml:space="preserve">What does traffic management refer to? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB7264">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E76688" w:rsidRPr="00050EAD" w14:paraId="0C116E11" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00E76688" w:rsidRPr="00050EAD" w14:paraId="0C116E11" w14:textId="77777777" w:rsidTr="00291D65">
         <w:trPr>
           <w:trHeight w:val="150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5055F128" w14:textId="77777777" w:rsidR="00E76688" w:rsidRPr="00B4341A" w:rsidRDefault="00E76688" w:rsidP="00E76688">
+          <w:p w14:paraId="5055F128" w14:textId="77777777" w:rsidR="00E76688" w:rsidRPr="00215640" w:rsidRDefault="00E76688" w:rsidP="00825091">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:ind w:left="210" w:hanging="210"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E76688" w:rsidRPr="00050EAD" w14:paraId="2FAB60AA" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00E76688" w:rsidRPr="00050EAD" w14:paraId="12142AD8" w14:textId="77777777" w:rsidTr="00291D65">
         <w:trPr>
           <w:trHeight w:val="150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2FBAE336" w14:textId="07CAC03E" w:rsidR="00E76688" w:rsidRPr="00B4341A" w:rsidRDefault="006E3938" w:rsidP="006E3938">
+          <w:p w14:paraId="11EF6321" w14:textId="77777777" w:rsidR="006972F7" w:rsidRDefault="006972F7" w:rsidP="006972F7">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="41"/>
+                <w:numId w:val="49"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="720"/>
+              </w:tabs>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
-              <w:spacing w:after="60"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="357" w:hanging="357"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B4341A">
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>What spare equipment should a Course Director be prepared with in the event of part of the course markings being breached?</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="006972F7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">List at least 3 Event Management Plan resources the Course Director needs to fulfil their role. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B9018CC" w14:textId="132873CE" w:rsidR="00E76688" w:rsidRPr="006972F7" w:rsidRDefault="006972F7" w:rsidP="006972F7">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006972F7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>(3 marks)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E76688" w:rsidRPr="00050EAD" w14:paraId="3B37ED1C" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00E76688" w:rsidRPr="00050EAD" w14:paraId="18CD1B7B" w14:textId="77777777" w:rsidTr="00291D65">
         <w:trPr>
           <w:trHeight w:val="150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5CA82FA0" w14:textId="77777777" w:rsidR="00E76688" w:rsidRPr="00B4341A" w:rsidRDefault="00E76688" w:rsidP="00E76688">
-[...88 lines deleted...]
-          <w:p w14:paraId="2ABC6721" w14:textId="77777777" w:rsidR="00E76688" w:rsidRPr="00B4341A" w:rsidRDefault="00E76688" w:rsidP="00E76688">
+          <w:p w14:paraId="675DA182" w14:textId="39A4ABD1" w:rsidR="00E76688" w:rsidRDefault="00E76688" w:rsidP="00825091">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="210" w:hanging="210"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w14:paraId="09A4A3F7" w14:textId="4C6AD61B" w:rsidR="00EC325E" w:rsidRDefault="00EC325E" w:rsidP="00825091">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2ABC6721" w14:textId="17344C96" w:rsidR="00EC325E" w:rsidRPr="00215640" w:rsidRDefault="00EC325E" w:rsidP="00825091">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E76688" w:rsidRPr="00050EAD" w14:paraId="12D5C6A4" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00687DBB" w:rsidRPr="00050EAD" w14:paraId="30230287" w14:textId="77777777" w:rsidTr="00291D65">
         <w:trPr>
           <w:trHeight w:val="150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="45F2E8B2" w14:textId="77777777" w:rsidR="00E76688" w:rsidRPr="00B4341A" w:rsidRDefault="00E76688" w:rsidP="00E76688">
+          <w:p w14:paraId="2DAF10C4" w14:textId="2A99B088" w:rsidR="00687DBB" w:rsidRPr="00FC1108" w:rsidRDefault="00FC1108" w:rsidP="00825091">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:widowControl/>
-              <w:suppressAutoHyphens/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="50"/>
+              </w:numPr>
               <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00FC1108">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Note 3 items of spare equipment a Course Director should be prepared with in the event of part of the course markings being breached. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC1108">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(3 marks)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E76688" w:rsidRPr="00050EAD" w14:paraId="55867EA3" w14:textId="77777777" w:rsidTr="00691DA6">
+      <w:tr w:rsidR="00687DBB" w:rsidRPr="00050EAD" w14:paraId="7D04052B" w14:textId="77777777" w:rsidTr="00291D65">
         <w:trPr>
           <w:trHeight w:val="150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9443" w:type="dxa"/>
+            <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2E322A1E" w14:textId="7580DE45" w:rsidR="00E76688" w:rsidRPr="00B4341A" w:rsidRDefault="00E76688" w:rsidP="00E76688">
+          <w:p w14:paraId="278E4418" w14:textId="5F21FB97" w:rsidR="00687DBB" w:rsidRDefault="00687DBB" w:rsidP="00825091">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3BD0BE97" w14:textId="52749FC4" w:rsidR="00EC325E" w:rsidRDefault="00EC325E" w:rsidP="00825091">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A24B36C" w14:textId="0E5AF4F9" w:rsidR="00EC325E" w:rsidRPr="00215640" w:rsidRDefault="00EC325E" w:rsidP="00825091">
+            <w:pPr>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00687DBB" w:rsidRPr="00050EAD" w14:paraId="2E0993EB" w14:textId="77777777" w:rsidTr="00291D65">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10060" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="41F3EDF9" w14:textId="77777777" w:rsidR="00BB3FDD" w:rsidRPr="00BB3FDD" w:rsidRDefault="00BB3FDD" w:rsidP="00825091">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="51"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB3FDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">How do you ensure that all directional arrows and kilometre markers are in the correct place? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45FD410C" w14:textId="77777777" w:rsidR="00BB3FDD" w:rsidRPr="00BB3FDD" w:rsidRDefault="00BB3FDD" w:rsidP="00825091">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="52"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB3FDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Note the 2 key resources required. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C22E30">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(2 Marks)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E473D5B" w14:textId="1FB5502A" w:rsidR="00687DBB" w:rsidRPr="00BB3FDD" w:rsidRDefault="00BB3FDD" w:rsidP="00825091">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="52"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB3FDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">List at least 3 procedures to be followed. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C22E30">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>(3 Marks)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00687DBB" w:rsidRPr="00050EAD" w14:paraId="7D7956B2" w14:textId="77777777" w:rsidTr="00291D65">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10060" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6D358B7B" w14:textId="662AF443" w:rsidR="00687DBB" w:rsidRDefault="00687DBB" w:rsidP="00825091">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="53"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4CFECDD3" w14:textId="77777777" w:rsidR="00EC325E" w:rsidRDefault="00EC325E" w:rsidP="00EC325E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="714"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E8FFA90" w14:textId="26B6CEBF" w:rsidR="0079305F" w:rsidRDefault="0079305F" w:rsidP="00825091">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="53"/>
+              </w:numPr>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32B0C344" w14:textId="4C279CCA" w:rsidR="00EC325E" w:rsidRDefault="00EC325E" w:rsidP="00EC325E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="714"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="407C5944" w14:textId="270A2B30" w:rsidR="00EC325E" w:rsidRPr="0079305F" w:rsidRDefault="00EC325E" w:rsidP="00EC325E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="714"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E82683" w:rsidRPr="00050EAD" w14:paraId="49D92AC7" w14:textId="77777777" w:rsidTr="00291D65">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10060" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="31EA0CC5" w14:textId="0448AE39" w:rsidR="00F545DD" w:rsidRPr="00EC23A3" w:rsidRDefault="00F545DD" w:rsidP="00825091">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC23A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total marks for </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>Course Director</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC23A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0098487D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Module </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC23A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidR="009F7F48">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC23A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C5AFE42" w14:textId="2C41852C" w:rsidR="00E82683" w:rsidRPr="00E82683" w:rsidRDefault="00F545DD" w:rsidP="00825091">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC23A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80% Pass mark = </w:t>
+            </w:r>
+            <w:r w:rsidR="009F7F48">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E76688" w:rsidRPr="00050EAD" w14:paraId="12D5C6A4" w14:textId="77777777" w:rsidTr="00291D65">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10060" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="45F2E8B2" w14:textId="77777777" w:rsidR="00E76688" w:rsidRPr="00B4341A" w:rsidRDefault="00E76688" w:rsidP="00825091">
             <w:pPr>
               <w:widowControl/>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE/>
               <w:spacing w:before="60" w:after="60"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4341A">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E76688" w:rsidRPr="00050EAD" w14:paraId="55867EA3" w14:textId="77777777" w:rsidTr="00A65C62">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10060" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2E322A1E" w14:textId="39844380" w:rsidR="00E76688" w:rsidRPr="00B4341A" w:rsidRDefault="00A51DF0" w:rsidP="00825091">
+            <w:pPr>
+              <w:widowControl/>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDE/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A51DF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Please submit this along with the other level </w:t>
+              <w:t xml:space="preserve">Please submit this form, along with the other two Level 3 </w:t>
             </w:r>
-            <w:r w:rsidR="001E6453">
+            <w:r w:rsidR="001974C9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>module answer forms,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4341A">
+            <w:r w:rsidRPr="00A51DF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> module endurance questions and your completed application form to </w:t>
+              <w:t xml:space="preserve"> Level 3 Endurance Report</w:t>
+            </w:r>
+            <w:r w:rsidR="001974C9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and record of experience to -</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r w:rsidR="00577082" w:rsidRPr="00224A20">
+              <w:r w:rsidR="001974C9" w:rsidRPr="00224A20">
                 <w:rPr>
                   <w:color w:val="0563C1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>officialsaccreditation@englandathletics.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="52469B6F" w14:textId="79C5D98C" w:rsidR="006F5368" w:rsidRPr="00973120" w:rsidRDefault="006F5368" w:rsidP="00973120"/>
-    <w:sectPr w:rsidR="006F5368" w:rsidRPr="00973120" w:rsidSect="009B0C02">
+    <w:p w14:paraId="52469B6F" w14:textId="08B9845D" w:rsidR="006F5368" w:rsidRPr="00973120" w:rsidRDefault="006F5368" w:rsidP="00362187"/>
+    <w:sectPr w:rsidR="006F5368" w:rsidRPr="00973120" w:rsidSect="00530483">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
-      <w:pgMar w:top="115" w:right="1440" w:bottom="1440" w:left="1440" w:header="142" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="170" w:footer="822" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="66073D2B" w14:textId="77777777" w:rsidR="001E5338" w:rsidRDefault="001E5338" w:rsidP="00E21610">
+    <w:p w14:paraId="558F4CC7" w14:textId="77777777" w:rsidR="00590B9A" w:rsidRDefault="00590B9A" w:rsidP="00E21610">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4733CAEF" w14:textId="77777777" w:rsidR="001E5338" w:rsidRDefault="001E5338" w:rsidP="00E21610">
+    <w:p w14:paraId="7EF20CE7" w14:textId="77777777" w:rsidR="00590B9A" w:rsidRDefault="00590B9A" w:rsidP="00E21610">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0D3DBA0E" w14:textId="77777777" w:rsidR="001E5338" w:rsidRDefault="001E5338"/>
+    <w:p w14:paraId="60A4FE67" w14:textId="77777777" w:rsidR="00590B9A" w:rsidRDefault="00590B9A"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ヒラギノ角ゴ Pro W3">
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -2615,258 +3298,339 @@
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lato">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="66E32E9D" w14:textId="68933605" w:rsidR="00E21610" w:rsidRPr="00E21610" w:rsidRDefault="004E6B13" w:rsidP="00AD1C98">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="05BA3B74" w14:textId="4453226E" w:rsidR="00C84BA3" w:rsidRDefault="00590B9A" w:rsidP="00C84BA3">
     <w:pPr>
-      <w:spacing w:before="100"/>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="-2042663426"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidR="00F922E2" w:rsidRPr="00490BF0">
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="00F922E2" w:rsidRPr="00490BF0">
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidR="00F922E2" w:rsidRPr="00490BF0">
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00F922E2" w:rsidRPr="00490BF0">
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidR="00F922E2" w:rsidRPr="00490BF0">
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+  </w:p>
+  <w:p w14:paraId="09CA7BE3" w14:textId="387AACCE" w:rsidR="00F922E2" w:rsidRPr="00362674" w:rsidRDefault="00C84BA3" w:rsidP="00362674">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:sz w:val="16"/>
-[...1 lines deleted...]
-      <w:t>September 2024</w:t>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:tab/>
     </w:r>
-    <w:r w:rsidR="001E6453">
-[...3 lines deleted...]
-      <w:t>.1</w:t>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="004102A6" w:rsidRPr="00D521F9">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>01/02/2026</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4DE200A9" w14:textId="77777777" w:rsidR="001E5338" w:rsidRDefault="001E5338" w:rsidP="00E21610">
+    <w:p w14:paraId="45E052C8" w14:textId="77777777" w:rsidR="00590B9A" w:rsidRDefault="00590B9A" w:rsidP="00E21610">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21EEF5AA" w14:textId="77777777" w:rsidR="001E5338" w:rsidRDefault="001E5338" w:rsidP="00E21610">
+    <w:p w14:paraId="79FDC2E7" w14:textId="77777777" w:rsidR="00590B9A" w:rsidRDefault="00590B9A" w:rsidP="00E21610">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7CD10916" w14:textId="77777777" w:rsidR="001E5338" w:rsidRDefault="001E5338"/>
+    <w:p w14:paraId="6C320475" w14:textId="77777777" w:rsidR="00590B9A" w:rsidRDefault="00590B9A"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblW w:w="9498" w:type="dxa"/>
-      <w:tblInd w:w="-5" w:type="dxa"/>
+      <w:tblW w:w="9922" w:type="dxa"/>
+      <w:jc w:val="center"/>
+      <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="4111"/>
-      <w:gridCol w:w="5387"/>
+      <w:gridCol w:w="4678"/>
+      <w:gridCol w:w="5244"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00801191" w14:paraId="7415A24C" w14:textId="77777777" w:rsidTr="00D53515">
+    <w:tr w:rsidR="00801191" w14:paraId="7415A24C" w14:textId="77777777" w:rsidTr="004719DB">
       <w:trPr>
         <w:trHeight w:val="360"/>
+        <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="4111" w:type="dxa"/>
+          <w:tcW w:w="4678" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="22AE1A19" w14:textId="46FDB772" w:rsidR="00801191" w:rsidRPr="001B3595" w:rsidRDefault="00801191" w:rsidP="00017655">
           <w:pPr>
             <w:spacing w:before="240"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="001B3595">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t xml:space="preserve">Endurance Officials: Level </w:t>
           </w:r>
           <w:r w:rsidR="00A66330">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>3</w:t>
           </w:r>
           <w:r w:rsidRPr="001B3595">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="36B24380" w14:textId="7C4ADAED" w:rsidR="00D53515" w:rsidRDefault="00A66330" w:rsidP="00017655">
+        <w:p w14:paraId="0B5C2E95" w14:textId="2D1335DD" w:rsidR="00801191" w:rsidRPr="00D53515" w:rsidRDefault="00A66330" w:rsidP="00017655">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Course Director</w:t>
           </w:r>
           <w:r w:rsidR="00801191" w:rsidRPr="001B3595">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="007B2F30">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Module</w:t>
           </w:r>
-        </w:p>
-[...1 lines deleted...]
-          <w:pPr>
+          <w:r w:rsidR="001C3B1B">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
-          </w:pPr>
-          <w:r>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="007B2F30">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Question</w:t>
           </w:r>
-          <w:r w:rsidR="00C17BE7">
+          <w:r w:rsidR="001C3B1B">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>s</w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidR="007B2F30">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="0070C0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
+          <w:r w:rsidR="001C3B1B">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="0070C0"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Answer </w:t>
+          </w:r>
+          <w:r w:rsidR="00801191" w:rsidRPr="001B3595">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="0070C0"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t>Return Form</w:t>
+          </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="5387" w:type="dxa"/>
+          <w:tcW w:w="5244" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="6A73B5E3" w14:textId="77777777" w:rsidR="00801191" w:rsidRDefault="00801191" w:rsidP="00017655">
           <w:pPr>
             <w:pStyle w:val="Title"/>
             <w:spacing w:before="120"/>
             <w:ind w:left="0"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:color w:val="3C3C3B"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:color w:val="3C3C3B"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D003FD5" wp14:editId="0D9DC2E5">
                 <wp:extent cx="3249328" cy="795020"/>
                 <wp:effectExtent l="0" t="0" r="8255" b="5080"/>
                 <wp:docPr id="281530896" name="Picture 2" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2966,51 +3730,51 @@
                       <a:ln w="3175">
                         <a:solidFill>
                           <a:srgbClr val="3C3C3B"/>
                         </a:solidFill>
                         <a:prstDash val="solid"/>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="4A604306" id="Straight Connector 3" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:3.17497mm;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:3.17497mm;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="363.75pt,112.1pt" to="363.75pt,112.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyry0nqQEAAEUDAAAOAAAAZHJzL2Uyb0RvYy54bWysUttu2zAMfR/QfxD03jhpsQuMOAWWrHtp&#10;twDdPoCR5FiYLAqkEjt/P0lOsq17GwYBgnjRIc8hlw9j78TREFv0jVzM5lIYr1Bbv2/k92+Ptx+k&#10;4Aheg0NvGnkyLB9WN2+WQ6jNHXbotCGRQDzXQ2hkF2Ooq4pVZ3rgGQbjU7BF6iEmk/aVJhgSeu+q&#10;u/n8XTUg6UCoDHPybqagXBX8tjUqfm1bNlG4RqbeYrmp3Lt8V6sl1HuC0Fl1bgP+oYserE9Fr1Ab&#10;iCAOZP+C6q0iZGzjTGFfYdtaZQqHxGYxf8XmpYNgCpckDoerTPz/YNWX49pvKbeuRv8SnlD94CRK&#10;NQSur8FscNiS2A3PqNMY4RCx8B1b6vPnxESMRdbTVVYzRqEmp7p4K6gvXwJx/GywF/nRSGd95go1&#10;HJ845hagvqRkt8dH61yZl/NiaOT94v3b8oHRWZ2DOY1pv1s7EkdIE79fp/MxDzmB/ZGWkTfA3ZRX&#10;QtMuEB68LlU6A/rT+R3BuumdgJw/65MlyZvG9Q71aUu5TrbSrErF817lZfjdLlm/tn/1EwAA//8D&#10;AFBLAwQUAAYACAAAACEAJZAbeNsAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP0UrEMBBF3wX/&#10;IYzgy+KmBmuXbtNFBX1aka1+wLQZ22IzKU26W//eiII+zp3DnTPFbrGDONLke8cartcJCOLGmZ5b&#10;DW+vj1cbED4gGxwck4ZP8rArz88KzI078YGOVWhFLGGfo4YuhDGX0jcdWfRrNxLH3bubLIY4Tq00&#10;E55iuR2kSpJbabHneKHDkR46aj6q2Wq4T58Z22z1cnD7JyurZrVP61nry4vlbgsi0BL+YPjWj+pQ&#10;RqfazWy8GDRkKksjqkGpGwUiEj9J/ZvIspD/fyi/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhALKvLSepAQAARQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACWQG3jbAAAACwEAAA8AAAAAAAAAAAAAAAAAAwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAALBQAAAAA=&#10;" strokecolor="#3c3c3b" strokeweight=".25pt">
+            <v:line w14:anchorId="4B3A3E49" id="Straight Connector 3" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:3.17497mm;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:3.17497mm;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="363.75pt,112.1pt" to="363.75pt,112.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyry0nqQEAAEUDAAAOAAAAZHJzL2Uyb0RvYy54bWysUttu2zAMfR/QfxD03jhpsQuMOAWWrHtp&#10;twDdPoCR5FiYLAqkEjt/P0lOsq17GwYBgnjRIc8hlw9j78TREFv0jVzM5lIYr1Bbv2/k92+Ptx+k&#10;4Aheg0NvGnkyLB9WN2+WQ6jNHXbotCGRQDzXQ2hkF2Ooq4pVZ3rgGQbjU7BF6iEmk/aVJhgSeu+q&#10;u/n8XTUg6UCoDHPybqagXBX8tjUqfm1bNlG4RqbeYrmp3Lt8V6sl1HuC0Fl1bgP+oYserE9Fr1Ab&#10;iCAOZP+C6q0iZGzjTGFfYdtaZQqHxGYxf8XmpYNgCpckDoerTPz/YNWX49pvKbeuRv8SnlD94CRK&#10;NQSur8FscNiS2A3PqNMY4RCx8B1b6vPnxESMRdbTVVYzRqEmp7p4K6gvXwJx/GywF/nRSGd95go1&#10;HJ845hagvqRkt8dH61yZl/NiaOT94v3b8oHRWZ2DOY1pv1s7EkdIE79fp/MxDzmB/ZGWkTfA3ZRX&#10;QtMuEB68LlU6A/rT+R3BuumdgJw/65MlyZvG9Q71aUu5TrbSrErF817lZfjdLlm/tn/1EwAA//8D&#10;AFBLAwQUAAYACAAAACEAJZAbeNsAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP0UrEMBBF3wX/&#10;IYzgy+KmBmuXbtNFBX1aka1+wLQZ22IzKU26W//eiII+zp3DnTPFbrGDONLke8cartcJCOLGmZ5b&#10;DW+vj1cbED4gGxwck4ZP8rArz88KzI078YGOVWhFLGGfo4YuhDGX0jcdWfRrNxLH3bubLIY4Tq00&#10;E55iuR2kSpJbabHneKHDkR46aj6q2Wq4T58Z22z1cnD7JyurZrVP61nry4vlbgsi0BL+YPjWj+pQ&#10;RqfazWy8GDRkKksjqkGpGwUiEj9J/ZvIspD/fyi/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhALKvLSepAQAARQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACWQG3jbAAAACwEAAA8AAAAAAAAAAAAAAAAAAwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAALBQAAAAA=&#10;" strokecolor="#3c3c3b" strokeweight=".25pt">
               <o:lock v:ext="edit" shapetype="f"/>
               <w10:wrap anchorx="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="414E2547" wp14:editId="50A3B40B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>826135</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>2747645</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="8942070" cy="5867400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="273919346" name="Picture 273919346">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -3055,51 +3819,51 @@
                     <a:off x="0" y="0"/>
                     <a:ext cx="8942070" cy="5867400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01984164"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A57C319E"/>
     <w:lvl w:ilvl="0" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -3143,50 +3907,225 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="03893FDB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E5408E2A"/>
+    <w:lvl w:ilvl="0" w:tplc="08090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="047C33F5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFAC19D6"/>
+    <w:lvl w:ilvl="0" w:tplc="7556ECFA">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08C80CBC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F57661DA"/>
     <w:lvl w:ilvl="0" w:tplc="AB2E7BE2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -3231,51 +4170,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0AA6334C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="60FAB5A4"/>
     <w:lvl w:ilvl="0" w:tplc="A2E83AF8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3324,51 +4263,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F0C040B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="87206872"/>
     <w:lvl w:ilvl="0" w:tplc="75C6907A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -3440,51 +4379,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16380D26"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7FA66D36"/>
     <w:lvl w:ilvl="0" w:tplc="43E296B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -3556,51 +4495,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18DA2364"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70725BB2"/>
     <w:lvl w:ilvl="0" w:tplc="A642E25C">
       <w:start w:val="18"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -3645,51 +4584,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C2A22D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ECA298C4"/>
     <w:lvl w:ilvl="0" w:tplc="94C82948">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="930" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1650" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -3734,51 +4673,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5250" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5970" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6690" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D42204B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5328943E"/>
+    <w:lvl w:ilvl="0" w:tplc="F88818F8">
+      <w:start w:val="15"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1FCE4AC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EC647FE6"/>
     <w:lvl w:ilvl="0" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="930" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1650" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3820,51 +4848,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5250" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5970" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6690" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1FFF32B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="112AD25C"/>
     <w:lvl w:ilvl="0" w:tplc="B950B1EE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -3935,51 +4963,137 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="208F4208"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C1CAEDB4"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="209C4886"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3DE4DD60"/>
     <w:lvl w:ilvl="0" w:tplc="2742843C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -4051,51 +5165,166 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25295E45"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DDF22598"/>
+    <w:lvl w:ilvl="0" w:tplc="A6C8BEAE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25462E4C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C3483D8A"/>
     <w:lvl w:ilvl="0" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="930" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1650" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4137,51 +5366,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5250" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5970" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6690" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="297E6E63"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C4C2CEFE"/>
+    <w:lvl w:ilvl="0" w:tplc="24FC28BE">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FB62342"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A488885A"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4223,51 +5541,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30003EA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="11206428"/>
     <w:lvl w:ilvl="0" w:tplc="FDF2D8C0">
       <w:start w:val="12"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -4312,51 +5630,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31763924"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57FCE3C8"/>
     <w:lvl w:ilvl="0" w:tplc="1F10F432">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -4428,51 +5746,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32CD1796"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5E5E96FA"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4514,51 +5832,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AC72D85"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9A38FA7E"/>
     <w:lvl w:ilvl="0" w:tplc="9A5C59B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -4629,51 +5947,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AE65081"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4754E49A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4742,51 +6060,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AF34DB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2B3C0E46"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4828,51 +6146,279 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3EC95D8D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="733A1B36"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="41E818CB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="51244B26"/>
+    <w:lvl w:ilvl="0" w:tplc="4928053C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41FF145B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="25F81150"/>
     <w:lvl w:ilvl="0" w:tplc="70F24C36">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -4917,51 +6463,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42045165"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="639480E8"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5003,51 +6549,226 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="43DC21A5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="27EAAEAE"/>
+    <w:lvl w:ilvl="0" w:tplc="08090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44C33EBF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7B807428"/>
+    <w:lvl w:ilvl="0" w:tplc="98BCD608">
+      <w:start w:val="16"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="481E6A5F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="007623A4"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -5092,51 +6813,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A9F0C5A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="639480E8"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D520C9C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="03589D1C"/>
     <w:lvl w:ilvl="0" w:tplc="A36836EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -5208,51 +7015,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E682D59"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4B4609E2"/>
     <w:lvl w:ilvl="0" w:tplc="68E0DCFA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
@@ -5323,51 +7130,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E9148C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="782490FC"/>
     <w:lvl w:ilvl="0" w:tplc="F6082382">
       <w:start w:val="20"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3" w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5413,51 +7220,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="507F666A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="299EFE30"/>
     <w:lvl w:ilvl="0" w:tplc="70F24C36">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -5502,51 +7309,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52FE2B5E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E0526EDE"/>
     <w:lvl w:ilvl="0" w:tplc="A37C77A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -5618,51 +7425,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="533A21EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EFC608EC"/>
     <w:lvl w:ilvl="0" w:tplc="5D249C72">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -5709,51 +7516,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="536F08CC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="69FC5322"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -5805,51 +7612,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54AA4515"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9ECEECEA"/>
     <w:lvl w:ilvl="0" w:tplc="9A5C59B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -5920,51 +7727,223 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="550278CF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="27EAAEAE"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57047E47"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C1CAEDB4"/>
+    <w:lvl w:ilvl="0" w:tplc="08090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="573C5841"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="86B425D8"/>
     <w:lvl w:ilvl="0" w:tplc="70F24C36">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -6009,51 +7988,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57F92318"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2E9A5850"/>
     <w:lvl w:ilvl="0" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="930" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1650" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6095,51 +8074,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5250" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5970" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6690" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D280999"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E52EB6C8"/>
     <w:lvl w:ilvl="0" w:tplc="AF887C14">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -6211,51 +8190,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="634D5A46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD5A84D2"/>
     <w:lvl w:ilvl="0" w:tplc="198C4E8C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Lato Light" w:eastAsia="Trebuchet MS" w:hAnsi="Lato Light" w:cs="Trebuchet MS" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6324,51 +8303,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63B56FD9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F87065D8"/>
     <w:lvl w:ilvl="0" w:tplc="8E0CEF9C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -6439,51 +8418,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68462130"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D5FCAC72"/>
     <w:lvl w:ilvl="0" w:tplc="1F00CD70">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -6555,51 +8534,140 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68A00ADC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B8169524"/>
+    <w:lvl w:ilvl="0" w:tplc="DAA4739E">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A4A6936"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0DD2AF6A"/>
     <w:lvl w:ilvl="0" w:tplc="2B40A900">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -6671,51 +8739,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FC77CB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="84AADDB6"/>
     <w:lvl w:ilvl="0" w:tplc="36F6DC56">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -6787,51 +8855,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="708F7B9E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4754B048"/>
     <w:lvl w:ilvl="0" w:tplc="121E5FDE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -6876,51 +8944,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76F44D77"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="41BC2CEE"/>
+    <w:lvl w:ilvl="0" w:tplc="105C1A16">
+      <w:start w:val="12"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0DEA270E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="B942AD9E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F80477C0" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="6F5E00CC" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="CD7451DC" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FC2A8C0E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="63BA3312" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="8096842E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="773C7D99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F5906188"/>
     <w:lvl w:ilvl="0" w:tplc="268AD9F4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -6991,51 +9172,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A513FED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C7BE5B2A"/>
     <w:lvl w:ilvl="0" w:tplc="B5FC01E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="930" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1650" w:hanging="360"/>
       </w:pPr>
@@ -7106,51 +9287,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5970" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6690" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D660E19"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B06319E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -7220,430 +9401,633 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1355614084">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="45"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1175463980">
+    <w:abstractNumId w:val="51"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1582065108">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1249147903">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1668896358">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1389954796">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1269653498">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1353847412">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="181212148">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1582065108">
+  <w:num w:numId="10" w16cid:durableId="617446159">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1147359995">
+    <w:abstractNumId w:val="54"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1807817043">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1983189439">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1249147903">
-[...28 lines deleted...]
-  </w:num>
   <w:num w:numId="14" w16cid:durableId="2014330586">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="882906833">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="737435729">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="266155888">
-    <w:abstractNumId w:val="40"/>
+    <w:abstractNumId w:val="55"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1149634061">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="875387929">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="655377703">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="47"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1324309651">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="985088643">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1731462684">
+    <w:abstractNumId w:val="49"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="398481213">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="2055539714">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1679040717">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1731462684">
-    <w:abstractNumId w:val="35"/>
+  <w:num w:numId="27" w16cid:durableId="328797594">
+    <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="398481213">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="28" w16cid:durableId="2141729165">
+    <w:abstractNumId w:val="50"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="2055539714">
+  <w:num w:numId="29" w16cid:durableId="1797017382">
+    <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="593174761">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1679040717">
+  <w:num w:numId="31" w16cid:durableId="1468544288">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1909077199">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="916718387">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="174002973">
+    <w:abstractNumId w:val="53"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="477496457">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="140656762">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1579901195">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="737552235">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1471051841">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1075325859">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="2035232198">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="1734692567">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="724839870">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="924460717">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="302471202">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="740563317">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="2006274574">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="48" w16cid:durableId="1841002432">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="49" w16cid:durableId="1907568378">
+    <w:abstractNumId w:val="48"/>
+  </w:num>
+  <w:num w:numId="50" w16cid:durableId="1170943960">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="328797594">
-    <w:abstractNumId w:val="25"/>
+  <w:num w:numId="51" w16cid:durableId="153188555">
+    <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="2141729165">
-[...8 lines deleted...]
-  <w:num w:numId="31" w16cid:durableId="1468544288">
+  <w:num w:numId="52" w16cid:durableId="516582021">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="1909077199">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="53" w16cid:durableId="1822773488">
+    <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="916718387">
-[...5 lines deleted...]
-  <w:num w:numId="35" w16cid:durableId="477496457">
+  <w:num w:numId="54" w16cid:durableId="1055393202">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="140656762">
-    <w:abstractNumId w:val="22"/>
+  <w:num w:numId="55" w16cid:durableId="959992820">
+    <w:abstractNumId w:val="52"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="1579901195">
-[...12 lines deleted...]
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="56" w16cid:durableId="1462844507">
+    <w:abstractNumId w:val="24"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0027647D"/>
+    <w:rsid w:val="000049EE"/>
     <w:rsid w:val="00013D9C"/>
+    <w:rsid w:val="00014CF9"/>
     <w:rsid w:val="00017655"/>
     <w:rsid w:val="00017A45"/>
     <w:rsid w:val="000225B0"/>
     <w:rsid w:val="00030F7F"/>
     <w:rsid w:val="00040FA2"/>
     <w:rsid w:val="000422AA"/>
     <w:rsid w:val="00050EAD"/>
     <w:rsid w:val="00051209"/>
     <w:rsid w:val="000536FB"/>
+    <w:rsid w:val="000825AE"/>
     <w:rsid w:val="000832E8"/>
     <w:rsid w:val="00084BDC"/>
     <w:rsid w:val="000851FE"/>
     <w:rsid w:val="0009099F"/>
     <w:rsid w:val="000A1E61"/>
+    <w:rsid w:val="000A6AE7"/>
+    <w:rsid w:val="000B2D5C"/>
+    <w:rsid w:val="000B5075"/>
     <w:rsid w:val="000C5795"/>
+    <w:rsid w:val="000D6EA3"/>
     <w:rsid w:val="000E3AF0"/>
+    <w:rsid w:val="000F06F0"/>
+    <w:rsid w:val="000F15D3"/>
     <w:rsid w:val="001157D2"/>
+    <w:rsid w:val="00123BAF"/>
     <w:rsid w:val="00124EA0"/>
     <w:rsid w:val="00130B9F"/>
     <w:rsid w:val="00131BAB"/>
     <w:rsid w:val="0013616E"/>
     <w:rsid w:val="00167D96"/>
     <w:rsid w:val="001738B9"/>
+    <w:rsid w:val="00177E66"/>
     <w:rsid w:val="00187F81"/>
+    <w:rsid w:val="00196D3F"/>
+    <w:rsid w:val="001974C9"/>
     <w:rsid w:val="001B3595"/>
     <w:rsid w:val="001B6B88"/>
+    <w:rsid w:val="001C24B2"/>
+    <w:rsid w:val="001C3B1B"/>
+    <w:rsid w:val="001D0F28"/>
     <w:rsid w:val="001D282F"/>
-    <w:rsid w:val="001E5338"/>
     <w:rsid w:val="001E6453"/>
+    <w:rsid w:val="00203BB6"/>
+    <w:rsid w:val="0020764E"/>
     <w:rsid w:val="002102E3"/>
     <w:rsid w:val="00212032"/>
     <w:rsid w:val="00212324"/>
     <w:rsid w:val="00214674"/>
+    <w:rsid w:val="00215640"/>
     <w:rsid w:val="00224A20"/>
+    <w:rsid w:val="00254397"/>
     <w:rsid w:val="00255B53"/>
-    <w:rsid w:val="00270BEE"/>
     <w:rsid w:val="0027647D"/>
+    <w:rsid w:val="00291D65"/>
     <w:rsid w:val="002973C8"/>
     <w:rsid w:val="002B4FD2"/>
     <w:rsid w:val="002C2C4A"/>
     <w:rsid w:val="002C69FC"/>
+    <w:rsid w:val="002D4E0F"/>
     <w:rsid w:val="002E345A"/>
     <w:rsid w:val="002F6C5A"/>
     <w:rsid w:val="00302D0E"/>
     <w:rsid w:val="00310760"/>
     <w:rsid w:val="0031606A"/>
+    <w:rsid w:val="00320742"/>
+    <w:rsid w:val="00323D65"/>
+    <w:rsid w:val="00347750"/>
     <w:rsid w:val="00350D7A"/>
+    <w:rsid w:val="00354623"/>
+    <w:rsid w:val="00362187"/>
+    <w:rsid w:val="00362674"/>
+    <w:rsid w:val="00362A95"/>
+    <w:rsid w:val="00380476"/>
+    <w:rsid w:val="0038750E"/>
     <w:rsid w:val="00387655"/>
     <w:rsid w:val="003A1D83"/>
+    <w:rsid w:val="003A4850"/>
+    <w:rsid w:val="003B0307"/>
+    <w:rsid w:val="003B50CD"/>
     <w:rsid w:val="003D4CEB"/>
     <w:rsid w:val="003D552E"/>
     <w:rsid w:val="003E4DEA"/>
+    <w:rsid w:val="003F36B5"/>
+    <w:rsid w:val="004102A6"/>
     <w:rsid w:val="004103EF"/>
+    <w:rsid w:val="00431EBB"/>
+    <w:rsid w:val="0044520E"/>
+    <w:rsid w:val="00446B52"/>
     <w:rsid w:val="00452D7A"/>
     <w:rsid w:val="00452F77"/>
+    <w:rsid w:val="0045308B"/>
     <w:rsid w:val="00454E23"/>
     <w:rsid w:val="004573F1"/>
     <w:rsid w:val="00462B3C"/>
+    <w:rsid w:val="004719DB"/>
+    <w:rsid w:val="004747FB"/>
     <w:rsid w:val="00480B3D"/>
+    <w:rsid w:val="00483417"/>
+    <w:rsid w:val="00486032"/>
+    <w:rsid w:val="00490BF0"/>
+    <w:rsid w:val="0049362D"/>
+    <w:rsid w:val="00497CF4"/>
     <w:rsid w:val="004E1EAA"/>
+    <w:rsid w:val="004E4311"/>
     <w:rsid w:val="004E6B13"/>
+    <w:rsid w:val="004E7DFA"/>
     <w:rsid w:val="00515974"/>
+    <w:rsid w:val="00530483"/>
+    <w:rsid w:val="00531952"/>
     <w:rsid w:val="005714B2"/>
-    <w:rsid w:val="00577082"/>
+    <w:rsid w:val="00581D91"/>
+    <w:rsid w:val="00590B9A"/>
     <w:rsid w:val="00593AC5"/>
     <w:rsid w:val="005A2D7B"/>
     <w:rsid w:val="005D7E56"/>
+    <w:rsid w:val="005E20CE"/>
+    <w:rsid w:val="005F0970"/>
     <w:rsid w:val="005F4030"/>
+    <w:rsid w:val="006023D3"/>
     <w:rsid w:val="00605936"/>
+    <w:rsid w:val="00630550"/>
     <w:rsid w:val="00630BE0"/>
     <w:rsid w:val="006411FD"/>
     <w:rsid w:val="00650EEF"/>
     <w:rsid w:val="006606A7"/>
     <w:rsid w:val="00663B83"/>
     <w:rsid w:val="006709EE"/>
     <w:rsid w:val="00674134"/>
     <w:rsid w:val="00676126"/>
     <w:rsid w:val="00680645"/>
+    <w:rsid w:val="00687DBB"/>
     <w:rsid w:val="006905D6"/>
     <w:rsid w:val="00691DA6"/>
+    <w:rsid w:val="006972F7"/>
     <w:rsid w:val="006B7C3E"/>
     <w:rsid w:val="006C14CE"/>
     <w:rsid w:val="006C4ECE"/>
     <w:rsid w:val="006E3938"/>
     <w:rsid w:val="006E76E5"/>
     <w:rsid w:val="006F5368"/>
     <w:rsid w:val="006F70EA"/>
+    <w:rsid w:val="007166BB"/>
+    <w:rsid w:val="00720676"/>
     <w:rsid w:val="00721314"/>
+    <w:rsid w:val="007228F9"/>
+    <w:rsid w:val="00725302"/>
     <w:rsid w:val="00734274"/>
+    <w:rsid w:val="00747AA9"/>
+    <w:rsid w:val="00750F4E"/>
     <w:rsid w:val="00751CF0"/>
+    <w:rsid w:val="00763A7F"/>
     <w:rsid w:val="007665C0"/>
     <w:rsid w:val="00775BB5"/>
     <w:rsid w:val="00792525"/>
+    <w:rsid w:val="0079305F"/>
     <w:rsid w:val="007A48E7"/>
     <w:rsid w:val="007B2F30"/>
+    <w:rsid w:val="007B4D6D"/>
+    <w:rsid w:val="007C4C29"/>
+    <w:rsid w:val="007D1E61"/>
+    <w:rsid w:val="007D5132"/>
+    <w:rsid w:val="007D7691"/>
     <w:rsid w:val="007D76ED"/>
+    <w:rsid w:val="007F3B0C"/>
     <w:rsid w:val="00801191"/>
+    <w:rsid w:val="0080398D"/>
     <w:rsid w:val="00814768"/>
+    <w:rsid w:val="00816B8C"/>
+    <w:rsid w:val="00825091"/>
     <w:rsid w:val="00831166"/>
+    <w:rsid w:val="008316EB"/>
+    <w:rsid w:val="00834B5B"/>
+    <w:rsid w:val="00835E96"/>
     <w:rsid w:val="00850B65"/>
     <w:rsid w:val="00855564"/>
+    <w:rsid w:val="00861794"/>
     <w:rsid w:val="00861A35"/>
     <w:rsid w:val="00861B49"/>
     <w:rsid w:val="00863DA1"/>
     <w:rsid w:val="00876E85"/>
     <w:rsid w:val="008B65A5"/>
     <w:rsid w:val="008D5008"/>
     <w:rsid w:val="008D7D41"/>
     <w:rsid w:val="008E4100"/>
+    <w:rsid w:val="008F3D6F"/>
+    <w:rsid w:val="008F4135"/>
+    <w:rsid w:val="009109C6"/>
+    <w:rsid w:val="00926E78"/>
     <w:rsid w:val="00933863"/>
     <w:rsid w:val="00937E54"/>
     <w:rsid w:val="00946C40"/>
+    <w:rsid w:val="009508FF"/>
     <w:rsid w:val="00950F29"/>
+    <w:rsid w:val="00951B00"/>
+    <w:rsid w:val="00956E86"/>
     <w:rsid w:val="00973120"/>
+    <w:rsid w:val="00975445"/>
+    <w:rsid w:val="0098487D"/>
+    <w:rsid w:val="009852F4"/>
     <w:rsid w:val="00986632"/>
+    <w:rsid w:val="00996C4B"/>
     <w:rsid w:val="00997C91"/>
+    <w:rsid w:val="009A0A3D"/>
+    <w:rsid w:val="009A52B4"/>
     <w:rsid w:val="009B0C02"/>
     <w:rsid w:val="009B3890"/>
     <w:rsid w:val="009B3C07"/>
     <w:rsid w:val="009C3392"/>
     <w:rsid w:val="009C70DA"/>
     <w:rsid w:val="009D2DCF"/>
+    <w:rsid w:val="009E750B"/>
     <w:rsid w:val="009F4ECC"/>
     <w:rsid w:val="009F5D3F"/>
+    <w:rsid w:val="009F7F48"/>
+    <w:rsid w:val="00A022AD"/>
     <w:rsid w:val="00A3243B"/>
+    <w:rsid w:val="00A407E6"/>
     <w:rsid w:val="00A46A73"/>
+    <w:rsid w:val="00A51DF0"/>
+    <w:rsid w:val="00A65C62"/>
     <w:rsid w:val="00A65C66"/>
     <w:rsid w:val="00A66330"/>
     <w:rsid w:val="00A81DDF"/>
     <w:rsid w:val="00A8492E"/>
+    <w:rsid w:val="00A855CE"/>
     <w:rsid w:val="00A91822"/>
+    <w:rsid w:val="00A93542"/>
     <w:rsid w:val="00AB69D2"/>
     <w:rsid w:val="00AB7822"/>
     <w:rsid w:val="00AC2443"/>
     <w:rsid w:val="00AD105E"/>
     <w:rsid w:val="00AD1C98"/>
+    <w:rsid w:val="00B00D18"/>
     <w:rsid w:val="00B22FF7"/>
+    <w:rsid w:val="00B37DE8"/>
     <w:rsid w:val="00B4341A"/>
+    <w:rsid w:val="00B44BC5"/>
     <w:rsid w:val="00B45EF9"/>
     <w:rsid w:val="00B6483C"/>
+    <w:rsid w:val="00B6501E"/>
+    <w:rsid w:val="00B906C9"/>
+    <w:rsid w:val="00B90732"/>
     <w:rsid w:val="00B94A38"/>
+    <w:rsid w:val="00BA08E7"/>
+    <w:rsid w:val="00BA0A7D"/>
+    <w:rsid w:val="00BB3C31"/>
+    <w:rsid w:val="00BB3FDD"/>
+    <w:rsid w:val="00BB70F9"/>
     <w:rsid w:val="00BC55DF"/>
     <w:rsid w:val="00BC70DC"/>
+    <w:rsid w:val="00BD1480"/>
+    <w:rsid w:val="00BD2BC0"/>
+    <w:rsid w:val="00C03E7F"/>
     <w:rsid w:val="00C042E8"/>
     <w:rsid w:val="00C06276"/>
-    <w:rsid w:val="00C17BE7"/>
+    <w:rsid w:val="00C07CB1"/>
+    <w:rsid w:val="00C220F7"/>
+    <w:rsid w:val="00C22E30"/>
     <w:rsid w:val="00C32FAE"/>
+    <w:rsid w:val="00C34F5E"/>
+    <w:rsid w:val="00C4137C"/>
     <w:rsid w:val="00C44759"/>
     <w:rsid w:val="00C55FD9"/>
+    <w:rsid w:val="00C71762"/>
+    <w:rsid w:val="00C73DAA"/>
     <w:rsid w:val="00C74262"/>
+    <w:rsid w:val="00C76B0E"/>
+    <w:rsid w:val="00C84BA3"/>
     <w:rsid w:val="00C9210D"/>
     <w:rsid w:val="00C9357B"/>
+    <w:rsid w:val="00CA7469"/>
+    <w:rsid w:val="00CB11B0"/>
     <w:rsid w:val="00CD4178"/>
+    <w:rsid w:val="00CD5E8D"/>
+    <w:rsid w:val="00CF1C70"/>
     <w:rsid w:val="00CF34EE"/>
     <w:rsid w:val="00D038F7"/>
     <w:rsid w:val="00D10C03"/>
-    <w:rsid w:val="00D17245"/>
     <w:rsid w:val="00D407F6"/>
+    <w:rsid w:val="00D521F9"/>
     <w:rsid w:val="00D53515"/>
+    <w:rsid w:val="00D56522"/>
+    <w:rsid w:val="00D65D0E"/>
     <w:rsid w:val="00D665DA"/>
+    <w:rsid w:val="00D71C35"/>
+    <w:rsid w:val="00D81D30"/>
+    <w:rsid w:val="00DA2BAE"/>
+    <w:rsid w:val="00DB2EF5"/>
+    <w:rsid w:val="00DB7264"/>
+    <w:rsid w:val="00DB7926"/>
     <w:rsid w:val="00DC4DD9"/>
     <w:rsid w:val="00DD7529"/>
+    <w:rsid w:val="00DE2523"/>
     <w:rsid w:val="00DE2CF4"/>
     <w:rsid w:val="00DE4DBC"/>
+    <w:rsid w:val="00E05D65"/>
     <w:rsid w:val="00E21610"/>
     <w:rsid w:val="00E24066"/>
     <w:rsid w:val="00E315DD"/>
     <w:rsid w:val="00E33313"/>
     <w:rsid w:val="00E36DD9"/>
+    <w:rsid w:val="00E5516A"/>
+    <w:rsid w:val="00E6077C"/>
     <w:rsid w:val="00E61500"/>
     <w:rsid w:val="00E6512B"/>
     <w:rsid w:val="00E65AC3"/>
+    <w:rsid w:val="00E70477"/>
+    <w:rsid w:val="00E73587"/>
     <w:rsid w:val="00E76688"/>
+    <w:rsid w:val="00E82683"/>
     <w:rsid w:val="00E839E9"/>
+    <w:rsid w:val="00E94214"/>
     <w:rsid w:val="00E96AF5"/>
     <w:rsid w:val="00EA157B"/>
+    <w:rsid w:val="00EA7702"/>
+    <w:rsid w:val="00EB36D1"/>
     <w:rsid w:val="00EB4694"/>
+    <w:rsid w:val="00EC2E96"/>
+    <w:rsid w:val="00EC325E"/>
+    <w:rsid w:val="00ED7516"/>
     <w:rsid w:val="00EE2F98"/>
     <w:rsid w:val="00EE3346"/>
+    <w:rsid w:val="00EE3E56"/>
+    <w:rsid w:val="00F00FD1"/>
+    <w:rsid w:val="00F07489"/>
+    <w:rsid w:val="00F14F0C"/>
     <w:rsid w:val="00F229E9"/>
+    <w:rsid w:val="00F23A97"/>
+    <w:rsid w:val="00F40A54"/>
+    <w:rsid w:val="00F413A6"/>
     <w:rsid w:val="00F47AA7"/>
+    <w:rsid w:val="00F47B47"/>
     <w:rsid w:val="00F50EB7"/>
     <w:rsid w:val="00F5117D"/>
+    <w:rsid w:val="00F545DD"/>
     <w:rsid w:val="00F77822"/>
+    <w:rsid w:val="00F922E2"/>
     <w:rsid w:val="00F976CD"/>
     <w:rsid w:val="00FA25D4"/>
     <w:rsid w:val="00FB5AC8"/>
     <w:rsid w:val="00FB7B35"/>
+    <w:rsid w:val="00FC1108"/>
+    <w:rsid w:val="00FD410A"/>
     <w:rsid w:val="00FD6262"/>
+    <w:rsid w:val="00FE014E"/>
     <w:rsid w:val="00FE4F0A"/>
     <w:rsid w:val="00FF7CC4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="05BB39BA"/>
   <w15:docId w15:val="{4268EEB0-157B-4F34-9D7C-ACD941EAD861}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8274,51 +10658,51 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F5117D"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00801191"/>
     <w:rPr>
       <w:rFonts w:ascii="Lato" w:eastAsia="Lato" w:hAnsi="Lato" w:cs="Lato"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:officialsaccreditation@englandathletics.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -8593,50 +10977,59 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010001FC94F334217A47AC945B66C92C6A67" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="29ce6eb7da55cf48a9d1be3c89cbb79b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0f59cc41-74f8-4139-9196-f4da72c4df9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ed3697e20e7620e78ff2137eaf972564" ns2:_="">
     <xsd:import namespace="0f59cc41-74f8-4139-9196-f4da72c4df9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -8770,130 +11163,121 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7A911ED-B730-4039-BF9C-2242C78D27D1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7FA090A-CB57-4E0F-835A-E063BB5D6E70}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0f59cc41-74f8-4139-9196-f4da72c4df9b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{838D54DC-F768-4AAE-9EC3-6675D9550DFE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2020</Characters>
+  <Pages>3</Pages>
+  <Words>414</Words>
+  <Characters>2366</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>19</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2370</CharactersWithSpaces>
+  <CharactersWithSpaces>2775</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Viki Brockett</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2021-07-08T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">