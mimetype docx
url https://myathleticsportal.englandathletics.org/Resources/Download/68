--- v0 (2025-10-13)
+++ v1 (2025-12-28)
@@ -1,11366 +1,24287 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7C2611C2" w14:textId="77777777" w:rsidR="00E25A07" w:rsidRPr="00550939" w:rsidRDefault="00E25A07" w:rsidP="00E25A07">
+    <w:p w14:paraId="64917437" w14:textId="535EFE0C" w:rsidR="004428D7" w:rsidRPr="00D75AFF" w:rsidRDefault="00D412F4" w:rsidP="00D75AFF">
       <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:afterLines="160" w:after="384" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00D75AFF">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">These are the Starter/Starters’ Assistant Questions which </w:t>
+        <w:t>Starter and Starter</w:t>
       </w:r>
-      <w:r w:rsidR="00106AD8" w:rsidRPr="00550939">
+      <w:r w:rsidR="00D75AFF">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>should be completed</w:t>
+        <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="008A1D81" w:rsidRPr="00550939">
+      <w:r w:rsidRPr="00D75AFF">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for accreditation to Level 2</w:t>
+        <w:t xml:space="preserve">s Assistant </w:t>
       </w:r>
-      <w:r w:rsidR="00A46FC3">
+      <w:r w:rsidR="00D75AFF" w:rsidRPr="00D75AFF">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>- Level 2</w:t>
       </w:r>
-      <w:r w:rsidR="0091454A">
+      <w:r w:rsidR="00D75AFF">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Questions</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75AFF" w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Candidate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6390A49F" w14:textId="5EA6F5A8" w:rsidR="008536C6" w:rsidRPr="00D75AFF" w:rsidRDefault="008536C6" w:rsidP="00D75AFF">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:afterLines="160" w:after="384" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Level 2 Starter and Starter Assistant </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pplications</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75AFF" w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Total </w:t>
+      </w:r>
+      <w:r w:rsidR="005640A2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arks = </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>83</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Pass mark = </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>62</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (75%)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70C2C55C" w14:textId="7CC85CF2" w:rsidR="008536C6" w:rsidRPr="00D75AFF" w:rsidRDefault="008536C6" w:rsidP="00D75AFF">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:afterLines="160" w:after="384" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Level 2 Starter</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Assistant </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nly </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pplications</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75AFF" w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk172106206"/>
-      <w:r w:rsidR="00F4695A" w:rsidRPr="009232BA">
+      <w:r w:rsidR="00D75AFF" w:rsidRPr="00D75AFF">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...36 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Useful resources:</w:t>
+        <w:br/>
       </w:r>
-      <w:r w:rsidR="00B17F15">
+      <w:r w:rsidRPr="00D75AFF">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Answer questions 1 to 30A.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> UKA Rule Book 202</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A46FC3">
+      <w:r w:rsidR="00D75AFF" w:rsidRPr="00D75AFF">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00550939">
+      <w:r w:rsidRPr="00D75AFF">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – 2</w:t>
+        <w:t xml:space="preserve">Total </w:t>
       </w:r>
-      <w:r w:rsidR="00B17F15">
+      <w:r w:rsidR="005640A2">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>02</w:t>
+        <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidR="00A46FC3">
+      <w:r w:rsidRPr="00D75AFF">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t xml:space="preserve">arks = </w:t>
       </w:r>
-      <w:r w:rsidR="008939E9">
+      <w:r w:rsidRPr="00D75AFF">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>46</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">; </w:t>
+        <w:t xml:space="preserve">, Pass mark = </w:t>
       </w:r>
-      <w:r w:rsidR="00A800AA">
+      <w:r w:rsidRPr="00D75AFF">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>34</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Level 1 Candidate </w:t>
-[...64 lines deleted...]
-        <w:t xml:space="preserve"> Starters Guidelines 2018</w:t>
+        <w:t xml:space="preserve"> (75%)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05A0B1E2" w14:textId="77777777" w:rsidR="00A800AA" w:rsidRDefault="00A800AA" w:rsidP="00AD4FDE">
+    <w:p w14:paraId="7B1A554D" w14:textId="55B59BC9" w:rsidR="008536C6" w:rsidRPr="00D75AFF" w:rsidRDefault="008536C6" w:rsidP="00D75AFF">
       <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:afterLines="160" w:after="384"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Level 2 Starter </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pplications </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nly (if currently a </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>evel 2 Starter</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Assistant) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Answer questions 31 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 48.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Total </w:t>
+      </w:r>
+      <w:r w:rsidR="005640A2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arks = </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>37</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Pass mark = </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75AFF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (75%)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="00D4D8D0" w14:textId="77777777" w:rsidR="00A800AA" w:rsidRPr="00A800AA" w:rsidRDefault="00A800AA" w:rsidP="00AD4FDE">
+    <w:p w14:paraId="72612A7B" w14:textId="1E37102D" w:rsidR="00903B41" w:rsidRPr="00D75AFF" w:rsidRDefault="00A5610A" w:rsidP="00D75AFF">
       <w:pPr>
+        <w:spacing w:afterLines="160" w:after="384"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A800AA">
+      <w:r w:rsidRPr="00D75AFF">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Instructions</w:t>
+        <w:t xml:space="preserve">Please circle/tick/insert your answer for each question. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="008E4F66" w14:textId="77777777" w:rsidR="00A800AA" w:rsidRDefault="00A800AA" w:rsidP="00AD4FDE">
+    <w:p w14:paraId="611830D5" w14:textId="7DF38E14" w:rsidR="00903B41" w:rsidRPr="00D75AFF" w:rsidRDefault="00903B41" w:rsidP="00D75AFF">
       <w:pPr>
+        <w:spacing w:afterLines="160" w:after="384"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00D75AFF">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve">You can use the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00D75AFF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>UKA Rule Book</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D75AFF">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">For </w:t>
+        <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidR="00B9634C">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00D75AFF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>WPA Rule Book</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D75AFF">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...228 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...31 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00D75AFF">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...283 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">two </w:t>
-[...40 lines deleted...]
-        <w:t xml:space="preserve">  (2)</w:t>
+        <w:br/>
+        <w:t>to support you in answering the questions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="615B0232" w14:textId="77777777" w:rsidR="00D705F5" w:rsidRDefault="00D705F5" w:rsidP="00D705F5">
-[...340 lines deleted...]
-    <w:p w14:paraId="23B44F6E" w14:textId="77777777" w:rsidR="00A800AA" w:rsidRDefault="00A800AA" w:rsidP="00972790">
+    <w:p w14:paraId="273F7055" w14:textId="425F67A6" w:rsidR="00D412F4" w:rsidRPr="00972233" w:rsidRDefault="00D412F4" w:rsidP="00306875">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...2020 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Use the diagram to indicate where y</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">hletes and officials.  </w:t>
+        <w:t xml:space="preserve">NAME - </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1936CDBD" w14:textId="77777777" w:rsidR="00B4619D" w:rsidRDefault="00B4619D" w:rsidP="00011DF7">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="704"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009071DF" w:rsidRPr="00972233" w14:paraId="47C70B74" w14:textId="77777777" w:rsidTr="009071DF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="121CA861" w14:textId="335E9790" w:rsidR="009071DF" w:rsidRPr="00972233" w:rsidRDefault="00470EB3" w:rsidP="009071DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="707439EC" w14:textId="77777777" w:rsidR="009071DF" w:rsidRPr="00972233" w:rsidRDefault="009071DF" w:rsidP="009071DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35DF04C7" w14:textId="39B3224A" w:rsidR="009071DF" w:rsidRPr="00972233" w:rsidRDefault="004964BD" w:rsidP="004964BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Who has overall authority at the Start?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002A698A" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00201207" w:rsidRPr="00972233" w14:paraId="779C9D41" w14:textId="77777777" w:rsidTr="00F43CB4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="77298A4D" w14:textId="77777777" w:rsidR="00201207" w:rsidRPr="00972233" w:rsidRDefault="00201207" w:rsidP="00201207">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FABA117" w14:textId="07DB9BE2" w:rsidR="00201207" w:rsidRPr="00972233" w:rsidRDefault="00201207" w:rsidP="00201207">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="464F9F3C" w14:textId="4D58CF73" w:rsidR="00201207" w:rsidRPr="00972233" w:rsidRDefault="00201207" w:rsidP="00201207">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Track Referee</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00201207" w:rsidRPr="00972233" w14:paraId="71DDE1E0" w14:textId="77777777" w:rsidTr="00F43CB4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F85635" w14:textId="0B8EB3BE" w:rsidR="00201207" w:rsidRPr="00972233" w:rsidRDefault="00201207" w:rsidP="00201207">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F0FDE24" w14:textId="5724774A" w:rsidR="00201207" w:rsidRPr="00972233" w:rsidRDefault="00201207" w:rsidP="00201207">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EC9E188" w14:textId="6D5B987C" w:rsidR="00201207" w:rsidRPr="00972233" w:rsidRDefault="00D42AD0" w:rsidP="00201207">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Start Co-</w:t>
+            </w:r>
+            <w:r w:rsidR="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>rdinator</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00201207" w:rsidRPr="00972233" w14:paraId="71656894" w14:textId="77777777" w:rsidTr="00F43CB4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="682F5129" w14:textId="671C69CC" w:rsidR="00201207" w:rsidRPr="00972233" w:rsidRDefault="00201207" w:rsidP="00201207">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A498103" w14:textId="223BFB44" w:rsidR="00201207" w:rsidRPr="00972233" w:rsidRDefault="00201207" w:rsidP="00201207">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="70E7383D" w14:textId="289E087F" w:rsidR="00201207" w:rsidRPr="00972233" w:rsidRDefault="00201207" w:rsidP="00201207">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Chief Starter’s Assistant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00201207" w:rsidRPr="00972233" w14:paraId="170CE24E" w14:textId="77777777" w:rsidTr="00F43CB4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A69EFAC" w14:textId="77777777" w:rsidR="00201207" w:rsidRPr="00972233" w:rsidRDefault="00201207" w:rsidP="00201207">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D1C87B5" w14:textId="4B860520" w:rsidR="00201207" w:rsidRPr="00972233" w:rsidRDefault="00201207" w:rsidP="00201207">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A8EE5A6" w14:textId="2BCB59A1" w:rsidR="00201207" w:rsidRPr="00972233" w:rsidRDefault="00D42AD0" w:rsidP="00201207">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Meeting Manager </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="360038BE" w14:textId="23671818" w:rsidR="009071DF" w:rsidRPr="00972233" w:rsidRDefault="009071DF" w:rsidP="009071DF">
       <w:pPr>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="704"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F16192" w:rsidRPr="00972233" w14:paraId="4513C76E" w14:textId="77777777" w:rsidTr="00B11593">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="157529FA" w14:textId="4F8A28C1" w:rsidR="00F16192" w:rsidRPr="00972233" w:rsidRDefault="00F16192" w:rsidP="00B11593">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AD81D15" w14:textId="77777777" w:rsidR="00F16192" w:rsidRPr="00972233" w:rsidRDefault="00F16192" w:rsidP="00B11593">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FE0907C" w14:textId="118AAE9B" w:rsidR="00F16192" w:rsidRPr="00972233" w:rsidRDefault="00F34259" w:rsidP="00F34259">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Why is it permissible</w:t>
+            </w:r>
+            <w:r w:rsidR="00C04D8E" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>, in an echelon start,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for the rear of the block to extend beyond the outer lane line and not the inner lane line? </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16192" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72F81" w:rsidRPr="00972233" w14:paraId="00C06317" w14:textId="77777777" w:rsidTr="00B90CCA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="22D68D65" w14:textId="15D7668A" w:rsidR="00F72F81" w:rsidRPr="00972233" w:rsidRDefault="00F72F81" w:rsidP="00F72F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BFB2BA4" w14:textId="77777777" w:rsidR="00F72F81" w:rsidRPr="00972233" w:rsidRDefault="00F72F81" w:rsidP="00F72F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DC60527" w14:textId="68A73327" w:rsidR="00F72F81" w:rsidRPr="00972233" w:rsidRDefault="00FD0133" w:rsidP="00F72F81">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Because the outer lane line is part of the athlete’s lane and the block would not obstruct another athlete</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72F81" w:rsidRPr="00972233" w14:paraId="3D8C3A18" w14:textId="77777777" w:rsidTr="00B90CCA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA62C7D" w14:textId="77777777" w:rsidR="00F72F81" w:rsidRPr="00972233" w:rsidRDefault="00F72F81" w:rsidP="00F72F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5505AE06" w14:textId="77777777" w:rsidR="00F72F81" w:rsidRPr="00972233" w:rsidRDefault="00F72F81" w:rsidP="00F72F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55F1EFE0" w14:textId="1EF754E0" w:rsidR="00F72F81" w:rsidRPr="00972233" w:rsidRDefault="00F72F81" w:rsidP="00F72F81">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Because the rear of the block could obstruct the athlete in the inner lane</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72F81" w:rsidRPr="00972233" w14:paraId="6AACF561" w14:textId="77777777" w:rsidTr="00B90CCA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="479D7CC4" w14:textId="6ADFC67D" w:rsidR="00F72F81" w:rsidRPr="00972233" w:rsidRDefault="00F72F81" w:rsidP="00F72F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FC84111" w14:textId="77777777" w:rsidR="00F72F81" w:rsidRPr="00972233" w:rsidRDefault="00F72F81" w:rsidP="00F72F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="40752F86" w14:textId="6DBF2B13" w:rsidR="00F72F81" w:rsidRPr="00972233" w:rsidRDefault="00F72F81" w:rsidP="00F72F81">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Because the outer lane line forms part of the athlete’s lane</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72F81" w:rsidRPr="00972233" w14:paraId="0C86C582" w14:textId="77777777" w:rsidTr="00B90CCA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="084E71F1" w14:textId="09038A39" w:rsidR="00F72F81" w:rsidRPr="00972233" w:rsidRDefault="00F72F81" w:rsidP="00F72F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4475ED03" w14:textId="77777777" w:rsidR="00F72F81" w:rsidRPr="00972233" w:rsidRDefault="00F72F81" w:rsidP="00F72F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B126A59" w14:textId="2F54E292" w:rsidR="00F72F81" w:rsidRPr="00972233" w:rsidRDefault="00AE49C8" w:rsidP="00F72F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Because the rear of the block would not obstruct the athlete in the outer lane</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="57EBAA64" w14:textId="0E6DBFE3" w:rsidR="006B75EB" w:rsidRPr="00972233" w:rsidRDefault="006B75EB" w:rsidP="009071DF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002A698A" w:rsidRPr="00972233" w14:paraId="5F3F6976" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6342E412" w14:textId="11B66FEB" w:rsidR="002A698A" w:rsidRPr="00972233" w:rsidRDefault="00022856" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2A</w:t>
+            </w:r>
+            <w:r w:rsidR="002A698A" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1834600B" w14:textId="77777777" w:rsidR="002A698A" w:rsidRPr="00972233" w:rsidRDefault="002A698A" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C554B88" w14:textId="722917DA" w:rsidR="002A698A" w:rsidRPr="00972233" w:rsidRDefault="0064298E" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please provide the relevant rule number </w:t>
+            </w:r>
+            <w:r w:rsidR="002A698A" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">for question </w:t>
+            </w:r>
+            <w:r w:rsidR="00052AC3" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidR="002A698A" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A698A" w:rsidRPr="00972233" w14:paraId="6FFA0279" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EBDB188" w14:textId="77777777" w:rsidR="002A698A" w:rsidRPr="00972233" w:rsidRDefault="002A698A" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E5063D4" w14:textId="77777777" w:rsidR="002A698A" w:rsidRPr="00972233" w:rsidRDefault="002A698A" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D12A96A" w14:textId="03857B27" w:rsidR="002A698A" w:rsidRPr="00972233" w:rsidRDefault="002A698A" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="26609BBA" w14:textId="44458577" w:rsidR="00972233" w:rsidRDefault="00972233" w:rsidP="009071DF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A1DF2F5" w14:textId="77777777" w:rsidR="00972233" w:rsidRDefault="00972233">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Starter’s assistant(s)</w:t>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="667F7DC9" w14:textId="77777777" w:rsidR="00B4619D" w:rsidRDefault="00B4619D" w:rsidP="00011DF7">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="704"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009071DF" w:rsidRPr="00972233" w14:paraId="60DF1279" w14:textId="77777777" w:rsidTr="009071DF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="464C78F1" w14:textId="64075E9D" w:rsidR="009071DF" w:rsidRPr="00972233" w:rsidRDefault="00AA6E18" w:rsidP="009071DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="009071DF" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EC88CB0" w14:textId="77777777" w:rsidR="009071DF" w:rsidRPr="00972233" w:rsidRDefault="009071DF" w:rsidP="009071DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ECA45A7" w14:textId="06B9E162" w:rsidR="009071DF" w:rsidRPr="00972233" w:rsidRDefault="00BB3825" w:rsidP="009071DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Which answers correctly describe how the blocks </w:t>
+            </w:r>
+            <w:r w:rsidR="00357AEE" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>shall</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be constructed? </w:t>
+            </w:r>
+            <w:r w:rsidR="002A698A" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="002A698A" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mark</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="002A698A" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C07C5C" w:rsidRPr="00972233" w14:paraId="72814264" w14:textId="77777777" w:rsidTr="002A698A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="68D4A111" w14:textId="42495E7C" w:rsidR="00C07C5C" w:rsidRPr="00972233" w:rsidRDefault="00C07C5C" w:rsidP="00C07C5C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="403405B5" w14:textId="11EF682B" w:rsidR="00C07C5C" w:rsidRPr="00972233" w:rsidRDefault="00C07C5C" w:rsidP="00C07C5C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="26CBC640" w14:textId="1086060C" w:rsidR="00C07C5C" w:rsidRPr="00972233" w:rsidRDefault="00C07C5C" w:rsidP="00C07C5C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Only blocks constructed by an approved manufacturer can be used</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C07C5C" w:rsidRPr="00972233" w14:paraId="79BAED79" w14:textId="77777777" w:rsidTr="009071DF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BE61856" w14:textId="77777777" w:rsidR="00C07C5C" w:rsidRPr="00972233" w:rsidRDefault="00C07C5C" w:rsidP="00C07C5C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15405DB5" w14:textId="287BFA96" w:rsidR="00C07C5C" w:rsidRPr="00972233" w:rsidRDefault="00C07C5C" w:rsidP="00C07C5C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6157A0A6" w14:textId="567BD371" w:rsidR="00C07C5C" w:rsidRPr="00972233" w:rsidRDefault="00C07C5C" w:rsidP="00C07C5C">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The foot plates </w:t>
+            </w:r>
+            <w:r w:rsidR="000D173B" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>shall</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be</w:t>
+            </w:r>
+            <w:r w:rsidR="00034F6D" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D3285A" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>flat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C07C5C" w:rsidRPr="00972233" w14:paraId="2CDE5742" w14:textId="77777777" w:rsidTr="002A698A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="13352DC0" w14:textId="2A883E5C" w:rsidR="00C07C5C" w:rsidRPr="00972233" w:rsidRDefault="00C07C5C" w:rsidP="00C07C5C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A28DCB6" w14:textId="3749127A" w:rsidR="00C07C5C" w:rsidRPr="00972233" w:rsidRDefault="00C07C5C" w:rsidP="00C07C5C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA83AA4" w14:textId="461C9231" w:rsidR="00C07C5C" w:rsidRPr="00972233" w:rsidRDefault="00C07C5C" w:rsidP="00C07C5C">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The foot plates </w:t>
+            </w:r>
+            <w:r w:rsidR="00014466" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be covered with the same material as the track surface</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C07C5C" w:rsidRPr="00972233" w14:paraId="115B7446" w14:textId="77777777" w:rsidTr="009071DF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68C642DC" w14:textId="32D2316E" w:rsidR="00C07C5C" w:rsidRPr="00972233" w:rsidRDefault="00C07C5C" w:rsidP="00C07C5C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18FFE17E" w14:textId="0ABD42EC" w:rsidR="00C07C5C" w:rsidRPr="00972233" w:rsidRDefault="00C07C5C" w:rsidP="00C07C5C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B7A6402" w14:textId="78B239B9" w:rsidR="00C07C5C" w:rsidRPr="00972233" w:rsidRDefault="00C07C5C" w:rsidP="00C07C5C">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The foot plates </w:t>
+            </w:r>
+            <w:r w:rsidR="000D173B" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>shall</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be attached to a rigid frame</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C07C5C" w:rsidRPr="00972233" w14:paraId="10A21E5E" w14:textId="77777777" w:rsidTr="00780019">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0932383F" w14:textId="44BF0D85" w:rsidR="00C07C5C" w:rsidRPr="00972233" w:rsidRDefault="00C07C5C" w:rsidP="00C07C5C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="66A48234" w14:textId="3673C13C" w:rsidR="00C07C5C" w:rsidRPr="00972233" w:rsidRDefault="00C07C5C" w:rsidP="00C07C5C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5024035E" w14:textId="0140E2B4" w:rsidR="00C07C5C" w:rsidRPr="00972233" w:rsidRDefault="00C07C5C" w:rsidP="00C07C5C">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">There </w:t>
+            </w:r>
+            <w:r w:rsidR="000D173B" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>shall</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be two-foot plates</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7E942DB7" w14:textId="707688DF" w:rsidR="00CA736E" w:rsidRPr="00972233" w:rsidRDefault="00CA736E" w:rsidP="00CA736E">
       <w:pPr>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001E3473" w:rsidRPr="00972233" w14:paraId="79FE125F" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="647D37AD" w14:textId="3B9FBA72" w:rsidR="001E3473" w:rsidRPr="00972233" w:rsidRDefault="00AA6E18" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3A</w:t>
+            </w:r>
+            <w:r w:rsidR="001E3473" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32CDC596" w14:textId="77777777" w:rsidR="001E3473" w:rsidRPr="00972233" w:rsidRDefault="001E3473" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B21C7E3" w14:textId="5F1CFD68" w:rsidR="001E3473" w:rsidRPr="00972233" w:rsidRDefault="001E3473" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please provide the relevant rule number for question </w:t>
+            </w:r>
+            <w:r w:rsidR="00E41DDD" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E3473" w:rsidRPr="00972233" w14:paraId="2FF0FA77" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2313CE95" w14:textId="77777777" w:rsidR="001E3473" w:rsidRPr="00972233" w:rsidRDefault="001E3473" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="49E8FE93" w14:textId="77777777" w:rsidR="001E3473" w:rsidRPr="00972233" w:rsidRDefault="001E3473" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A7B1C15" w14:textId="45142623" w:rsidR="001E3473" w:rsidRPr="00972233" w:rsidRDefault="001E3473" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2CE8F3EA" w14:textId="77777777" w:rsidR="00F43CB4" w:rsidRPr="00972233" w:rsidRDefault="00F43CB4" w:rsidP="00ED074B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="704"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00903B41" w:rsidRPr="00972233" w14:paraId="5DF15D7B" w14:textId="77777777" w:rsidTr="00EA2DF2">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C5DCB82" w14:textId="77777777" w:rsidR="00903B41" w:rsidRPr="00972233" w:rsidRDefault="00903B41" w:rsidP="00EA2DF2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15552873" w14:textId="77777777" w:rsidR="00903B41" w:rsidRPr="00972233" w:rsidRDefault="00903B41" w:rsidP="00EA2DF2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EFD7EAB" w14:textId="77777777" w:rsidR="00903B41" w:rsidRPr="00972233" w:rsidRDefault="00903B41" w:rsidP="00EA2DF2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>If an athlete is using their own blocks or brings a set of unusual or even home-made blocks, who should you notify? (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00903B41" w:rsidRPr="00972233" w14:paraId="239D4833" w14:textId="77777777" w:rsidTr="00EA2DF2">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F9C1F2A" w14:textId="77777777" w:rsidR="00903B41" w:rsidRPr="00972233" w:rsidRDefault="00903B41" w:rsidP="00EA2DF2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="73643BD0" w14:textId="77777777" w:rsidR="00903B41" w:rsidRPr="00972233" w:rsidRDefault="00903B41" w:rsidP="00EA2DF2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6757852F" w14:textId="6771959B" w:rsidR="00903B41" w:rsidRPr="00972233" w:rsidRDefault="00903B41" w:rsidP="00EA2DF2">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>The Chief Starter</w:t>
+            </w:r>
+            <w:r w:rsidR="002628B0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>s Assistant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00903B41" w:rsidRPr="00972233" w14:paraId="67EBBEC5" w14:textId="77777777" w:rsidTr="00EA2DF2">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63E7841F" w14:textId="77777777" w:rsidR="00903B41" w:rsidRPr="00972233" w:rsidRDefault="00903B41" w:rsidP="00EA2DF2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43C490EC" w14:textId="77777777" w:rsidR="00903B41" w:rsidRPr="00972233" w:rsidRDefault="00903B41" w:rsidP="00EA2DF2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66F88AA5" w14:textId="77777777" w:rsidR="00903B41" w:rsidRPr="00972233" w:rsidRDefault="00903B41" w:rsidP="00EA2DF2">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>The Track Referee</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00903B41" w:rsidRPr="00972233" w14:paraId="464C2342" w14:textId="77777777" w:rsidTr="00EA2DF2">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A027BCF" w14:textId="77777777" w:rsidR="00903B41" w:rsidRPr="00972233" w:rsidRDefault="00903B41" w:rsidP="00EA2DF2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C5491C9" w14:textId="77777777" w:rsidR="00903B41" w:rsidRPr="00972233" w:rsidRDefault="00903B41" w:rsidP="00EA2DF2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4369A0D7" w14:textId="77777777" w:rsidR="00903B41" w:rsidRPr="00972233" w:rsidRDefault="00903B41" w:rsidP="00EA2DF2">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>The Meeting Organiser</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00903B41" w:rsidRPr="00972233" w14:paraId="00BF6ED2" w14:textId="77777777" w:rsidTr="00EA2DF2">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71F17BEE" w14:textId="77777777" w:rsidR="00903B41" w:rsidRPr="00972233" w:rsidRDefault="00903B41" w:rsidP="00EA2DF2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="582C5B4F" w14:textId="77777777" w:rsidR="00903B41" w:rsidRPr="00972233" w:rsidRDefault="00903B41" w:rsidP="00EA2DF2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38B7DDA9" w14:textId="77777777" w:rsidR="00903B41" w:rsidRPr="00972233" w:rsidRDefault="00903B41" w:rsidP="00EA2DF2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>The Start Co-Ordinator</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="601C5667" w14:textId="77777777" w:rsidR="00903B41" w:rsidRPr="00972233" w:rsidRDefault="00903B41" w:rsidP="00ED074B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="704"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B00F6F" w:rsidRPr="00972233" w14:paraId="22430171" w14:textId="77777777" w:rsidTr="00B00F6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54854F85" w14:textId="03F78384" w:rsidR="00B00F6F" w:rsidRPr="00972233" w:rsidRDefault="00E41DDD" w:rsidP="009071DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00B00F6F" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="194881E7" w14:textId="77777777" w:rsidR="00B00F6F" w:rsidRPr="00972233" w:rsidRDefault="00B00F6F" w:rsidP="009071DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DAC3391" w14:textId="085C4A4A" w:rsidR="00B00F6F" w:rsidRPr="00972233" w:rsidRDefault="00AC6F46" w:rsidP="00AC6F46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">What rule number covers athlete’s vests in a relay race? </w:t>
+            </w:r>
+            <w:r w:rsidR="00630F76" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C442F5" w:rsidRPr="00972233" w14:paraId="290DFD00" w14:textId="77777777" w:rsidTr="00630F76">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F9B15A0" w14:textId="08A1B5FF" w:rsidR="00C442F5" w:rsidRPr="00972233" w:rsidRDefault="00C442F5" w:rsidP="00C442F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B99A98F" w14:textId="2F2F3B84" w:rsidR="00C442F5" w:rsidRPr="00972233" w:rsidRDefault="00C442F5" w:rsidP="00C442F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="510ADEB1" w14:textId="64A45849" w:rsidR="00C442F5" w:rsidRPr="00972233" w:rsidRDefault="00406279" w:rsidP="00C442F5">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TR5 S1(3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C442F5" w:rsidRPr="00972233" w14:paraId="57192B12" w14:textId="77777777" w:rsidTr="00B00F6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18AFB488" w14:textId="726229F5" w:rsidR="00C442F5" w:rsidRPr="00972233" w:rsidRDefault="00C442F5" w:rsidP="00C442F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27AD7C7B" w14:textId="420B0A6C" w:rsidR="00C442F5" w:rsidRPr="00972233" w:rsidRDefault="00C442F5" w:rsidP="00C442F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="458D4191" w14:textId="6272C5B3" w:rsidR="00C442F5" w:rsidRPr="00972233" w:rsidRDefault="00C442F5" w:rsidP="00C442F5">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TR5 S1(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C442F5" w:rsidRPr="00972233" w14:paraId="3105C2A0" w14:textId="77777777" w:rsidTr="00630F76">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="47AFAC25" w14:textId="77777777" w:rsidR="00C442F5" w:rsidRPr="00972233" w:rsidRDefault="00C442F5" w:rsidP="00C442F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="396BE122" w14:textId="7E2A3C16" w:rsidR="00C442F5" w:rsidRPr="00972233" w:rsidRDefault="00C442F5" w:rsidP="00C442F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AA89915" w14:textId="62817338" w:rsidR="00C442F5" w:rsidRPr="00972233" w:rsidRDefault="00C442F5" w:rsidP="00C442F5">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TR24.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C442F5" w:rsidRPr="00972233" w14:paraId="65F1582B" w14:textId="77777777" w:rsidTr="00B00F6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="450841AD" w14:textId="0331F2BD" w:rsidR="00C442F5" w:rsidRPr="00972233" w:rsidRDefault="00C442F5" w:rsidP="00C442F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68CC639C" w14:textId="0E296B44" w:rsidR="00C442F5" w:rsidRPr="00972233" w:rsidRDefault="00C442F5" w:rsidP="00C442F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="041648BE" w14:textId="3ADD1A3B" w:rsidR="00C442F5" w:rsidRPr="00972233" w:rsidRDefault="00406279" w:rsidP="00C442F5">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TR5.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="601BFBBC" w14:textId="3ECFB5E7" w:rsidR="00DB0A72" w:rsidRPr="00972233" w:rsidRDefault="00DB0A72" w:rsidP="00DB0A72">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004D03CE" w:rsidRPr="00972233" w14:paraId="34ED6E71" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67D32E65" w14:textId="5E72550B" w:rsidR="004D03CE" w:rsidRPr="00972233" w:rsidRDefault="00E41DDD" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="004D03CE" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA7B77A" w14:textId="77777777" w:rsidR="004D03CE" w:rsidRPr="00972233" w:rsidRDefault="004D03CE" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C36948B" w14:textId="2159DC55" w:rsidR="004D03CE" w:rsidRPr="00972233" w:rsidRDefault="00216D5C" w:rsidP="00216D5C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Where a kit exception is allowed relating to the start (under UKA rules) who makes this decision? </w:t>
+            </w:r>
+            <w:r w:rsidR="00630F76" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA4471" w:rsidRPr="00972233" w14:paraId="0C4381B9" w14:textId="77777777" w:rsidTr="00630F76">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="13B2A5A4" w14:textId="77777777" w:rsidR="00EA4471" w:rsidRPr="00972233" w:rsidRDefault="00EA4471" w:rsidP="00EA4471">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="47894E15" w14:textId="77777777" w:rsidR="00EA4471" w:rsidRPr="00972233" w:rsidRDefault="00EA4471" w:rsidP="00EA4471">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="79855CBC" w14:textId="29FD3560" w:rsidR="00EA4471" w:rsidRPr="00972233" w:rsidRDefault="00EA4471" w:rsidP="00EA4471">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>The Start Co-Ordinator</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA4471" w:rsidRPr="00972233" w14:paraId="4A2BDF3A" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14D45F91" w14:textId="77777777" w:rsidR="00EA4471" w:rsidRPr="00972233" w:rsidRDefault="00EA4471" w:rsidP="00EA4471">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3262EA7C" w14:textId="77777777" w:rsidR="00EA4471" w:rsidRPr="00972233" w:rsidRDefault="00EA4471" w:rsidP="00EA4471">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17CA625A" w14:textId="6DF6946A" w:rsidR="00EA4471" w:rsidRPr="00972233" w:rsidRDefault="00EA4471" w:rsidP="00EA4471">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>The Chief Starter’s Assistant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA4471" w:rsidRPr="00972233" w14:paraId="0E787750" w14:textId="77777777" w:rsidTr="00630F76">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="101F8752" w14:textId="3AF0843B" w:rsidR="00EA4471" w:rsidRPr="00972233" w:rsidRDefault="00EA4471" w:rsidP="00EA4471">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="249700B3" w14:textId="77777777" w:rsidR="00EA4471" w:rsidRPr="00972233" w:rsidRDefault="00EA4471" w:rsidP="00EA4471">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="50029770" w14:textId="09AF0149" w:rsidR="00EA4471" w:rsidRPr="00972233" w:rsidRDefault="00EA4471" w:rsidP="00EA4471">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>The Meeting Organiser</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA4471" w:rsidRPr="00972233" w14:paraId="616E4749" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E85E073" w14:textId="3B74DFE6" w:rsidR="00EA4471" w:rsidRPr="00972233" w:rsidRDefault="00EA4471" w:rsidP="00EA4471">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="310071F2" w14:textId="77777777" w:rsidR="00EA4471" w:rsidRPr="00972233" w:rsidRDefault="00EA4471" w:rsidP="00EA4471">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79202667" w14:textId="01CCAC10" w:rsidR="00EA4471" w:rsidRPr="00972233" w:rsidRDefault="00EA4471" w:rsidP="00EA4471">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>The Track Referee</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="78AD80B4" w14:textId="41823696" w:rsidR="00DB0A72" w:rsidRPr="00972233" w:rsidRDefault="00DB0A72" w:rsidP="00DB0A72">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AD25C7" w:rsidRPr="00972233" w14:paraId="58F868DA" w14:textId="77777777" w:rsidTr="00AD25C7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="116713B6" w14:textId="16A4CBCF" w:rsidR="00AD25C7" w:rsidRPr="00972233" w:rsidRDefault="00E41DDD" w:rsidP="00AD25C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD25C7" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AC1962F" w14:textId="77777777" w:rsidR="00AD25C7" w:rsidRPr="00972233" w:rsidRDefault="00AD25C7" w:rsidP="00AD25C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A6BE9E2" w14:textId="4B67B0A9" w:rsidR="00AD25C7" w:rsidRPr="00972233" w:rsidRDefault="007823B0" w:rsidP="00AC4367">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Where would you find the competition rules on spikes/shoes?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00630F76" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB39E8" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00630F76" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mark</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB39E8" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00630F76" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D662CC" w:rsidRPr="00972233" w14:paraId="6B454B8C" w14:textId="77777777" w:rsidTr="00630F76">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="28B16AF8" w14:textId="5A50D182" w:rsidR="00D662CC" w:rsidRPr="00972233" w:rsidRDefault="00D662CC" w:rsidP="00D662CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CE77DB7" w14:textId="367DC9E5" w:rsidR="00D662CC" w:rsidRPr="00972233" w:rsidRDefault="00D662CC" w:rsidP="00D662CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="396177FF" w14:textId="67F96968" w:rsidR="00D662CC" w:rsidRPr="00972233" w:rsidRDefault="00D662CC" w:rsidP="00D662CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>TR5.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D662CC" w:rsidRPr="00972233" w14:paraId="228F0010" w14:textId="77777777" w:rsidTr="00AD25C7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="025C350F" w14:textId="380D9863" w:rsidR="00D662CC" w:rsidRPr="00972233" w:rsidRDefault="00D662CC" w:rsidP="00D662CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E48788B" w14:textId="183B52CB" w:rsidR="00D662CC" w:rsidRPr="00972233" w:rsidRDefault="00D662CC" w:rsidP="00D662CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="266C4490" w14:textId="4C480708" w:rsidR="00D662CC" w:rsidRPr="00972233" w:rsidRDefault="00D662CC" w:rsidP="00D662CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>TR8.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D662CC" w:rsidRPr="00972233" w14:paraId="0B4A3617" w14:textId="77777777" w:rsidTr="00630F76">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="40733B8D" w14:textId="0DBE585E" w:rsidR="00D662CC" w:rsidRPr="00972233" w:rsidRDefault="00D662CC" w:rsidP="00D662CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FC06006" w14:textId="3909D2BE" w:rsidR="00D662CC" w:rsidRPr="00972233" w:rsidRDefault="00D662CC" w:rsidP="00D662CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="32308AD1" w14:textId="57B833D0" w:rsidR="00D662CC" w:rsidRPr="00972233" w:rsidRDefault="00D662CC" w:rsidP="00D662CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">World Athletics Rules / Shoe Regulations </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D662CC" w:rsidRPr="00972233" w14:paraId="08EFBC2B" w14:textId="77777777" w:rsidTr="00AD25C7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BDB6493" w14:textId="0D8129A8" w:rsidR="00D662CC" w:rsidRPr="00972233" w:rsidRDefault="00D662CC" w:rsidP="00D662CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AAE4726" w14:textId="2F27C0B7" w:rsidR="00D662CC" w:rsidRPr="00972233" w:rsidRDefault="00D662CC" w:rsidP="00D662CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AEC5E6F" w14:textId="29A6EC52" w:rsidR="00D662CC" w:rsidRPr="00972233" w:rsidRDefault="00D662CC" w:rsidP="00D662CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TR26.2  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4C9E9E9A" w14:textId="69824D61" w:rsidR="00DB0A72" w:rsidRPr="00972233" w:rsidRDefault="00DB0A72" w:rsidP="00DB0A72">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AD25C7" w:rsidRPr="00972233" w14:paraId="68C8CA79" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="350BAB2B" w14:textId="50C83814" w:rsidR="00AD25C7" w:rsidRPr="00972233" w:rsidRDefault="00E41DDD" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD25C7" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BB2587B" w14:textId="77777777" w:rsidR="00AD25C7" w:rsidRPr="00972233" w:rsidRDefault="00AD25C7" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="738C4F3D" w14:textId="7AB92192" w:rsidR="00AD25C7" w:rsidRPr="00972233" w:rsidRDefault="006063C7" w:rsidP="006063C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>What rule applies to the number and position of Competition Bibs required?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003F10DA" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002407A9" w:rsidRPr="00972233" w14:paraId="5C53E919" w14:textId="77777777" w:rsidTr="003F10DA">
+        <w:trPr>
+          <w:trHeight w:val="179"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A0C72C6" w14:textId="77777777" w:rsidR="002407A9" w:rsidRPr="00972233" w:rsidRDefault="002407A9" w:rsidP="002407A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A9C0892" w14:textId="77777777" w:rsidR="002407A9" w:rsidRPr="00972233" w:rsidRDefault="002407A9" w:rsidP="002407A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F019F94" w14:textId="40DCDA4A" w:rsidR="002407A9" w:rsidRPr="00972233" w:rsidRDefault="002407A9" w:rsidP="002407A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>TR5.9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002407A9" w:rsidRPr="00972233" w14:paraId="69D77B6B" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A225959" w14:textId="46DF6452" w:rsidR="002407A9" w:rsidRPr="00972233" w:rsidRDefault="002407A9" w:rsidP="002407A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32CA6913" w14:textId="77777777" w:rsidR="002407A9" w:rsidRPr="00972233" w:rsidRDefault="002407A9" w:rsidP="002407A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A2DCB28" w14:textId="4CB26077" w:rsidR="002407A9" w:rsidRPr="00972233" w:rsidRDefault="002407A9" w:rsidP="002407A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>TR5</w:t>
+            </w:r>
+            <w:r w:rsidR="003C35F3" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002407A9" w:rsidRPr="00972233" w14:paraId="22444FA0" w14:textId="77777777" w:rsidTr="003F10DA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA6B96D" w14:textId="017AD9A5" w:rsidR="002407A9" w:rsidRPr="00972233" w:rsidRDefault="002407A9" w:rsidP="002407A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3924403F" w14:textId="77777777" w:rsidR="002407A9" w:rsidRPr="00972233" w:rsidRDefault="002407A9" w:rsidP="002407A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EC18CD3" w14:textId="4B4481FD" w:rsidR="002407A9" w:rsidRPr="00972233" w:rsidRDefault="002407A9" w:rsidP="002407A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>TR5.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002407A9" w:rsidRPr="00972233" w14:paraId="08054C96" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31AF5FDA" w14:textId="5A4C78FA" w:rsidR="002407A9" w:rsidRPr="00972233" w:rsidRDefault="002407A9" w:rsidP="002407A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FFD06E9" w14:textId="77777777" w:rsidR="002407A9" w:rsidRPr="00972233" w:rsidRDefault="002407A9" w:rsidP="002407A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18FEF4E2" w14:textId="0A1CCE3C" w:rsidR="002407A9" w:rsidRPr="00972233" w:rsidRDefault="002407A9" w:rsidP="002407A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>TR5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="25C84B61" w14:textId="0E7C7879" w:rsidR="00972233" w:rsidRDefault="00972233" w:rsidP="00DB0A72">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="582661D1" w14:textId="77777777" w:rsidR="00972233" w:rsidRDefault="00972233">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
-        <w:t>Mark with an X where you would call up the athletes</w:t>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="440975B7" w14:textId="77777777" w:rsidR="00B4619D" w:rsidRDefault="00B4619D" w:rsidP="00011DF7">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AD25C7" w:rsidRPr="00972233" w14:paraId="3417021F" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D64AC59" w14:textId="3B879DE5" w:rsidR="00AD25C7" w:rsidRPr="00972233" w:rsidRDefault="00E41DDD" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD25C7" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A349818" w14:textId="77777777" w:rsidR="00AD25C7" w:rsidRPr="00972233" w:rsidRDefault="00AD25C7" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B695CBA" w14:textId="3E2CA6FA" w:rsidR="00AD25C7" w:rsidRPr="00972233" w:rsidRDefault="00A93E2C" w:rsidP="00A93E2C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If an athlete reports to the start with a bib that has been folded, and they tell you it is to make it more comfortable to wear, would you? </w:t>
+            </w:r>
+            <w:r w:rsidR="003F10DA" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002F46A0" w:rsidRPr="00972233" w14:paraId="7F00995D" w14:textId="77777777" w:rsidTr="003F10DA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="71B91BBA" w14:textId="243ABB96" w:rsidR="002F46A0" w:rsidRPr="00972233" w:rsidRDefault="002F46A0" w:rsidP="002F46A0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="65699ED0" w14:textId="77777777" w:rsidR="002F46A0" w:rsidRPr="00972233" w:rsidRDefault="002F46A0" w:rsidP="002F46A0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FFE6F4D" w14:textId="0E1CC9AE" w:rsidR="002F46A0" w:rsidRPr="00972233" w:rsidRDefault="00F509FE" w:rsidP="002F46A0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Encourage them to wear the bib as issued and explain they could be disqualified if they do not</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004259FA" w:rsidRPr="00972233" w14:paraId="1CD30863" w14:textId="77777777" w:rsidTr="00F43CB4">
+        <w:trPr>
+          <w:trHeight w:val="58"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55086E0F" w14:textId="2E6B3B17" w:rsidR="004259FA" w:rsidRPr="00972233" w:rsidRDefault="004259FA" w:rsidP="004259FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F73173B" w14:textId="77777777" w:rsidR="004259FA" w:rsidRPr="00972233" w:rsidRDefault="004259FA" w:rsidP="004259FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D4F0DD9" w14:textId="72F22FA4" w:rsidR="004259FA" w:rsidRPr="00972233" w:rsidRDefault="004259FA" w:rsidP="004259FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Accept their explanation and take no further action</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004259FA" w:rsidRPr="00972233" w14:paraId="3A8536D8" w14:textId="77777777" w:rsidTr="003F10DA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="66F58D89" w14:textId="77777777" w:rsidR="004259FA" w:rsidRPr="00972233" w:rsidRDefault="004259FA" w:rsidP="004259FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7543BD39" w14:textId="77777777" w:rsidR="004259FA" w:rsidRPr="00972233" w:rsidRDefault="004259FA" w:rsidP="004259FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="42BF2898" w14:textId="25838630" w:rsidR="004259FA" w:rsidRPr="00972233" w:rsidRDefault="004259FA" w:rsidP="004259FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Allow them to cut the bib to remove the folds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004259FA" w:rsidRPr="00972233" w14:paraId="4F8AA8D7" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2395DE54" w14:textId="77777777" w:rsidR="004259FA" w:rsidRPr="00972233" w:rsidRDefault="004259FA" w:rsidP="004259FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="477EF888" w14:textId="77777777" w:rsidR="004259FA" w:rsidRPr="00972233" w:rsidRDefault="004259FA" w:rsidP="004259FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D116633" w14:textId="7500B18C" w:rsidR="004259FA" w:rsidRPr="00972233" w:rsidRDefault="004259FA" w:rsidP="004259FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ask the Chief Starter</w:t>
+            </w:r>
+            <w:r w:rsidR="002628B0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>s Assistant to disqualify them</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="408AA3B3" w14:textId="77777777" w:rsidR="0069575E" w:rsidRPr="00972233" w:rsidRDefault="0069575E" w:rsidP="00DB0A72">
       <w:pPr>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00952E81" w:rsidRPr="00972233" w14:paraId="4A2E0BC1" w14:textId="77777777" w:rsidTr="00952E81">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E4A1191" w14:textId="7B912197" w:rsidR="00952E81" w:rsidRPr="00972233" w:rsidRDefault="00C25023" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41DDD" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00952E81" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A90954F" w14:textId="77777777" w:rsidR="00952E81" w:rsidRPr="00972233" w:rsidRDefault="00952E81" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="781B4B8B" w14:textId="4213BF2B" w:rsidR="00952E81" w:rsidRPr="00972233" w:rsidRDefault="007F614E" w:rsidP="007F614E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>If an athlete reports for a track race wearing only a front bib, because they have previously been competing in the Long Jump, what action should you take?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00946632" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004350D4" w:rsidRPr="00972233" w14:paraId="040423FB" w14:textId="77777777" w:rsidTr="00946632">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DCE5235" w14:textId="7B4D92C0" w:rsidR="004350D4" w:rsidRPr="00972233" w:rsidRDefault="004350D4" w:rsidP="004350D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F346C7B" w14:textId="55D45C7A" w:rsidR="004350D4" w:rsidRPr="00972233" w:rsidRDefault="004350D4" w:rsidP="004350D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5932917C" w14:textId="136E1E2F" w:rsidR="004350D4" w:rsidRPr="00972233" w:rsidRDefault="004350D4" w:rsidP="004350D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Refuse to let them run</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004350D4" w:rsidRPr="00972233" w14:paraId="16728BED" w14:textId="77777777" w:rsidTr="00952E81">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6385D97B" w14:textId="77777777" w:rsidR="004350D4" w:rsidRPr="00972233" w:rsidRDefault="004350D4" w:rsidP="004350D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20F532E1" w14:textId="678904DC" w:rsidR="004350D4" w:rsidRPr="00972233" w:rsidRDefault="004350D4" w:rsidP="004350D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79ADAA7E" w14:textId="4EB04BCF" w:rsidR="004350D4" w:rsidRPr="00972233" w:rsidRDefault="004350D4" w:rsidP="004350D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Tell them it will be fine to only wear one bib</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004350D4" w:rsidRPr="00972233" w14:paraId="371056C2" w14:textId="77777777" w:rsidTr="00946632">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="436EC928" w14:textId="2C82E042" w:rsidR="004350D4" w:rsidRPr="00972233" w:rsidRDefault="004350D4" w:rsidP="004350D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C27D701" w14:textId="3C2B38A7" w:rsidR="004350D4" w:rsidRPr="00972233" w:rsidRDefault="004350D4" w:rsidP="004350D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F70022C" w14:textId="6249C9A6" w:rsidR="004350D4" w:rsidRPr="00972233" w:rsidRDefault="004350D4" w:rsidP="004350D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ask if they have a second bib, if not send them away to obtain one</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004350D4" w:rsidRPr="00972233" w14:paraId="180C0966" w14:textId="77777777" w:rsidTr="00952E81">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08DD2539" w14:textId="03D8BC00" w:rsidR="004350D4" w:rsidRPr="00972233" w:rsidRDefault="004350D4" w:rsidP="004350D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26E9BFE5" w14:textId="0241E93E" w:rsidR="004350D4" w:rsidRPr="00972233" w:rsidRDefault="004350D4" w:rsidP="004350D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="707372E7" w14:textId="32CCE588" w:rsidR="004350D4" w:rsidRPr="00972233" w:rsidRDefault="004350D4" w:rsidP="004350D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ask if they have a second bib, if not either make up a bib using the back of a spare number and black marker pen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="45593B5E" w14:textId="77777777" w:rsidR="00946632" w:rsidRPr="00972233" w:rsidRDefault="00946632" w:rsidP="00AD25C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="57345B36" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50C0BF65" w14:textId="0B4A6AC9" w:rsidR="002358B7" w:rsidRPr="00972233" w:rsidRDefault="00C25023" w:rsidP="002358B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41DDD" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="002358B7" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D7B7590" w14:textId="77777777" w:rsidR="002358B7" w:rsidRPr="00972233" w:rsidRDefault="002358B7" w:rsidP="002358B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62F474DE" w14:textId="489F17BE" w:rsidR="002358B7" w:rsidRPr="00972233" w:rsidRDefault="003A3FE8" w:rsidP="003A3FE8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In what circumstances </w:t>
+            </w:r>
+            <w:r w:rsidR="00C04D8E" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>could</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> you expect </w:t>
+            </w:r>
+            <w:r w:rsidR="00C04D8E" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>h</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ip </w:t>
+            </w:r>
+            <w:r w:rsidR="00C04D8E" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>umbers</w:t>
+            </w:r>
+            <w:r w:rsidR="00C04D8E" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00866A04" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be required to be worn by athletes in a race? </w:t>
+            </w:r>
+            <w:r w:rsidR="00946632" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="2A348185" w14:textId="77777777" w:rsidTr="00946632">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E9C1C68" w14:textId="77777777" w:rsidR="007B1B5F" w:rsidRPr="00972233" w:rsidRDefault="007B1B5F" w:rsidP="007B1B5F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="15FA89F1" w14:textId="77777777" w:rsidR="007B1B5F" w:rsidRPr="00972233" w:rsidRDefault="007B1B5F" w:rsidP="007B1B5F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="478A92F4" w14:textId="76E91D55" w:rsidR="007B1B5F" w:rsidRPr="00972233" w:rsidRDefault="007B1B5F" w:rsidP="007B1B5F">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>In all competitions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="0637467A" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B598DDA" w14:textId="33E20DEF" w:rsidR="007B1B5F" w:rsidRPr="00972233" w:rsidRDefault="007B1B5F" w:rsidP="007B1B5F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75A3C96C" w14:textId="77777777" w:rsidR="007B1B5F" w:rsidRPr="00972233" w:rsidRDefault="007B1B5F" w:rsidP="007B1B5F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27731D49" w14:textId="23B74860" w:rsidR="007B1B5F" w:rsidRPr="00972233" w:rsidRDefault="007B1B5F" w:rsidP="007B1B5F">
+            <w:pPr>
+              <w:ind w:left="720" w:hanging="720"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Where </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD1EAD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Photofinish</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is in use with a front facing camera</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D784E" w:rsidRPr="00972233" w14:paraId="3B78AD57" w14:textId="77777777" w:rsidTr="00946632">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="11975857" w14:textId="48FB820A" w:rsidR="009D784E" w:rsidRPr="00972233" w:rsidRDefault="009D784E" w:rsidP="009D784E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7624C6E9" w14:textId="77777777" w:rsidR="009D784E" w:rsidRPr="00972233" w:rsidRDefault="009D784E" w:rsidP="009D784E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BEFD985" w14:textId="0EA35915" w:rsidR="009D784E" w:rsidRPr="00972233" w:rsidRDefault="008A448E" w:rsidP="008A448E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Where </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD1EAD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Photofinish</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is in use, in any race where the athletes can break from their lane</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D784E" w:rsidRPr="00972233" w14:paraId="4909BC42" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F9EBD59" w14:textId="77777777" w:rsidR="009D784E" w:rsidRPr="00972233" w:rsidRDefault="009D784E" w:rsidP="009D784E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27D2B189" w14:textId="77777777" w:rsidR="009D784E" w:rsidRPr="00972233" w:rsidRDefault="009D784E" w:rsidP="009D784E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58F1A312" w14:textId="49D8DE24" w:rsidR="009D784E" w:rsidRPr="00972233" w:rsidRDefault="00B8688A" w:rsidP="00B8688A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Where </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD1EAD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Photofinish</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is in use, in all sprint races</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1E615430" w14:textId="73B89066" w:rsidR="00DB0A72" w:rsidRPr="00972233" w:rsidRDefault="00DB0A72" w:rsidP="00DB0A72">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008F1E94" w:rsidRPr="00972233" w14:paraId="02CB8327" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38C938E9" w14:textId="37B78740" w:rsidR="008F1E94" w:rsidRPr="00972233" w:rsidRDefault="00A5610A" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41DDD" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC6AE3" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A9908A1" w14:textId="77777777" w:rsidR="008F1E94" w:rsidRPr="00972233" w:rsidRDefault="008F1E94" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59A0A44A" w14:textId="60B4EB95" w:rsidR="008F1E94" w:rsidRPr="00972233" w:rsidRDefault="009F0422" w:rsidP="009F0422">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Where would you require athletes to fix the Hip Numbers when the </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD1EAD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Photofinish</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Camera is on the outside of the track? </w:t>
+            </w:r>
+            <w:r w:rsidR="00E63C1D" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00364149" w:rsidRPr="00972233" w14:paraId="0EC2E649" w14:textId="77777777" w:rsidTr="00946632">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="54732198" w14:textId="04009228" w:rsidR="00364149" w:rsidRPr="00972233" w:rsidRDefault="00364149" w:rsidP="00364149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FDCA76D" w14:textId="77777777" w:rsidR="00364149" w:rsidRPr="00972233" w:rsidRDefault="00364149" w:rsidP="00364149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F0FDDF6" w14:textId="041A73A9" w:rsidR="00364149" w:rsidRPr="00972233" w:rsidRDefault="00364149" w:rsidP="00364149">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>On the front of their shorts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00364149" w:rsidRPr="00972233" w14:paraId="4659B74B" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66092FAC" w14:textId="0A887FEF" w:rsidR="00364149" w:rsidRPr="00972233" w:rsidRDefault="00364149" w:rsidP="00364149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0976B952" w14:textId="77777777" w:rsidR="00364149" w:rsidRPr="00972233" w:rsidRDefault="00364149" w:rsidP="00364149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AB03E7B" w14:textId="15554784" w:rsidR="00364149" w:rsidRPr="00972233" w:rsidRDefault="00364149" w:rsidP="00364149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">On the </w:t>
+            </w:r>
+            <w:r w:rsidR="00907B1A" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>right</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>-hand side of their shorts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00364149" w:rsidRPr="00972233" w14:paraId="4EBBE794" w14:textId="77777777" w:rsidTr="00946632">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AD9A470" w14:textId="29EB8AA3" w:rsidR="00364149" w:rsidRPr="00972233" w:rsidRDefault="00364149" w:rsidP="00364149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A8667FC" w14:textId="77777777" w:rsidR="00364149" w:rsidRPr="00972233" w:rsidRDefault="00364149" w:rsidP="00364149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="614FD56F" w14:textId="03A55246" w:rsidR="00364149" w:rsidRPr="00972233" w:rsidRDefault="00262565" w:rsidP="00364149">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">On the </w:t>
+            </w:r>
+            <w:r w:rsidR="00907B1A" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>left</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>-hand side of their shorts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00364149" w:rsidRPr="00972233" w14:paraId="4144B447" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19AFF3F5" w14:textId="4237A797" w:rsidR="00364149" w:rsidRPr="00972233" w:rsidRDefault="00364149" w:rsidP="00364149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E2EB3A8" w14:textId="77777777" w:rsidR="00364149" w:rsidRPr="00972233" w:rsidRDefault="00364149" w:rsidP="00364149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30AEE99B" w14:textId="46941050" w:rsidR="00364149" w:rsidRPr="00972233" w:rsidRDefault="00262565" w:rsidP="00364149">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>No hip numbers would be required.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0676363E" w14:textId="31A0B670" w:rsidR="00DB0A72" w:rsidRPr="00972233" w:rsidRDefault="00DB0A72" w:rsidP="00DB0A72">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00946632" w:rsidRPr="00972233" w14:paraId="08E7A30F" w14:textId="77777777" w:rsidTr="00946632">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ED7050E" w14:textId="3CC73B47" w:rsidR="00946632" w:rsidRPr="00972233" w:rsidRDefault="00F65E80" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41DDD" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00946632" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29E9D190" w14:textId="77777777" w:rsidR="00946632" w:rsidRPr="00972233" w:rsidRDefault="00946632" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A19553C" w14:textId="53F62767" w:rsidR="00946632" w:rsidRPr="00972233" w:rsidRDefault="00F14505" w:rsidP="00762A86">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In the following list which do you consider are </w:t>
+            </w:r>
+            <w:r w:rsidR="00F46926" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">generally </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>essential to have in your Starter</w:t>
+            </w:r>
+            <w:r w:rsidR="002628B0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s Assistant bag? </w:t>
+            </w:r>
+            <w:r w:rsidR="000D1FC3" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="002306DF" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="000D1FC3" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mark</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC2C45" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00450163" w:rsidRPr="00972233" w14:paraId="580C2A87" w14:textId="77777777" w:rsidTr="000D1FC3">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE9B3CA" w14:textId="7D83AC84" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="79A32399" w14:textId="77777777" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="02998EE9" w14:textId="78DD062A" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Clipboard</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00450163" w:rsidRPr="00972233" w14:paraId="690B11A2" w14:textId="77777777" w:rsidTr="000D1FC3">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7469B6B9" w14:textId="3F7E4F3F" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1693C401" w14:textId="4555F4FF" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DD32A50" w14:textId="5242605C" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Pens/Pencils</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00450163" w:rsidRPr="00972233" w14:paraId="6617FBD0" w14:textId="77777777" w:rsidTr="000D1FC3">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED6F980" w14:textId="6BB2F123" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="682E4CEF" w14:textId="61186CAC" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="534A57D2" w14:textId="577780DD" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Spare Safety Pins</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00450163" w:rsidRPr="00972233" w14:paraId="62A6334F" w14:textId="77777777" w:rsidTr="006A1A5D">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58968898" w14:textId="4AD9AFF8" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22031234" w14:textId="2662E7E5" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ADE0657" w14:textId="1E977727" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Tape Measure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00450163" w:rsidRPr="00972233" w14:paraId="426D16A7" w14:textId="77777777" w:rsidTr="000D1FC3">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="37FD556F" w14:textId="77777777" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CC34B7C" w14:textId="553F83B9" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B338474" w14:textId="33C2D6FB" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spare Hip numbers </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00450163" w:rsidRPr="00972233" w14:paraId="1CC28E9D" w14:textId="77777777" w:rsidTr="006A1A5D">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47987080" w14:textId="1C40986F" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E20C5C0" w14:textId="1D7D86F1" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A4F3C22" w14:textId="54BE1D6B" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>UKA Rule Book</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00450163" w:rsidRPr="00972233" w14:paraId="1B22195C" w14:textId="77777777" w:rsidTr="000D1FC3">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E4CFCC5" w14:textId="77777777" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A89C7E4" w14:textId="73AE8731" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="52C643C1" w14:textId="1C7B8197" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Highlighter Pens</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00450163" w:rsidRPr="00972233" w14:paraId="13E3D48F" w14:textId="77777777" w:rsidTr="006A1A5D">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41DC9F63" w14:textId="75249DE8" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47DB79B2" w14:textId="0985531F" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>H</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49D88E9C" w14:textId="49275107" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Warning Cards</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00450163" w:rsidRPr="00972233" w14:paraId="2EB3DB28" w14:textId="77777777" w:rsidTr="000D1FC3">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4975FDC2" w14:textId="18CAC758" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E94CCA0" w14:textId="5AD28A87" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D7AE51A" w14:textId="045C44DA" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Spike Gauge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00450163" w:rsidRPr="00972233" w14:paraId="0BDBB0F7" w14:textId="77777777" w:rsidTr="006A1A5D">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="447CAB53" w14:textId="77777777" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DC574FA" w14:textId="5A1934B5" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>J</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B259541" w14:textId="62CA015C" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Stopwatch</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00450163" w:rsidRPr="00972233" w14:paraId="5AC72F00" w14:textId="77777777" w:rsidTr="000D1FC3">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0603AC94" w14:textId="364E2A66" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="56004F3B" w14:textId="1407F187" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="64EC5D61" w14:textId="7AA32007" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Thick Waterproof Marker Pen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00450163" w:rsidRPr="00972233" w14:paraId="15BB6D1E" w14:textId="77777777" w:rsidTr="006A1A5D">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B2BBC31" w14:textId="77777777" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17DF6764" w14:textId="0FC97F7E" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="708E14A8" w14:textId="5F10A52D" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Waterproofs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00450163" w:rsidRPr="00972233" w14:paraId="5C14EE14" w14:textId="77777777" w:rsidTr="000D1FC3">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F5B9B3D" w14:textId="77777777" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="585F50F8" w14:textId="402CC822" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BB223D1" w14:textId="1C9D9A46" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Sunscreen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00450163" w:rsidRPr="00972233" w14:paraId="201716D6" w14:textId="77777777" w:rsidTr="006A1A5D">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5214EA78" w14:textId="77777777" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0773EB71" w14:textId="1106A582" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="051C0C78" w14:textId="65342A9F" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Water bottle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00450163" w:rsidRPr="00972233" w14:paraId="00CEF1D1" w14:textId="77777777" w:rsidTr="000D1FC3">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E40F06C" w14:textId="77777777" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C54273D" w14:textId="1E1FA0CA" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="73723E5A" w14:textId="1D5402A3" w:rsidR="00450163" w:rsidRPr="00972233" w:rsidRDefault="00450163" w:rsidP="00450163">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Cards/Sticks for lane draws</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6E54231F" w14:textId="6FBD6411" w:rsidR="00C76853" w:rsidRPr="00972233" w:rsidRDefault="00C76853" w:rsidP="00DB0A72">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10B5071C" w14:textId="77777777" w:rsidR="0069575E" w:rsidRPr="00972233" w:rsidRDefault="0069575E" w:rsidP="00DB0A72">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="707497E3" w14:textId="77777777" w:rsidR="0069575E" w:rsidRPr="00972233" w:rsidRDefault="0069575E" w:rsidP="00DB0A72">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B998EBB" w14:textId="77777777" w:rsidR="0069575E" w:rsidRPr="00972233" w:rsidRDefault="0069575E" w:rsidP="00DB0A72">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6946F36D" w14:textId="77777777" w:rsidR="0069575E" w:rsidRPr="00972233" w:rsidRDefault="0069575E" w:rsidP="00DB0A72">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="6FD1EB87" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D54C7A" w14:textId="45235E69" w:rsidR="005E2BEA" w:rsidRPr="00972233" w:rsidRDefault="00F65E80" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41DDD" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="005E2BEA" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EE3A881" w14:textId="77777777" w:rsidR="005E2BEA" w:rsidRPr="00972233" w:rsidRDefault="005E2BEA" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BD46FCE" w14:textId="1EA5F6A9" w:rsidR="005E2BEA" w:rsidRPr="00972233" w:rsidRDefault="004233E3" w:rsidP="004233E3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Under UKA Rules which card would be shown in a Under 15 Boys 100m for a first False Start by any athlete? </w:t>
+            </w:r>
+            <w:r w:rsidR="000D1FC3" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="445FF287" w14:textId="77777777" w:rsidTr="000D1FC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="63459500" w14:textId="245381D8" w:rsidR="00CF68CE" w:rsidRPr="00972233" w:rsidRDefault="00CF68CE" w:rsidP="00CF68CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F71FDAF" w14:textId="77777777" w:rsidR="00CF68CE" w:rsidRPr="00972233" w:rsidRDefault="00CF68CE" w:rsidP="00CF68CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="531E16DD" w14:textId="21FD1269" w:rsidR="00CF68CE" w:rsidRPr="00972233" w:rsidRDefault="00CF68CE" w:rsidP="00CF68CE">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>No card</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="7699537F" w14:textId="77777777" w:rsidTr="000D1FC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CF47FF4" w14:textId="5767BFA6" w:rsidR="00CF68CE" w:rsidRPr="00972233" w:rsidRDefault="00CF68CE" w:rsidP="00CF68CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ADDBA96" w14:textId="03AB8C2F" w:rsidR="00CF68CE" w:rsidRPr="00972233" w:rsidRDefault="00CF68CE" w:rsidP="00CF68CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="374BEB94" w14:textId="263CDD65" w:rsidR="00CF68CE" w:rsidRPr="00972233" w:rsidRDefault="00CF68CE" w:rsidP="00CF68CE">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Red and Black diagonal card to the whole field and to the athlete who False Started</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="19659836" w14:textId="77777777" w:rsidTr="000D1FC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="28CC32FC" w14:textId="4FB4D849" w:rsidR="00877917" w:rsidRPr="00972233" w:rsidRDefault="00877917" w:rsidP="00877917">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CCCBB53" w14:textId="598F3BEA" w:rsidR="00877917" w:rsidRPr="00972233" w:rsidRDefault="00877917" w:rsidP="00877917">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="153B2776" w14:textId="5CA06593" w:rsidR="00877917" w:rsidRPr="00972233" w:rsidRDefault="0010151B" w:rsidP="0010151B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Yellow and Black Diagonal card to the athlete who False Started</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00877917" w:rsidRPr="00972233" w14:paraId="63D47106" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B8C9560" w14:textId="77777777" w:rsidR="00877917" w:rsidRPr="00972233" w:rsidRDefault="00877917" w:rsidP="00877917">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B4B3DDF" w14:textId="77777777" w:rsidR="00877917" w:rsidRPr="00972233" w:rsidRDefault="00877917" w:rsidP="00877917">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00915E1F" w14:textId="4F674B63" w:rsidR="00877917" w:rsidRPr="00972233" w:rsidRDefault="00DD4CDA" w:rsidP="00DD4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Green card to the whole field</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1D60CFB7" w14:textId="67DA48F3" w:rsidR="00DB0A72" w:rsidRPr="00972233" w:rsidRDefault="00DB0A72" w:rsidP="00DB0A72">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="26A3C732" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F8E456B" w14:textId="02838922" w:rsidR="00C03AA5" w:rsidRPr="00972233" w:rsidRDefault="00C03AA5" w:rsidP="00C03AA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41DDD" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3009D6A4" w14:textId="77777777" w:rsidR="00C03AA5" w:rsidRPr="00972233" w:rsidRDefault="00C03AA5" w:rsidP="00C03AA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="047C10F9" w14:textId="610B885F" w:rsidR="00C03AA5" w:rsidRPr="00972233" w:rsidRDefault="00C03AA5" w:rsidP="00C03AA5">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Please provide the relevant rule number for question 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41DDD" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="0CED58F7" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="741D9F7B" w14:textId="42302C18" w:rsidR="00C03AA5" w:rsidRPr="00972233" w:rsidRDefault="00C03AA5" w:rsidP="00C03AA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F7C151D" w14:textId="150FBEE1" w:rsidR="00C03AA5" w:rsidRPr="00972233" w:rsidRDefault="00C03AA5" w:rsidP="00C03AA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4642D4DF" w14:textId="3C2D89B7" w:rsidR="00C03AA5" w:rsidRPr="00972233" w:rsidRDefault="00C03AA5" w:rsidP="00C03AA5">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6F085F68" w14:textId="77777777" w:rsidR="000D1FC3" w:rsidRPr="00972233" w:rsidRDefault="000D1FC3" w:rsidP="00C76853">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="1341890F" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58D02457" w14:textId="2693B964" w:rsidR="00316A9D" w:rsidRPr="00972233" w:rsidRDefault="00E52954" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41DDD" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00A5610A" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="440F11F8" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="00972233" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BD3466D" w14:textId="7510D761" w:rsidR="00F11AB6" w:rsidRPr="00972233" w:rsidRDefault="001A31D2" w:rsidP="001A31D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Under UKA Rules, which card would be shown in a Under 20 Women 100m for a first False Start by any athlete? </w:t>
+            </w:r>
+            <w:r w:rsidR="00F11AB6" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="1A5912C5" w14:textId="77777777" w:rsidTr="00F11AB6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5433C689" w14:textId="79481FF7" w:rsidR="00316A9D" w:rsidRPr="00972233" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6154578D" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="00972233" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BAF97A2" w14:textId="07CE7127" w:rsidR="00316A9D" w:rsidRPr="00972233" w:rsidRDefault="00035213" w:rsidP="00035213">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Red and Black Diagonal </w:t>
+            </w:r>
+            <w:r w:rsidR="00E52954" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">card </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>to the athlete who False Started</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="53AD6F0E" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6631DF37" w14:textId="4D185C5A" w:rsidR="00E52954" w:rsidRPr="00972233" w:rsidRDefault="00E52954" w:rsidP="00E52954">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="224D1E0B" w14:textId="77777777" w:rsidR="00E52954" w:rsidRPr="00972233" w:rsidRDefault="00E52954" w:rsidP="00E52954">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03865667" w14:textId="177E7295" w:rsidR="00E52954" w:rsidRPr="00972233" w:rsidRDefault="00E52954" w:rsidP="00E52954">
+            <w:pPr>
+              <w:ind w:left="720" w:hanging="720"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Yellow Card to the athlete who False Started</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="1C2C3A54" w14:textId="77777777" w:rsidTr="00F11AB6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F8A4A6C" w14:textId="77777777" w:rsidR="00E52954" w:rsidRPr="00972233" w:rsidRDefault="00E52954" w:rsidP="00E52954">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3755DF03" w14:textId="77777777" w:rsidR="00E52954" w:rsidRPr="00972233" w:rsidRDefault="00E52954" w:rsidP="00E52954">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EBB8D66" w14:textId="05645AEC" w:rsidR="00E52954" w:rsidRPr="00972233" w:rsidRDefault="00E52954" w:rsidP="00E52954">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Yellow and Black Diagonal card to the athlete who False Started</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E52954" w:rsidRPr="00972233" w14:paraId="472B9258" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67C66BCD" w14:textId="77777777" w:rsidR="00E52954" w:rsidRPr="00972233" w:rsidRDefault="00E52954" w:rsidP="00E52954">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="422275A8" w14:textId="77777777" w:rsidR="00E52954" w:rsidRPr="00972233" w:rsidRDefault="00E52954" w:rsidP="00E52954">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F08943C" w14:textId="0A780A15" w:rsidR="00E52954" w:rsidRPr="00972233" w:rsidRDefault="00E52954" w:rsidP="00E52954">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Green Card to the whole field</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2A1DBE48" w14:textId="5EFF37B9" w:rsidR="00DB0A72" w:rsidRPr="00972233" w:rsidRDefault="00DB0A72" w:rsidP="00DB0A72">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="2BE6983B" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C07CF1D" w14:textId="4825383A" w:rsidR="00E52954" w:rsidRPr="00972233" w:rsidRDefault="00E52954" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41DDD" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02A18167" w14:textId="77777777" w:rsidR="00E52954" w:rsidRPr="00972233" w:rsidRDefault="00E52954" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08EDF542" w14:textId="0A216C90" w:rsidR="00E52954" w:rsidRPr="00972233" w:rsidRDefault="00E52954" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Please provide the relevant rule number for question 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41DDD" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="056CECD3" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="486AE332" w14:textId="77777777" w:rsidR="00E52954" w:rsidRPr="00972233" w:rsidRDefault="00E52954" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="479AC29A" w14:textId="77777777" w:rsidR="00E52954" w:rsidRPr="00972233" w:rsidRDefault="00E52954" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="17287067" w14:textId="46DF22D5" w:rsidR="00E52954" w:rsidRPr="00972233" w:rsidRDefault="00E52954" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4291BCE1" w14:textId="77777777" w:rsidR="00E52954" w:rsidRPr="00972233" w:rsidRDefault="00E52954" w:rsidP="00AD25C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="59896959" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3841E12D" w14:textId="121C2ECF" w:rsidR="00316A9D" w:rsidRPr="00972233" w:rsidRDefault="00E41DDD" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidR="00316A9D" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="526855C9" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="00972233" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20543531" w14:textId="75585E6F" w:rsidR="00316A9D" w:rsidRPr="00972233" w:rsidRDefault="00F65F2B" w:rsidP="00F11AB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Under UKA Rules which card would be shown in a Senior Men’s 110m Hurdles Decathlon for a first False Start by any athlete?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0005475F" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="574290D5" w14:textId="77777777" w:rsidTr="00F11AB6">
+        <w:trPr>
+          <w:trHeight w:val="132"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="079B5F4A" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="00972233" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA35932" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="00972233" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA1BFAA" w14:textId="6BE41BE0" w:rsidR="00316A9D" w:rsidRPr="00972233" w:rsidRDefault="00C01EDB" w:rsidP="0080754A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>A Red and Black Diagonal card to the athlete who False Started</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="203AEEA3" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FBB1E6F" w14:textId="00098AC1" w:rsidR="00316A9D" w:rsidRPr="00972233" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="388B671C" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="00972233" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56FF6E65" w14:textId="3C3F1FF3" w:rsidR="00316A9D" w:rsidRPr="00972233" w:rsidRDefault="0044337B" w:rsidP="00B47D79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Yellow and Black Diagonal card to the athlete who False Started and then to the whole field</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="29B4C5C7" w14:textId="77777777" w:rsidTr="00F11AB6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FE1A3CE" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="00972233" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E55DF57" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="00972233" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="245D488B" w14:textId="003ABDC8" w:rsidR="00316A9D" w:rsidRPr="00972233" w:rsidRDefault="0046490C" w:rsidP="00363489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>A Red Card to the athlete who False Started</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00316A9D" w:rsidRPr="00972233" w14:paraId="3C19F870" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17142F7F" w14:textId="3A9BB50C" w:rsidR="00316A9D" w:rsidRPr="00972233" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C6EEA8F" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="00972233" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46295E78" w14:textId="08329459" w:rsidR="00316A9D" w:rsidRPr="00972233" w:rsidRDefault="004506FF" w:rsidP="008F6E5F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA138D" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yellow </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Card to the athlete who False Started</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3C1747C9" w14:textId="091CB9BA" w:rsidR="00B00F5C" w:rsidRPr="00972233" w:rsidRDefault="00B00F5C" w:rsidP="00AD25C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="40A8B878" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EB1E522" w14:textId="6B35BA59" w:rsidR="00395943" w:rsidRPr="00972233" w:rsidRDefault="00E41DDD" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>16A</w:t>
+            </w:r>
+            <w:r w:rsidR="00395943" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49B01A33" w14:textId="77777777" w:rsidR="00395943" w:rsidRPr="00972233" w:rsidRDefault="00395943" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03E9EFFF" w14:textId="077331C2" w:rsidR="00395943" w:rsidRPr="00972233" w:rsidRDefault="00395943" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please provide the relevant rule number for question </w:t>
+            </w:r>
+            <w:r w:rsidR="00E41DDD" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="1D593580" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="23B99B3A" w14:textId="77777777" w:rsidR="00395943" w:rsidRPr="00972233" w:rsidRDefault="00395943" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2284CC6D" w14:textId="77777777" w:rsidR="00395943" w:rsidRPr="00972233" w:rsidRDefault="00395943" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BA32898" w14:textId="2E0DBD1C" w:rsidR="00395943" w:rsidRPr="00972233" w:rsidRDefault="00395943" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2205DBBD" w14:textId="77777777" w:rsidR="00395943" w:rsidRPr="00972233" w:rsidRDefault="00395943" w:rsidP="00AD25C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="534D78D1" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76198BEC" w14:textId="540EE54C" w:rsidR="00B47F6F" w:rsidRPr="00972233" w:rsidRDefault="00E41DDD" w:rsidP="00B47F6F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidR="00A5610A" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D19D9F0" w14:textId="77777777" w:rsidR="00B47F6F" w:rsidRPr="00972233" w:rsidRDefault="00B47F6F" w:rsidP="00B47F6F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AE0F615" w14:textId="6F3D82D8" w:rsidR="00B47F6F" w:rsidRPr="00972233" w:rsidRDefault="001A081E" w:rsidP="001A081E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Under UKA Rules which card would be shown in a Senior Women’s 200m Heptathlon for a second False Start by any athlete? </w:t>
+            </w:r>
+            <w:r w:rsidR="00F11AB6" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="5EE52C5B" w14:textId="77777777" w:rsidTr="00F11AB6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="39C55572" w14:textId="77777777" w:rsidR="00395943" w:rsidRPr="00972233" w:rsidRDefault="00395943" w:rsidP="00395943">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="626BC709" w14:textId="577DBC04" w:rsidR="00395943" w:rsidRPr="00972233" w:rsidRDefault="00395943" w:rsidP="00395943">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BBF8F31" w14:textId="20C14023" w:rsidR="00395943" w:rsidRPr="00972233" w:rsidRDefault="00395943" w:rsidP="00395943">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>A Yellow and Black Diagonal card to the athlete who False started</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="75CD3E85" w14:textId="77777777" w:rsidTr="00F11AB6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27D68751" w14:textId="77777777" w:rsidR="00395943" w:rsidRPr="00972233" w:rsidRDefault="00395943" w:rsidP="00395943">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C11E74B" w14:textId="39323F2B" w:rsidR="00395943" w:rsidRPr="00972233" w:rsidRDefault="00395943" w:rsidP="00395943">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05E32348" w14:textId="3E8277E5" w:rsidR="00395943" w:rsidRPr="00972233" w:rsidRDefault="00395943" w:rsidP="00395943">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>A Red Card to the athlete who False started</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="1D24ADA3" w14:textId="77777777" w:rsidTr="00F11AB6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="40EEC1CB" w14:textId="46397B2D" w:rsidR="00395943" w:rsidRPr="00972233" w:rsidRDefault="00395943" w:rsidP="00395943">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="228D704D" w14:textId="77777777" w:rsidR="00395943" w:rsidRPr="00972233" w:rsidRDefault="00395943" w:rsidP="00395943">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="28DF64A4" w14:textId="2C2A8394" w:rsidR="00395943" w:rsidRPr="00972233" w:rsidRDefault="00395943" w:rsidP="00395943">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>A Red and Black Diagonal card to the athlete who False Started and a Yellow and Black Diagonal card to the rest of the field</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00395943" w:rsidRPr="00972233" w14:paraId="4A2A2AA3" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="232619B0" w14:textId="300B0EB9" w:rsidR="00395943" w:rsidRPr="00972233" w:rsidRDefault="00395943" w:rsidP="00395943">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07B435C1" w14:textId="77777777" w:rsidR="00395943" w:rsidRPr="00972233" w:rsidRDefault="00395943" w:rsidP="00395943">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="277EE529" w14:textId="7447D146" w:rsidR="00395943" w:rsidRPr="00972233" w:rsidRDefault="00395943" w:rsidP="00395943">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>A Red and Black Diagonal card to the athlete who False Started</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="389513C9" w14:textId="3340A6BA" w:rsidR="00DB0A72" w:rsidRPr="00972233" w:rsidRDefault="00DB0A72" w:rsidP="00DB0A72">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="252D4202" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3106F76E" w14:textId="3A5EE2A1" w:rsidR="00395943" w:rsidRPr="00972233" w:rsidRDefault="00C15606" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>17A</w:t>
+            </w:r>
+            <w:r w:rsidR="00395943" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="734F0256" w14:textId="77777777" w:rsidR="00395943" w:rsidRPr="00972233" w:rsidRDefault="00395943" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3919931B" w14:textId="43F85407" w:rsidR="00395943" w:rsidRPr="00972233" w:rsidRDefault="00395943" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please provide the relevant rule number for question </w:t>
+            </w:r>
+            <w:r w:rsidR="00C15606" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="7EAF35D2" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="544A2057" w14:textId="77777777" w:rsidR="00395943" w:rsidRPr="00972233" w:rsidRDefault="00395943" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AC78CBC" w14:textId="77777777" w:rsidR="00395943" w:rsidRPr="00972233" w:rsidRDefault="00395943" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="146EEE0D" w14:textId="5248FE0B" w:rsidR="00395943" w:rsidRPr="00972233" w:rsidRDefault="00395943" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="60DD9E18" w14:textId="77777777" w:rsidR="00395943" w:rsidRPr="00972233" w:rsidRDefault="00395943" w:rsidP="00316A9D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F12C537" w14:textId="77777777" w:rsidR="0069575E" w:rsidRPr="00972233" w:rsidRDefault="0069575E" w:rsidP="00316A9D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="364"/>
+        <w:gridCol w:w="9424"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="7CB078A0" w14:textId="77777777" w:rsidTr="00DB0A72">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14C9C6CD" w14:textId="51EE8B3D" w:rsidR="00B46728" w:rsidRPr="00972233" w:rsidRDefault="00C15606" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidR="00F11AB6" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="364" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BDC73E0" w14:textId="77777777" w:rsidR="00B46728" w:rsidRPr="00972233" w:rsidRDefault="00B46728" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9424" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="042E3B95" w14:textId="1D2296FD" w:rsidR="00B46728" w:rsidRPr="00972233" w:rsidRDefault="00360642" w:rsidP="00360642">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If, in any of the scenarios in </w:t>
+            </w:r>
+            <w:r w:rsidR="009E6172" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Q1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C15606" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="009E6172" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>-Q</w:t>
+            </w:r>
+            <w:r w:rsidR="00C15606" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, the Starter asked for a conduct warning card to be shown what colour would the card be? </w:t>
+            </w:r>
+            <w:r w:rsidR="00B00F5C" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="363AA118" w14:textId="77777777" w:rsidTr="00DB0A72">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1910867E" w14:textId="77777777" w:rsidR="005C1582" w:rsidRPr="00972233" w:rsidRDefault="005C1582" w:rsidP="005C1582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="364" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A0446B3" w14:textId="77777777" w:rsidR="005C1582" w:rsidRPr="00972233" w:rsidRDefault="005C1582" w:rsidP="005C1582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9424" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0118F9FA" w14:textId="08013D6B" w:rsidR="005C1582" w:rsidRPr="00972233" w:rsidRDefault="009E6172" w:rsidP="005C1582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Red card</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="32F180E0" w14:textId="77777777" w:rsidTr="00DB0A72">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0242F52F" w14:textId="6AAC3F4E" w:rsidR="005C1582" w:rsidRPr="00972233" w:rsidRDefault="005C1582" w:rsidP="005C1582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="364" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC4B462" w14:textId="77777777" w:rsidR="005C1582" w:rsidRPr="00972233" w:rsidRDefault="005C1582" w:rsidP="005C1582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9424" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E49092A" w14:textId="66A73620" w:rsidR="005C1582" w:rsidRPr="00972233" w:rsidRDefault="00A4234E" w:rsidP="005C1582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Yellow card</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="5FBE9C27" w14:textId="77777777" w:rsidTr="00DB0A72">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="75E9EB70" w14:textId="77777777" w:rsidR="00E57941" w:rsidRPr="00972233" w:rsidRDefault="00E57941" w:rsidP="00E57941">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="364" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="29FA0E44" w14:textId="77777777" w:rsidR="00E57941" w:rsidRPr="00972233" w:rsidRDefault="00E57941" w:rsidP="00E57941">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9424" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="790213CD" w14:textId="132F8E4B" w:rsidR="00E57941" w:rsidRPr="00972233" w:rsidRDefault="00E57941" w:rsidP="00E57941">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Red and Black Diagonal card</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E57941" w:rsidRPr="00972233" w14:paraId="49CBBB98" w14:textId="77777777" w:rsidTr="00DB0A72">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E796799" w14:textId="33EBF481" w:rsidR="00E57941" w:rsidRPr="00972233" w:rsidRDefault="00E57941" w:rsidP="00E57941">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="364" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="028833D9" w14:textId="77777777" w:rsidR="00E57941" w:rsidRPr="00972233" w:rsidRDefault="00E57941" w:rsidP="00E57941">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9424" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E39C873" w14:textId="1EACF89F" w:rsidR="00E57941" w:rsidRPr="00972233" w:rsidRDefault="00E57941" w:rsidP="00E57941">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Green card</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="27E8A291" w14:textId="6D05714B" w:rsidR="00B46728" w:rsidRPr="00972233" w:rsidRDefault="00B46728" w:rsidP="00B46728">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="3C1A6F64" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26C05679" w14:textId="7F06B008" w:rsidR="009E6172" w:rsidRPr="00972233" w:rsidRDefault="00C15606" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="009E6172" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BC2195A" w14:textId="77777777" w:rsidR="009E6172" w:rsidRPr="00972233" w:rsidRDefault="009E6172" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="205370C8" w14:textId="7D148D8D" w:rsidR="009E6172" w:rsidRPr="00972233" w:rsidRDefault="00040A76" w:rsidP="00040A76">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Why should any warning card be at least size A5? </w:t>
+            </w:r>
+            <w:r w:rsidR="009E6172" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="39A36A4A" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D3014C9" w14:textId="04D841E9" w:rsidR="009E6172" w:rsidRPr="00972233" w:rsidRDefault="009E6172" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="189A4B79" w14:textId="77777777" w:rsidR="009E6172" w:rsidRPr="00972233" w:rsidRDefault="009E6172" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="724E1C5F" w14:textId="6E3B475F" w:rsidR="009E6172" w:rsidRPr="00972233" w:rsidRDefault="005A43D8" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>So that it can be seen both at the Start and around the track</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="137017ED" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D316370" w14:textId="77777777" w:rsidR="0068718D" w:rsidRPr="00972233" w:rsidRDefault="0068718D" w:rsidP="0068718D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AC08F42" w14:textId="77777777" w:rsidR="0068718D" w:rsidRPr="00972233" w:rsidRDefault="0068718D" w:rsidP="0068718D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4844D36F" w14:textId="65714461" w:rsidR="0068718D" w:rsidRPr="00972233" w:rsidRDefault="0068718D" w:rsidP="0068718D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>So that if fits comfortably on a clipboard/in your pocket</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="2508B8A4" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E52A754" w14:textId="77777777" w:rsidR="0068718D" w:rsidRPr="00972233" w:rsidRDefault="0068718D" w:rsidP="0068718D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="53EA1F40" w14:textId="77777777" w:rsidR="0068718D" w:rsidRPr="00972233" w:rsidRDefault="0068718D" w:rsidP="0068718D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="57BDBD01" w14:textId="091E862E" w:rsidR="0068718D" w:rsidRPr="00972233" w:rsidRDefault="0068718D" w:rsidP="0068718D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>So that the athlete(s) can see it</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0068718D" w:rsidRPr="00972233" w14:paraId="4E67AC2A" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AA026EC" w14:textId="77777777" w:rsidR="0068718D" w:rsidRPr="00972233" w:rsidRDefault="0068718D" w:rsidP="0068718D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D02002E" w14:textId="77777777" w:rsidR="0068718D" w:rsidRPr="00972233" w:rsidRDefault="0068718D" w:rsidP="0068718D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60CDB362" w14:textId="0379CA34" w:rsidR="0068718D" w:rsidRPr="00972233" w:rsidRDefault="0068718D" w:rsidP="0068718D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>So the Field Judges can see it</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="24914EA8" w14:textId="77653E44" w:rsidR="0068718D" w:rsidRPr="00972233" w:rsidRDefault="0068718D" w:rsidP="00B46728">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="4C653EF9" w14:textId="77777777" w:rsidTr="00C82424">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32E5E2C4" w14:textId="08CD65F9" w:rsidR="004004D6" w:rsidRPr="00972233" w:rsidRDefault="004004D6" w:rsidP="00C82424">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00C15606" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="383945B5" w14:textId="77777777" w:rsidR="004004D6" w:rsidRPr="00972233" w:rsidRDefault="004004D6" w:rsidP="00C82424">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0833F5B1" w14:textId="77777777" w:rsidR="004004D6" w:rsidRPr="00972233" w:rsidRDefault="004004D6" w:rsidP="00C82424">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If an athlete is identified as having withdrawn from a final but subsequently reports for another track race at the same meeting what would happen? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="112E78D4" w14:textId="77777777" w:rsidTr="00C82424">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="632DAEB9" w14:textId="77777777" w:rsidR="004004D6" w:rsidRPr="00972233" w:rsidRDefault="004004D6" w:rsidP="00C82424">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A94C7FF" w14:textId="77777777" w:rsidR="004004D6" w:rsidRPr="00972233" w:rsidRDefault="004004D6" w:rsidP="00C82424">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="68C964D7" w14:textId="77777777" w:rsidR="004004D6" w:rsidRPr="00972233" w:rsidRDefault="004004D6" w:rsidP="00C82424">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>It does not matter, no consequences for the athlete(s). They are able to compete in the later race.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="3FCDE841" w14:textId="77777777" w:rsidTr="00C82424">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EDE25FF" w14:textId="77777777" w:rsidR="004004D6" w:rsidRPr="00972233" w:rsidRDefault="004004D6" w:rsidP="00C82424">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B647E54" w14:textId="77777777" w:rsidR="004004D6" w:rsidRPr="00972233" w:rsidRDefault="004004D6" w:rsidP="00C82424">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="094F3C6D" w14:textId="77777777" w:rsidR="004004D6" w:rsidRPr="00972233" w:rsidRDefault="004004D6" w:rsidP="00C82424">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Athlete cannot compete in later race, as this is against the rules</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="1CD146AD" w14:textId="77777777" w:rsidTr="00C82424">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5953EA77" w14:textId="0212A082" w:rsidR="004004D6" w:rsidRPr="00972233" w:rsidRDefault="004004D6" w:rsidP="00C82424">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0356C3CE" w14:textId="77777777" w:rsidR="004004D6" w:rsidRPr="00972233" w:rsidRDefault="004004D6" w:rsidP="00C82424">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="32A270E1" w14:textId="267D0BF6" w:rsidR="004004D6" w:rsidRPr="00972233" w:rsidRDefault="007953E8" w:rsidP="00C82424">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Athlete may be able to compete if, they give the </w:t>
+            </w:r>
+            <w:r w:rsidR="002628B0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>tarter</w:t>
+            </w:r>
+            <w:r w:rsidR="002628B0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s </w:t>
+            </w:r>
+            <w:r w:rsidR="002628B0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ssistant a valid reason for withdrawing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004004D6" w:rsidRPr="00972233" w14:paraId="77C6999D" w14:textId="77777777" w:rsidTr="00C82424">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="239113A5" w14:textId="77777777" w:rsidR="004004D6" w:rsidRPr="00972233" w:rsidRDefault="004004D6" w:rsidP="00C82424">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FAB6EA5" w14:textId="77777777" w:rsidR="004004D6" w:rsidRPr="00972233" w:rsidRDefault="004004D6" w:rsidP="00C82424">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EC07147" w14:textId="77777777" w:rsidR="004004D6" w:rsidRPr="00972233" w:rsidRDefault="004004D6" w:rsidP="00C82424">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Athlete says they had withdrawn from the previous final because of a muscle spasm and are okay now. They are able to compete in the later race</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0E08C16E" w14:textId="3B0DBEEE" w:rsidR="004004D6" w:rsidRPr="00972233" w:rsidRDefault="004004D6" w:rsidP="00B46728">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="6D769981" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19070819" w14:textId="4F4CF5E3" w:rsidR="00E70195" w:rsidRPr="00972233" w:rsidRDefault="00E70195" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00C15606" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DCE6E30" w14:textId="77777777" w:rsidR="00E70195" w:rsidRPr="00972233" w:rsidRDefault="00E70195" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33660FBD" w14:textId="4E103423" w:rsidR="00E70195" w:rsidRPr="00972233" w:rsidRDefault="00CC5BD7" w:rsidP="00CC5BD7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Who would make the decision about the athlete competing in Q2</w:t>
+            </w:r>
+            <w:r w:rsidR="00C15606" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">? </w:t>
+            </w:r>
+            <w:r w:rsidR="00E70195" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="32A56C55" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="79EBCD84" w14:textId="77777777" w:rsidR="00E70195" w:rsidRPr="00972233" w:rsidRDefault="00E70195" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="66383145" w14:textId="77777777" w:rsidR="00E70195" w:rsidRPr="00972233" w:rsidRDefault="00E70195" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="14C708B3" w14:textId="73B7B9A9" w:rsidR="00E70195" w:rsidRPr="00972233" w:rsidRDefault="00911AC8" w:rsidP="00911AC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>The Meeting Manager</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="71410750" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F39C04A" w14:textId="4BE1847B" w:rsidR="00E70195" w:rsidRPr="00972233" w:rsidRDefault="00E70195" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35928E55" w14:textId="77777777" w:rsidR="00E70195" w:rsidRPr="00972233" w:rsidRDefault="00E70195" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="526B163D" w14:textId="042A7904" w:rsidR="00E70195" w:rsidRPr="00972233" w:rsidRDefault="00BA04CC" w:rsidP="00911AC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>The Track Referee</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="12EB7D4F" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="66C26A24" w14:textId="77777777" w:rsidR="00BD265E" w:rsidRPr="00972233" w:rsidRDefault="00BD265E" w:rsidP="00BD265E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B6EDE70" w14:textId="77777777" w:rsidR="00BD265E" w:rsidRPr="00972233" w:rsidRDefault="00BD265E" w:rsidP="00BD265E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="77585616" w14:textId="6C1463C2" w:rsidR="00BD265E" w:rsidRPr="00972233" w:rsidRDefault="00BD265E" w:rsidP="00BD265E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>The Start Co-Ordinator</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD265E" w:rsidRPr="00972233" w14:paraId="75BB9BFE" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F330827" w14:textId="77777777" w:rsidR="00BD265E" w:rsidRPr="00972233" w:rsidRDefault="00BD265E" w:rsidP="00BD265E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13CCB2D0" w14:textId="77777777" w:rsidR="00BD265E" w:rsidRPr="00972233" w:rsidRDefault="00BD265E" w:rsidP="00BD265E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EF485BE" w14:textId="2642356E" w:rsidR="00BD265E" w:rsidRPr="00972233" w:rsidRDefault="00BD265E" w:rsidP="00BD265E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>The Chief Starter</w:t>
+            </w:r>
+            <w:r w:rsidR="002628B0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>s Assistant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="69823D42" w14:textId="42B39750" w:rsidR="00172A9A" w:rsidRPr="00972233" w:rsidRDefault="00172A9A" w:rsidP="00AD25C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="73A52AA2" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FB3A1ED" w14:textId="3094E067" w:rsidR="00682957" w:rsidRPr="00972233" w:rsidRDefault="00682957" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00C15606" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2957FC35" w14:textId="77777777" w:rsidR="00682957" w:rsidRPr="00972233" w:rsidRDefault="00682957" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F734184" w14:textId="75415153" w:rsidR="00682957" w:rsidRPr="00972233" w:rsidRDefault="001A0784" w:rsidP="001A0784">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">You are the Starter’s Assistant on a 200m race, Starter has instructed the athletes “on your marks” and although they are subsequently settled, you notice an athlete has part of their hand touching the start line. In the first instance, what would you do? </w:t>
+            </w:r>
+            <w:r w:rsidR="00682957" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="44A45B0F" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="22618635" w14:textId="77777777" w:rsidR="005207A8" w:rsidRPr="00972233" w:rsidRDefault="005207A8" w:rsidP="005207A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="126674C0" w14:textId="77777777" w:rsidR="005207A8" w:rsidRPr="00972233" w:rsidRDefault="005207A8" w:rsidP="005207A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F99A6E3" w14:textId="797244D9" w:rsidR="005207A8" w:rsidRPr="00972233" w:rsidRDefault="005207A8" w:rsidP="005207A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Nothing as it is a minor infringement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="644EE293" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70462D61" w14:textId="77777777" w:rsidR="005207A8" w:rsidRPr="00972233" w:rsidRDefault="005207A8" w:rsidP="005207A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F47E7C3" w14:textId="77777777" w:rsidR="005207A8" w:rsidRPr="00972233" w:rsidRDefault="005207A8" w:rsidP="005207A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1492F1B1" w14:textId="2CF67A66" w:rsidR="005207A8" w:rsidRPr="00972233" w:rsidRDefault="005207A8" w:rsidP="005207A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Raise your clipboard to alert the Starter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="3616C610" w14:textId="77777777" w:rsidTr="000D6A37">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="415701FC" w14:textId="77777777" w:rsidR="005207A8" w:rsidRPr="00972233" w:rsidRDefault="005207A8" w:rsidP="005207A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="41F3FF8E" w14:textId="77777777" w:rsidR="005207A8" w:rsidRPr="00972233" w:rsidRDefault="005207A8" w:rsidP="005207A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="489FD0B7" w14:textId="6D86E14D" w:rsidR="005207A8" w:rsidRPr="00972233" w:rsidRDefault="005207A8" w:rsidP="005207A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Move onto the track to the athlete’s lane to ask them to move their hand back</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005207A8" w:rsidRPr="00972233" w14:paraId="7E1DB691" w14:textId="77777777" w:rsidTr="000D6A37">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22B91587" w14:textId="19627DB7" w:rsidR="005207A8" w:rsidRPr="00972233" w:rsidRDefault="005207A8" w:rsidP="005207A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="317B9AFC" w14:textId="77777777" w:rsidR="005207A8" w:rsidRPr="00972233" w:rsidRDefault="005207A8" w:rsidP="005207A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DF57F33" w14:textId="3ED53D34" w:rsidR="005207A8" w:rsidRPr="00972233" w:rsidRDefault="00712857" w:rsidP="005207A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>From the Starter Assistants’ position on the outside of the track, ask the athlete to move their hand behind the line</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7D12FA74" w14:textId="727D935E" w:rsidR="00911AC8" w:rsidRPr="00972233" w:rsidRDefault="00911AC8" w:rsidP="00AD25C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="69557A61" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37602DFE" w14:textId="51DC6429" w:rsidR="001F27E4" w:rsidRPr="00972233" w:rsidRDefault="001F27E4" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00C15606" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FD134F3" w14:textId="77777777" w:rsidR="001F27E4" w:rsidRPr="00972233" w:rsidRDefault="001F27E4" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17E939A7" w14:textId="1B8DB989" w:rsidR="001F27E4" w:rsidRPr="00972233" w:rsidRDefault="004B0BCC" w:rsidP="004B0BCC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>In the same race as Q2</w:t>
+            </w:r>
+            <w:r w:rsidR="00C15606" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> you are satisfied all athletes are correctly “on their marks”. Before the “set” command you notice that the knee of an athlete has lost contact with the ground. You ask the athlete to put their knee on the ground, and the athlete does not respond. What would you do? </w:t>
+            </w:r>
+            <w:r w:rsidR="00312A76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="001F27E4" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="502A2041" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F44DCB8" w14:textId="77777777" w:rsidR="002927DA" w:rsidRPr="00972233" w:rsidRDefault="002927DA" w:rsidP="002927DA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FD42D86" w14:textId="77777777" w:rsidR="002927DA" w:rsidRPr="00972233" w:rsidRDefault="002927DA" w:rsidP="002927DA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="69E34DBC" w14:textId="45F618CD" w:rsidR="002927DA" w:rsidRPr="00972233" w:rsidRDefault="002927DA" w:rsidP="002927DA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Nothing as the Starter will have seen it</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="27DB683E" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B243A39" w14:textId="77777777" w:rsidR="002927DA" w:rsidRPr="00972233" w:rsidRDefault="002927DA" w:rsidP="002927DA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37DA8A07" w14:textId="77777777" w:rsidR="002927DA" w:rsidRPr="00972233" w:rsidRDefault="002927DA" w:rsidP="002927DA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55EE08FB" w14:textId="79BFF741" w:rsidR="002927DA" w:rsidRPr="00972233" w:rsidRDefault="002927DA" w:rsidP="002927DA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ask the athlete to put their knee back on the ground</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="10AFC6FC" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="273ACAF2" w14:textId="320763A1" w:rsidR="001F27E4" w:rsidRPr="00972233" w:rsidRDefault="001F27E4" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="15887724" w14:textId="77777777" w:rsidR="001F27E4" w:rsidRPr="00972233" w:rsidRDefault="001F27E4" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F4F4FA9" w14:textId="2AEC8E76" w:rsidR="001F27E4" w:rsidRPr="00972233" w:rsidRDefault="004D2609" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Raise your clipboard to alert the Starter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="0EE70055" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42717B0D" w14:textId="77777777" w:rsidR="001F27E4" w:rsidRPr="00972233" w:rsidRDefault="001F27E4" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="168A82D5" w14:textId="77777777" w:rsidR="001F27E4" w:rsidRPr="00972233" w:rsidRDefault="001F27E4" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AC9E870" w14:textId="5EDABA08" w:rsidR="001F27E4" w:rsidRPr="00972233" w:rsidRDefault="008E406E" w:rsidP="008E406E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Move onto the track to the athlete’s lane to ask them to put their knee back down</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="70DB4F78" w14:textId="6AABCCC5" w:rsidR="00972233" w:rsidRDefault="00972233" w:rsidP="00AD25C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BDB8C0A" w14:textId="77777777" w:rsidR="00972233" w:rsidRDefault="00972233">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Mark with a blue line where you would assemble the athletes</w:t>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39F5C453" w14:textId="77777777" w:rsidR="00F23A96" w:rsidRPr="00B4619D" w:rsidRDefault="00F23A96" w:rsidP="00F23A96">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="18A8805E" w14:textId="77777777" w:rsidTr="0091084D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="510584E7" w14:textId="77777777" w:rsidR="00972233" w:rsidRPr="00972233" w:rsidRDefault="00972233" w:rsidP="0091084D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">24. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BC885AE" w14:textId="77777777" w:rsidR="00972233" w:rsidRPr="00972233" w:rsidRDefault="00972233" w:rsidP="0091084D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36BD5667" w14:textId="77777777" w:rsidR="00972233" w:rsidRPr="00972233" w:rsidRDefault="00972233" w:rsidP="0091084D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">You are the Starter’s Assistant on an 800m race, the Starter has instructed the athletes “on your marks” and although they have settled, you notice an athlete has one foot on the start line. What would you do? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="67C8E3A2" w14:textId="77777777" w:rsidTr="0091084D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="13514C8D" w14:textId="77777777" w:rsidR="00972233" w:rsidRPr="00972233" w:rsidRDefault="00972233" w:rsidP="0091084D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="30F26BC1" w14:textId="77777777" w:rsidR="00972233" w:rsidRPr="00972233" w:rsidRDefault="00972233" w:rsidP="0091084D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F1C9D3C" w14:textId="77777777" w:rsidR="00972233" w:rsidRPr="00972233" w:rsidRDefault="00972233" w:rsidP="0091084D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>From a position on the outside of the track, ask the athlete to move their foot behind the line</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="64B6EF88" w14:textId="77777777" w:rsidTr="0091084D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20D199B7" w14:textId="77777777" w:rsidR="00972233" w:rsidRPr="00972233" w:rsidRDefault="00972233" w:rsidP="0091084D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2402CF7C" w14:textId="77777777" w:rsidR="00972233" w:rsidRPr="00972233" w:rsidRDefault="00972233" w:rsidP="0091084D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ADE7EE6" w14:textId="77777777" w:rsidR="00972233" w:rsidRPr="00972233" w:rsidRDefault="00972233" w:rsidP="0091084D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Nothing as it is an 800m race and it is important not to delay the start</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="55187AD9" w14:textId="77777777" w:rsidTr="0091084D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5910142A" w14:textId="77777777" w:rsidR="00972233" w:rsidRPr="00972233" w:rsidRDefault="00972233" w:rsidP="0091084D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="58E26E57" w14:textId="77777777" w:rsidR="00972233" w:rsidRPr="00972233" w:rsidRDefault="00972233" w:rsidP="0091084D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="01AFECB5" w14:textId="77777777" w:rsidR="00972233" w:rsidRPr="00972233" w:rsidRDefault="00972233" w:rsidP="0091084D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Raise your clipboard to alert the Starter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="3B6E22EF" w14:textId="77777777" w:rsidTr="0091084D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="272DBF49" w14:textId="77777777" w:rsidR="00972233" w:rsidRPr="00972233" w:rsidRDefault="00972233" w:rsidP="0091084D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="211025F1" w14:textId="77777777" w:rsidR="00972233" w:rsidRPr="00972233" w:rsidRDefault="00972233" w:rsidP="0091084D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="038C60E7" w14:textId="77777777" w:rsidR="00972233" w:rsidRPr="00972233" w:rsidRDefault="00972233" w:rsidP="0091084D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Move onto the track to the athlete’s position to ask them to move their foot back</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1ABD2F43" w14:textId="77777777" w:rsidR="00972233" w:rsidRPr="00972233" w:rsidRDefault="00972233" w:rsidP="00AD25C7">
       <w:pPr>
-        <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24796BA3" w14:textId="77777777" w:rsidR="00120C1B" w:rsidRDefault="00120C1B" w:rsidP="003B2EE3">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="3A691FD9" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77C58042" w14:textId="2AF68F16" w:rsidR="009E14F8" w:rsidRPr="00972233" w:rsidRDefault="00AC684F" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidR="009E14F8" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ED66E84" w14:textId="77777777" w:rsidR="009E14F8" w:rsidRPr="00972233" w:rsidRDefault="009E14F8" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="335AB89D" w14:textId="2BB5DE0C" w:rsidR="009E14F8" w:rsidRPr="00972233" w:rsidRDefault="00E12538" w:rsidP="00E12538">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>If for any reason after the Starter has instructed the athletes either “on your marks” or “set” you raise your clipboard to alert the Starter to an infringement, what should you do?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009E14F8" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="0C47C034" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DF7A63D" w14:textId="77777777" w:rsidR="009E14F8" w:rsidRPr="00972233" w:rsidRDefault="009E14F8" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="50B16D44" w14:textId="77777777" w:rsidR="009E14F8" w:rsidRPr="00972233" w:rsidRDefault="009E14F8" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="41B9B454" w14:textId="7544C8FA" w:rsidR="009E14F8" w:rsidRPr="00972233" w:rsidRDefault="00512208" w:rsidP="00512208">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>You show the athlete a warning card</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="5746FBBB" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A53B85" w14:textId="117B664E" w:rsidR="009E14F8" w:rsidRPr="00972233" w:rsidRDefault="009E14F8" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58E932BC" w14:textId="77777777" w:rsidR="009E14F8" w:rsidRPr="00972233" w:rsidRDefault="009E14F8" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="054C32D6" w14:textId="56D08097" w:rsidR="009E14F8" w:rsidRPr="00972233" w:rsidRDefault="00FD1C12" w:rsidP="00415D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>You advise the Starter (through the Chief Starter’s Assistant if there is one) why you have raised your clipboard and wait for the Starter to instruct the Starter’s Assistants and Athletes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="0169A20B" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5934136B" w14:textId="77777777" w:rsidR="00F31A3D" w:rsidRPr="00972233" w:rsidRDefault="00F31A3D" w:rsidP="00F31A3D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DD9CB95" w14:textId="77777777" w:rsidR="00F31A3D" w:rsidRPr="00972233" w:rsidRDefault="00F31A3D" w:rsidP="00F31A3D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6763F98E" w14:textId="6B721F05" w:rsidR="00F31A3D" w:rsidRPr="00972233" w:rsidRDefault="00F31A3D" w:rsidP="00F31A3D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Nothing it is up to the Starter to instruct the athletes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F31A3D" w:rsidRPr="00972233" w14:paraId="04482B19" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C7A3139" w14:textId="77777777" w:rsidR="00F31A3D" w:rsidRPr="00972233" w:rsidRDefault="00F31A3D" w:rsidP="00F31A3D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06BF3E83" w14:textId="77777777" w:rsidR="00F31A3D" w:rsidRPr="00972233" w:rsidRDefault="00F31A3D" w:rsidP="00F31A3D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71CDEE9F" w14:textId="37884E75" w:rsidR="00F31A3D" w:rsidRPr="00972233" w:rsidRDefault="00F31A3D" w:rsidP="00F31A3D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>You speak to the athlete concerned to explain the infringement then raise your clipboard to the Starter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="02895896" w14:textId="4610679F" w:rsidR="009E14F8" w:rsidRPr="00972233" w:rsidRDefault="009E14F8" w:rsidP="00AD25C7">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61230AA1" w14:textId="77777777" w:rsidR="00120C1B" w:rsidRDefault="00120C1B" w:rsidP="003B2EE3">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="1FB98A49" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26AABE11" w14:textId="5EF89129" w:rsidR="00D37A08" w:rsidRPr="00972233" w:rsidRDefault="00AC684F" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+            <w:r w:rsidR="00D37A08" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F4A51C9" w14:textId="77777777" w:rsidR="00D37A08" w:rsidRPr="00972233" w:rsidRDefault="00D37A08" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AC9349D" w14:textId="766873FE" w:rsidR="00B13EFD" w:rsidRPr="00972233" w:rsidRDefault="00D37A08" w:rsidP="00B13EFD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidR="00B13EFD" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">n a meeting where </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD1EAD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Photofinish</w:t>
+            </w:r>
+            <w:r w:rsidR="00B13EFD" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is in use why is it important that in sprint races the athletes are in their allocated lane wearing the correct bib as shown by the Start list? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61309463" w14:textId="69B473BE" w:rsidR="00D37A08" w:rsidRPr="00972233" w:rsidRDefault="00D37A08" w:rsidP="00B13EFD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="19901E94" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BFAD0B6" w14:textId="77777777" w:rsidR="001438A0" w:rsidRPr="00972233" w:rsidRDefault="001438A0" w:rsidP="001438A0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5025A6D0" w14:textId="77777777" w:rsidR="001438A0" w:rsidRPr="00972233" w:rsidRDefault="001438A0" w:rsidP="001438A0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F7D6B74" w14:textId="2CDF9CE5" w:rsidR="001438A0" w:rsidRPr="00972233" w:rsidRDefault="001438A0" w:rsidP="001438A0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>It allows the Announcer to introduce the athletes to the spectators</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="1CDDB455" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48F1DAA6" w14:textId="77777777" w:rsidR="001438A0" w:rsidRPr="00972233" w:rsidRDefault="001438A0" w:rsidP="001438A0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="015DE5B4" w14:textId="77777777" w:rsidR="001438A0" w:rsidRPr="00972233" w:rsidRDefault="001438A0" w:rsidP="001438A0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A41E43D" w14:textId="2DBE08B5" w:rsidR="001438A0" w:rsidRPr="00972233" w:rsidRDefault="001438A0" w:rsidP="001438A0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>It allows the Track Judges to identify the athletes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="2A5FC00D" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="005BDA64" w14:textId="77777777" w:rsidR="001438A0" w:rsidRPr="00972233" w:rsidRDefault="001438A0" w:rsidP="001438A0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ED5DE51" w14:textId="77777777" w:rsidR="001438A0" w:rsidRPr="00972233" w:rsidRDefault="001438A0" w:rsidP="001438A0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DBEC386" w14:textId="10D60E48" w:rsidR="001438A0" w:rsidRPr="00972233" w:rsidRDefault="001438A0" w:rsidP="001438A0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>It helps the Timekeepers to identify the athletes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001438A0" w:rsidRPr="00972233" w14:paraId="483FA958" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36577A6E" w14:textId="7E641BD2" w:rsidR="001438A0" w:rsidRPr="00972233" w:rsidRDefault="001438A0" w:rsidP="001438A0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5500A148" w14:textId="77777777" w:rsidR="001438A0" w:rsidRPr="00972233" w:rsidRDefault="001438A0" w:rsidP="001438A0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14382066" w14:textId="6ED64474" w:rsidR="001438A0" w:rsidRPr="00972233" w:rsidRDefault="001438A0" w:rsidP="001438A0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">It allows the </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD1EAD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Photofinish</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Officials to identify the athletes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="369FAC88" w14:textId="23BCF7AD" w:rsidR="00D37A08" w:rsidRPr="00972233" w:rsidRDefault="00D37A08" w:rsidP="00AD25C7">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="185BA818" w14:textId="77777777" w:rsidR="00120C1B" w:rsidRDefault="00120C1B" w:rsidP="003B2EE3">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="37EB0570" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2237E123" w14:textId="3DBF5AEB" w:rsidR="00793EC2" w:rsidRPr="00972233" w:rsidRDefault="00AC684F" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+            <w:r w:rsidR="00793EC2" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54C4B15D" w14:textId="77777777" w:rsidR="00793EC2" w:rsidRPr="00972233" w:rsidRDefault="00793EC2" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4222462D" w14:textId="66BDC6B7" w:rsidR="00793EC2" w:rsidRPr="00972233" w:rsidRDefault="00265990" w:rsidP="00265990">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In a meeting where </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD1EAD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Photofinish</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is in use an athlete in the 200m sets up and starts in Lane 3 (because the athlete drawn in Lane 3 has not reported) and not Lane 7 as shown on the Start list, what could be the consequence of this? </w:t>
+            </w:r>
+            <w:r w:rsidR="00793EC2" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="72694258" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E3C7267" w14:textId="77777777" w:rsidR="00CA277E" w:rsidRPr="00972233" w:rsidRDefault="00CA277E" w:rsidP="00CA277E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FFDB5A7" w14:textId="77777777" w:rsidR="00CA277E" w:rsidRPr="00972233" w:rsidRDefault="00CA277E" w:rsidP="00CA277E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="432EB883" w14:textId="6F6A9C09" w:rsidR="00CA277E" w:rsidRPr="00972233" w:rsidRDefault="00CA277E" w:rsidP="00CA277E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>They would be disqualified by the Track Referee</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="52EFB127" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B23121E" w14:textId="77777777" w:rsidR="00CA277E" w:rsidRPr="00972233" w:rsidRDefault="00CA277E" w:rsidP="00CA277E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B7AF552" w14:textId="77777777" w:rsidR="00CA277E" w:rsidRPr="00972233" w:rsidRDefault="00CA277E" w:rsidP="00CA277E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57221E42" w14:textId="22665BFC" w:rsidR="00CA277E" w:rsidRPr="00972233" w:rsidRDefault="00CA277E" w:rsidP="00CA277E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>They would not appear in the official result</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="5757E302" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="506C0394" w14:textId="23766B83" w:rsidR="00793EC2" w:rsidRPr="00972233" w:rsidRDefault="00793EC2" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AD21982" w14:textId="77777777" w:rsidR="00793EC2" w:rsidRPr="00972233" w:rsidRDefault="00793EC2" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="49297AC6" w14:textId="773DF211" w:rsidR="00793EC2" w:rsidRPr="00972233" w:rsidRDefault="00BD1EAD" w:rsidP="00883BF0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Photofinish</w:t>
+            </w:r>
+            <w:r w:rsidR="00883BF0" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> would record the athlete and time under the wrong name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00793EC2" w:rsidRPr="00972233" w14:paraId="7C39EAE0" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61AC9ED6" w14:textId="77777777" w:rsidR="00793EC2" w:rsidRPr="00972233" w:rsidRDefault="00793EC2" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36567326" w14:textId="77777777" w:rsidR="00793EC2" w:rsidRPr="00972233" w:rsidRDefault="00793EC2" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D8C58DD" w14:textId="55F35B6F" w:rsidR="00793EC2" w:rsidRPr="00972233" w:rsidRDefault="006253FF" w:rsidP="006253FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>None of the athletes in the race would receive their correct position or time</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="30009A9A" w14:textId="3C396496" w:rsidR="00793EC2" w:rsidRPr="00972233" w:rsidRDefault="00793EC2" w:rsidP="00AD25C7">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F4C5FE3" w14:textId="77777777" w:rsidR="00120C1B" w:rsidRDefault="00DD2A93" w:rsidP="003B2EE3">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="1581777E" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A69FE09" w14:textId="5A2BE534" w:rsidR="00793EC2" w:rsidRPr="00972233" w:rsidRDefault="00AC684F" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidR="00793EC2" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F4354FF" w14:textId="77777777" w:rsidR="00793EC2" w:rsidRPr="00972233" w:rsidRDefault="00793EC2" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7988F08E" w14:textId="08075B0B" w:rsidR="00793EC2" w:rsidRPr="00972233" w:rsidRDefault="00907238" w:rsidP="00907238">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">You are the Starter’s Assistant for a 100m, an athlete reports early to you and advises they are also competing in the Long Jump which is taking place at the same time. What would the best course of action be? </w:t>
+            </w:r>
+            <w:r w:rsidR="00793EC2" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="7D425356" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="22D1D2A6" w14:textId="77777777" w:rsidR="007159FE" w:rsidRPr="00972233" w:rsidRDefault="007159FE" w:rsidP="007159FE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="668AF4C8" w14:textId="77777777" w:rsidR="007159FE" w:rsidRPr="00972233" w:rsidRDefault="007159FE" w:rsidP="007159FE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BDD8B9F" w14:textId="7B205E4F" w:rsidR="007159FE" w:rsidRPr="00972233" w:rsidRDefault="007159FE" w:rsidP="007159FE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Tell them it is too early to report, and they should return 5 mins before the start of the 100m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="24A8E9F5" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7483FEC1" w14:textId="4D692E27" w:rsidR="007159FE" w:rsidRPr="00972233" w:rsidRDefault="007159FE" w:rsidP="007159FE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06D11D57" w14:textId="77777777" w:rsidR="007159FE" w:rsidRPr="00972233" w:rsidRDefault="007159FE" w:rsidP="007159FE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F5F4363" w14:textId="58726886" w:rsidR="007159FE" w:rsidRPr="00972233" w:rsidRDefault="007159FE" w:rsidP="007159FE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tell them that a track race takes precedent over a field event. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="28EBD9D1" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F24304B" w14:textId="77777777" w:rsidR="007159FE" w:rsidRPr="00972233" w:rsidRDefault="007159FE" w:rsidP="007159FE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A5DBAB6" w14:textId="77777777" w:rsidR="007159FE" w:rsidRPr="00972233" w:rsidRDefault="007159FE" w:rsidP="007159FE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="68D0AF8E" w14:textId="5B966C03" w:rsidR="007159FE" w:rsidRPr="00972233" w:rsidRDefault="007159FE" w:rsidP="007159FE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Tell them you will check them in now, carry out kit/bib check and that they should return in time to race at the scheduled time</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007159FE" w:rsidRPr="00972233" w14:paraId="45FE43D1" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B0FEABC" w14:textId="77777777" w:rsidR="007159FE" w:rsidRPr="00972233" w:rsidRDefault="007159FE" w:rsidP="007159FE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CAD16E6" w14:textId="77777777" w:rsidR="007159FE" w:rsidRPr="00972233" w:rsidRDefault="007159FE" w:rsidP="007159FE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07543EEA" w14:textId="73774061" w:rsidR="007159FE" w:rsidRPr="00972233" w:rsidRDefault="007159FE" w:rsidP="007159FE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Tell them you can ask the Starter to delay the race for a few minutes to give them time to report</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="46B9A626" w14:textId="77777777" w:rsidR="002F3424" w:rsidRPr="00972233" w:rsidRDefault="002F3424" w:rsidP="00AD25C7">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="222EA81E" w14:textId="109839BF" w:rsidR="00972233" w:rsidRDefault="00972233">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9214"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="231E0BEC" w14:textId="77777777" w:rsidTr="005F52E1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="185582BF" w14:textId="40DCF75A" w:rsidR="00254BF9" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00D47844">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>29</w:t>
+            </w:r>
+            <w:r w:rsidR="00254BF9" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23858705" w14:textId="77777777" w:rsidR="00254BF9" w:rsidRPr="00972233" w:rsidRDefault="00254BF9" w:rsidP="00D47844">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9214" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5499960B" w14:textId="2A2F31BF" w:rsidR="00254BF9" w:rsidRPr="00972233" w:rsidRDefault="006B14E0" w:rsidP="00D47844">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">As a </w:t>
+            </w:r>
+            <w:r w:rsidR="00047948" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>tarter</w:t>
+            </w:r>
+            <w:r w:rsidR="002628B0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">s </w:t>
+            </w:r>
+            <w:r w:rsidR="00047948" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>ssistant, f</w:t>
+            </w:r>
+            <w:r w:rsidR="00254BF9" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">or a 100m race with athletes in all 8 lanes. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Which letter, indicates the correct position you would</w:t>
+            </w:r>
+            <w:r w:rsidR="00254BF9" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> stand</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at,</w:t>
+            </w:r>
+            <w:r w:rsidR="00254BF9" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to signal to the starter that the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> athletes are race ready? </w:t>
+            </w:r>
+            <w:r w:rsidR="00312A76">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="70CFCDC7" w14:textId="77777777" w:rsidTr="005F52E1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="52BC341A" w14:textId="77777777" w:rsidR="00254BF9" w:rsidRPr="00972233" w:rsidRDefault="00254BF9" w:rsidP="00D47844">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="19279B58" w14:textId="77777777" w:rsidR="00254BF9" w:rsidRPr="00972233" w:rsidRDefault="00254BF9" w:rsidP="00D47844">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9214" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F7F46E7" w14:textId="093F9032" w:rsidR="00254BF9" w:rsidRPr="00972233" w:rsidRDefault="00254BF9" w:rsidP="00D47844">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="3C426DA8" w14:textId="77777777" w:rsidTr="005F52E1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F163E88" w14:textId="77777777" w:rsidR="00254BF9" w:rsidRPr="00972233" w:rsidRDefault="00254BF9" w:rsidP="00D47844">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4369CF55" w14:textId="77777777" w:rsidR="00254BF9" w:rsidRPr="00972233" w:rsidRDefault="00254BF9" w:rsidP="00D47844">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9214" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D43C752" w14:textId="56D2D2F5" w:rsidR="00254BF9" w:rsidRPr="00972233" w:rsidRDefault="00254BF9" w:rsidP="00D47844">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="73887757" w14:textId="77777777" w:rsidTr="005F52E1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B7589D7" w14:textId="77777777" w:rsidR="00254BF9" w:rsidRPr="00972233" w:rsidRDefault="00254BF9" w:rsidP="00D47844">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4735E5B5" w14:textId="77777777" w:rsidR="00254BF9" w:rsidRPr="00972233" w:rsidRDefault="00254BF9" w:rsidP="00D47844">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9214" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="79BA1A1B" w14:textId="30AB711F" w:rsidR="00254BF9" w:rsidRPr="00972233" w:rsidRDefault="00254BF9" w:rsidP="00D47844">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="0E4A8E9B" w14:textId="77777777" w:rsidTr="005F52E1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5557366C" w14:textId="77777777" w:rsidR="00254BF9" w:rsidRPr="00972233" w:rsidRDefault="00254BF9" w:rsidP="00D47844">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DCFA3C8" w14:textId="77777777" w:rsidR="00254BF9" w:rsidRPr="00972233" w:rsidRDefault="00254BF9" w:rsidP="00D47844">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9214" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71CADB43" w14:textId="77777777" w:rsidR="00254BF9" w:rsidRPr="00972233" w:rsidRDefault="00254BF9" w:rsidP="00D47844">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="09741284" w14:textId="77777777" w:rsidTr="005F52E1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D4D8E1F" w14:textId="77777777" w:rsidR="00254BF9" w:rsidRPr="00972233" w:rsidRDefault="00254BF9" w:rsidP="00D47844">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="035235D9" w14:textId="77777777" w:rsidR="00254BF9" w:rsidRPr="00972233" w:rsidRDefault="00254BF9" w:rsidP="00D47844">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9214" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="03E87F9B" w14:textId="60703815" w:rsidR="00254BF9" w:rsidRPr="00972233" w:rsidRDefault="00254BF9" w:rsidP="00D47844">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="1D053B7E" w14:textId="77777777" w:rsidTr="005F52E1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44F6F4B6" w14:textId="77777777" w:rsidR="00254BF9" w:rsidRPr="00972233" w:rsidRDefault="00254BF9" w:rsidP="00D47844">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5116BF7D" w14:textId="77777777" w:rsidR="00254BF9" w:rsidRPr="00972233" w:rsidRDefault="00254BF9" w:rsidP="00D47844">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9214" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70BCFB65" w14:textId="7EF0D691" w:rsidR="00254BF9" w:rsidRPr="00972233" w:rsidRDefault="00254BF9" w:rsidP="00D47844">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="5EE98211" w14:textId="77777777" w:rsidTr="005F52E1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CC81687" w14:textId="77777777" w:rsidR="00254BF9" w:rsidRPr="00972233" w:rsidRDefault="00254BF9" w:rsidP="00D47844">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="53153D5E" w14:textId="77777777" w:rsidR="00254BF9" w:rsidRPr="00972233" w:rsidRDefault="00254BF9" w:rsidP="00D47844">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9214" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="70E01098" w14:textId="1A0E49D5" w:rsidR="00254BF9" w:rsidRPr="00972233" w:rsidRDefault="00254BF9" w:rsidP="00D47844">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="10438500" w14:textId="77777777" w:rsidR="00312A76" w:rsidRDefault="00312A76" w:rsidP="00900874">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A743D04" w14:textId="0952024E" w:rsidR="00254BF9" w:rsidRPr="00972233" w:rsidRDefault="00312A76" w:rsidP="00900874">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312A76">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EAC5F70" wp14:editId="05D5F49A">
-[...18 lines deleted...]
-            <wp:docPr id="113" name="Afbeelding 3" descr="startgebied 200m"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="17A6891D" wp14:editId="5A0B5AED">
+            <wp:extent cx="4602102" cy="4476997"/>
+            <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+            <wp:docPr id="1362072898" name="Picture 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Afbeelding 3" descr="startgebied 200m"/>
+                    <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7">
+                    <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5163185" cy="5785485"/>
+                      <a:ext cx="4610013" cy="4484693"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...5 lines deleted...]
-          </wp:anchor>
+          </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00073FAA" w14:textId="77777777" w:rsidR="00120C1B" w:rsidRDefault="00120C1B" w:rsidP="003B2EE3">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="024C94A5" w14:textId="77777777" w:rsidTr="00105C88">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0616038F" w14:textId="79D1F3DD" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">30. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15933222" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AF70A22" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>You are the Starter’s Assistant for a 100m Wheelchair Race, and the front of the leading wheel of the athlete in Lane 4 is over the start line. What would you do? (1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="32508637" w14:textId="77777777" w:rsidTr="00105C88">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EEF2CB2" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="48928FB1" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="399F60C7" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>No action required, as the athlete’s torso is behind the start line</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="5615EE61" w14:textId="77777777" w:rsidTr="00105C88">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5639B03D" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E2B0034" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52B3C83F" w14:textId="47369031" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="006E19C3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>From the Starter Assistants’ position on the outside of the track, ask the athlete to roll back, as the whole of the front wheel must be behind the start line</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="60B78325" w14:textId="77777777" w:rsidTr="00105C88">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2266E2BF" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="60157541" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="32401D79" w14:textId="246534EE" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00D80ED9" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>From the Starter Assistants’ position on the outside of the track, ask the athlete to roll back, so no part of the front wheel that is in contact with the ground, is touching the start line</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EF7A3E" w:rsidRPr="00972233" w14:paraId="7A462AFF" w14:textId="77777777" w:rsidTr="00105C88">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B2F1AA0" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="591D5373" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55174F33" w14:textId="7D40F433" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">From the Starter Assistants’ position on the outside of the track, ask the athlete to move back, as the </w:t>
+            </w:r>
+            <w:r w:rsidR="0043792B" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">axle </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>(centre point) of the front wheel is in-front of the start</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="70EC5FCF" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00EF7A3E">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31221914" w14:textId="77777777" w:rsidR="00120C1B" w:rsidRDefault="00120C1B" w:rsidP="003B2EE3">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="701B3412" w14:textId="77777777" w:rsidTr="00105C88">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37248D0C" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>30A.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1043E126" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="172135D7" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Please provide the relevant rule number for question 30 (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="5DF49C06" w14:textId="77777777" w:rsidTr="00105C88">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EA994DE" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AC0EC14" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="462D9687" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5179D061" w14:textId="77777777" w:rsidR="00172D29" w:rsidRPr="00972233" w:rsidRDefault="00172D29" w:rsidP="00AD25C7">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0428D037" w14:textId="77777777" w:rsidR="00120C1B" w:rsidRDefault="00120C1B" w:rsidP="003B2EE3">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="03F0EBB6" w14:textId="77777777" w:rsidTr="00122DC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FC6BE13" w14:textId="05B1194F" w:rsidR="00122DC3" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>31</w:t>
+            </w:r>
+            <w:r w:rsidR="00122DC3" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1676B380" w14:textId="77777777" w:rsidR="00122DC3" w:rsidRPr="00972233" w:rsidRDefault="00122DC3" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62D0EBBF" w14:textId="6D5B5DEB" w:rsidR="00122DC3" w:rsidRPr="00972233" w:rsidRDefault="00122DC3" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In the following list which do you consider are </w:t>
+            </w:r>
+            <w:r w:rsidR="00973EAF" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">generally </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>essential to have in your Starter</w:t>
+            </w:r>
+            <w:r w:rsidR="002628B0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s bag? </w:t>
+            </w:r>
+            <w:r w:rsidR="00312A76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(5 marks)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="0E8EE7FE" w14:textId="77777777" w:rsidTr="00122DC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C8F591E" w14:textId="77777777" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="325AAFFD" w14:textId="77777777" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C1E3973" w14:textId="10049173" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Clipboard</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="0F771457" w14:textId="77777777" w:rsidTr="00122DC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B66AE61" w14:textId="1893A4B6" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D3C6E11" w14:textId="77777777" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2257702C" w14:textId="072A65C4" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Pencils/Pens</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="71FB628A" w14:textId="77777777" w:rsidTr="00122DC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6654049A" w14:textId="77777777" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="40416E39" w14:textId="77777777" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="292E583A" w14:textId="7E2CB071" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Waterproofs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="3717524C" w14:textId="77777777" w:rsidTr="00122DC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54002E2F" w14:textId="77777777" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25F8AA33" w14:textId="77777777" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FA63A4C" w14:textId="45DB394C" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Safety Pins</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="6713689B" w14:textId="77777777" w:rsidTr="00122DC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="14BCFB8A" w14:textId="7322A4F8" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="310A8D03" w14:textId="77777777" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CD0888C" w14:textId="46570A21" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Red Hat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="6BCE3044" w14:textId="77777777" w:rsidTr="00122DC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA0E4FD" w14:textId="77777777" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D7DA038" w14:textId="77777777" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="477843CF" w14:textId="070E14BC" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ear Defenders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="41921557" w14:textId="77777777" w:rsidTr="00122DC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="601E9943" w14:textId="77777777" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="10EA8339" w14:textId="77777777" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FB8DA0E" w14:textId="65F4C8D5" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Spare Numbers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="5EF0D26F" w14:textId="77777777" w:rsidTr="00122DC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C4984AC" w14:textId="77777777" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B737AB3" w14:textId="77777777" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>H</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2836F20E" w14:textId="1DA920EC" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Screwdriver</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="38063F87" w14:textId="77777777" w:rsidTr="00122DC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C5D3E0" w14:textId="77777777" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B5E1343" w14:textId="77777777" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4315D7D8" w14:textId="261923AB" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Walkie Talkie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="0C8501C8" w14:textId="77777777" w:rsidTr="00122DC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62BFF183" w14:textId="131FA98B" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78A115C3" w14:textId="77777777" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>J</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56CCDE9D" w14:textId="40F7BE98" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Yellow Sleeve</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="67F9D67B" w14:textId="77777777" w:rsidTr="00122DC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="65A219D7" w14:textId="40B7FF41" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="16C63230" w14:textId="77777777" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C801030" w14:textId="6DD5EEED" w:rsidR="008B3EA3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="008B3EA3">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Whistle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122DC3" w:rsidRPr="00972233" w14:paraId="16B6ECEC" w14:textId="77777777" w:rsidTr="00122DC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76A60CBD" w14:textId="6DC83E92" w:rsidR="00122DC3" w:rsidRPr="00972233" w:rsidRDefault="00122DC3" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B43A99E" w14:textId="77777777" w:rsidR="00122DC3" w:rsidRPr="00972233" w:rsidRDefault="00122DC3" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DCEEF16" w14:textId="7A8A5474" w:rsidR="00122DC3" w:rsidRPr="00972233" w:rsidRDefault="008B3EA3" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>UKA Rule Book</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4A597EF0" w14:textId="36155EB3" w:rsidR="00122DC3" w:rsidRPr="00972233" w:rsidRDefault="00122DC3" w:rsidP="00AD25C7">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CC874B8" w14:textId="77777777" w:rsidR="00120C1B" w:rsidRDefault="00120C1B" w:rsidP="003B2EE3">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="2246F546" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CBEFAFE" w14:textId="3DB3D8B5" w:rsidR="00E46A2E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+            <w:r w:rsidR="00047948" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E46A2E" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15AF88CA" w14:textId="77777777" w:rsidR="00E46A2E" w:rsidRPr="00972233" w:rsidRDefault="00E46A2E" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72EA5189" w14:textId="183DFAC9" w:rsidR="00E46A2E" w:rsidRPr="00972233" w:rsidRDefault="00807F70" w:rsidP="00807F70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If you are using an Electronic Start system, which of the following statements are correct?  </w:t>
+            </w:r>
+            <w:r w:rsidR="00E46A2E" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="3A422ABD" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="173C45B0" w14:textId="77777777" w:rsidR="008D7160" w:rsidRPr="00972233" w:rsidRDefault="008D7160" w:rsidP="008D7160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E4A40CF" w14:textId="77777777" w:rsidR="008D7160" w:rsidRPr="00972233" w:rsidRDefault="008D7160" w:rsidP="008D7160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="01A5372B" w14:textId="2DBDD4D5" w:rsidR="008D7160" w:rsidRPr="00972233" w:rsidRDefault="008D7160" w:rsidP="008D7160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>You do not need to use a yellow sleeve and/or red hat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="482751C7" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="176E5E65" w14:textId="77777777" w:rsidR="008D7160" w:rsidRPr="00972233" w:rsidRDefault="008D7160" w:rsidP="008D7160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0027FD72" w14:textId="77777777" w:rsidR="008D7160" w:rsidRPr="00972233" w:rsidRDefault="008D7160" w:rsidP="008D7160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1932AD19" w14:textId="59600F73" w:rsidR="008D7160" w:rsidRPr="00972233" w:rsidRDefault="008D7160" w:rsidP="008D7160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Once the Start system has fired to start a race it cannot be fired again until it is reset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="1350086D" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="27792242" w14:textId="77777777" w:rsidR="008D7160" w:rsidRPr="00972233" w:rsidRDefault="008D7160" w:rsidP="008D7160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D23F74B" w14:textId="77777777" w:rsidR="008D7160" w:rsidRPr="00972233" w:rsidRDefault="008D7160" w:rsidP="008D7160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="17D2F6BA" w14:textId="58FA8155" w:rsidR="008D7160" w:rsidRPr="00972233" w:rsidRDefault="008D7160" w:rsidP="008D7160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">You do not need to set up your starting position where the </w:t>
+            </w:r>
+            <w:r w:rsidR="00274933" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>imekeepers can reasonably see you</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="6A1A7701" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="006002B0" w14:textId="77777777" w:rsidR="008D7160" w:rsidRPr="00972233" w:rsidRDefault="008D7160" w:rsidP="008D7160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E53B92E" w14:textId="77777777" w:rsidR="008D7160" w:rsidRPr="00972233" w:rsidRDefault="008D7160" w:rsidP="008D7160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CF41019" w14:textId="536012A1" w:rsidR="008D7160" w:rsidRPr="00972233" w:rsidRDefault="008D7160" w:rsidP="008D7160">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4555"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>The Electronic Start system and Recall must produce the same noise</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="04E0EE7B" w14:textId="77777777" w:rsidTr="002A2BE7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="10F6A9BE" w14:textId="77777777" w:rsidR="008D7160" w:rsidRPr="00972233" w:rsidRDefault="008D7160" w:rsidP="008D7160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="61DA87D5" w14:textId="529BE330" w:rsidR="008D7160" w:rsidRPr="00972233" w:rsidRDefault="008D7160" w:rsidP="008D7160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1799DDDC" w14:textId="1D977F0E" w:rsidR="008D7160" w:rsidRPr="00972233" w:rsidRDefault="008D7160" w:rsidP="008D7160">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4555"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>The Recall must have a distinct</w:t>
+            </w:r>
+            <w:r w:rsidR="00D920D3" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>, different, and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> audible noise identifying a false start</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D7160" w:rsidRPr="00972233" w14:paraId="132020ED" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31F47A01" w14:textId="2FAD8ABF" w:rsidR="008D7160" w:rsidRPr="00972233" w:rsidRDefault="008D7160" w:rsidP="008D7160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AF956DA" w14:textId="41678007" w:rsidR="008D7160" w:rsidRPr="00972233" w:rsidRDefault="008D7160" w:rsidP="008D7160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A859E8C" w14:textId="490E3D26" w:rsidR="008D7160" w:rsidRPr="00972233" w:rsidRDefault="008D7160" w:rsidP="008D7160">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4555"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>After a successful start you must take care not to fire the Electronic Start system again</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2F9F81C3" w14:textId="64D52359" w:rsidR="00E46A2E" w:rsidRPr="00972233" w:rsidRDefault="00E46A2E" w:rsidP="00AD25C7">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21328D2A" w14:textId="77777777" w:rsidR="00120C1B" w:rsidRDefault="00120C1B" w:rsidP="003B2EE3">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="00C44F44" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A7D3F6C" w14:textId="1DB06BFD" w:rsidR="00054C27" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+            <w:r w:rsidR="00054C27" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31F70E04" w14:textId="77777777" w:rsidR="00054C27" w:rsidRPr="00972233" w:rsidRDefault="00054C27" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DE18BFD" w14:textId="549AB166" w:rsidR="00054C27" w:rsidRPr="00972233" w:rsidRDefault="001010A0" w:rsidP="001010A0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>What do UKA rules advise about “hold” times</w:t>
+            </w:r>
+            <w:r w:rsidR="00054C27" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">?  </w:t>
+            </w:r>
+            <w:r w:rsidR="00054C27" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="4AA83AA8" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="06219BFA" w14:textId="77777777" w:rsidR="00716E0A" w:rsidRPr="00972233" w:rsidRDefault="00716E0A" w:rsidP="00716E0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5269891B" w14:textId="77777777" w:rsidR="00716E0A" w:rsidRPr="00972233" w:rsidRDefault="00716E0A" w:rsidP="00716E0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="35BDBA7E" w14:textId="26C7F19D" w:rsidR="00716E0A" w:rsidRPr="00972233" w:rsidRDefault="00716E0A" w:rsidP="00716E0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>The hold must be 2.5 secs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="7820FE84" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32DF126D" w14:textId="77777777" w:rsidR="00716E0A" w:rsidRPr="00972233" w:rsidRDefault="00716E0A" w:rsidP="00716E0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32D2BFCF" w14:textId="77777777" w:rsidR="00716E0A" w:rsidRPr="00972233" w:rsidRDefault="00716E0A" w:rsidP="00716E0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A15245E" w14:textId="37C31345" w:rsidR="00716E0A" w:rsidRPr="00972233" w:rsidRDefault="00716E0A" w:rsidP="00716E0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>The hold must be as quick as possible</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="3C6C5B34" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="24D0FC06" w14:textId="77777777" w:rsidR="00716E0A" w:rsidRPr="00972233" w:rsidRDefault="00716E0A" w:rsidP="00716E0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="00614594" w14:textId="77777777" w:rsidR="00716E0A" w:rsidRPr="00972233" w:rsidRDefault="00716E0A" w:rsidP="00716E0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EB6F89D" w14:textId="3EBA74CB" w:rsidR="00716E0A" w:rsidRPr="00972233" w:rsidRDefault="00716E0A" w:rsidP="00716E0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">It does not matter if athletes are moving when you fire the </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB5551" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>device</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00716E0A" w:rsidRPr="00972233" w14:paraId="5DF41E61" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23F3BCA6" w14:textId="781A0BFD" w:rsidR="00716E0A" w:rsidRPr="00972233" w:rsidRDefault="00716E0A" w:rsidP="00716E0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5898EF37" w14:textId="77777777" w:rsidR="00716E0A" w:rsidRPr="00972233" w:rsidRDefault="00716E0A" w:rsidP="00716E0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E1DF2AF" w14:textId="0C40E735" w:rsidR="00716E0A" w:rsidRPr="00972233" w:rsidRDefault="00716E0A" w:rsidP="00716E0A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4555"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The athletes must be motionless before you fire the </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB5551" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>device</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="274AC53B" w14:textId="1A4AD915" w:rsidR="00054C27" w:rsidRPr="00972233" w:rsidRDefault="00054C27" w:rsidP="00AD25C7">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B5E4153" w14:textId="77777777" w:rsidR="00120C1B" w:rsidRDefault="00120C1B" w:rsidP="003B2EE3">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="6A2BC328" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BE79EFE" w14:textId="0902A27B" w:rsidR="00995240" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+            <w:r w:rsidR="00047948" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00995240" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FCB2D7F" w14:textId="77777777" w:rsidR="00995240" w:rsidRPr="00972233" w:rsidRDefault="00995240" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="409D35F5" w14:textId="700FF44C" w:rsidR="00995240" w:rsidRPr="00972233" w:rsidRDefault="00597A05" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What reasons may you, as the Starter, have to abort a start and ask </w:t>
+            </w:r>
+            <w:r w:rsidR="00C86763" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>athlete’s to “stand up”? Select all that apply (5 Marks)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="4363A3B8" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BEAB67D" w14:textId="4476AAF5" w:rsidR="0087625C" w:rsidRPr="00972233" w:rsidRDefault="0087625C" w:rsidP="0087625C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6667B4E5" w14:textId="77777777" w:rsidR="0087625C" w:rsidRPr="00972233" w:rsidRDefault="0087625C" w:rsidP="0087625C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3393AD14" w14:textId="75193B68" w:rsidR="0087625C" w:rsidRPr="00972233" w:rsidRDefault="0087625C" w:rsidP="0087625C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Noise from spectators or elsewhere</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="21A00CE5" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="608CA04F" w14:textId="178958EA" w:rsidR="0087625C" w:rsidRPr="00972233" w:rsidRDefault="0087625C" w:rsidP="0087625C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DEEE812" w14:textId="77777777" w:rsidR="0087625C" w:rsidRPr="00972233" w:rsidRDefault="0087625C" w:rsidP="0087625C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2149A733" w14:textId="4550F47D" w:rsidR="0087625C" w:rsidRPr="00972233" w:rsidRDefault="0087625C" w:rsidP="0087625C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Athlete raises their hand</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="58BB3638" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="141B7DF8" w14:textId="0B24CFAB" w:rsidR="0087625C" w:rsidRPr="00972233" w:rsidRDefault="0087625C" w:rsidP="0087625C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DBC3F39" w14:textId="77777777" w:rsidR="0087625C" w:rsidRPr="00972233" w:rsidRDefault="0087625C" w:rsidP="0087625C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="39D26D63" w14:textId="62A8FAB0" w:rsidR="0087625C" w:rsidRPr="00972233" w:rsidRDefault="0087625C" w:rsidP="0087625C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Noise or interference from a Field Event</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="5074FD5E" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="211BF895" w14:textId="77777777" w:rsidR="0087625C" w:rsidRPr="00972233" w:rsidRDefault="0087625C" w:rsidP="0087625C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="491C37BB" w14:textId="77777777" w:rsidR="0087625C" w:rsidRPr="00972233" w:rsidRDefault="0087625C" w:rsidP="0087625C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A92E556" w14:textId="33E82C34" w:rsidR="0087625C" w:rsidRPr="00972233" w:rsidRDefault="000E472C" w:rsidP="0087625C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4555"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">You are unsure if this is a heat or a final </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="68E0C01E" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3328D2EB" w14:textId="1E3F919D" w:rsidR="0087625C" w:rsidRPr="00972233" w:rsidRDefault="0087625C" w:rsidP="0087625C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="40305E0F" w14:textId="77777777" w:rsidR="0087625C" w:rsidRPr="00972233" w:rsidRDefault="0087625C" w:rsidP="0087625C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A953361" w14:textId="3DD87DEB" w:rsidR="0087625C" w:rsidRPr="00972233" w:rsidRDefault="0087625C" w:rsidP="0087625C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4555"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Starter distracted</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="6ACA5663" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11371B5D" w14:textId="77777777" w:rsidR="0087625C" w:rsidRPr="00972233" w:rsidRDefault="0087625C" w:rsidP="0087625C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A2177CF" w14:textId="77777777" w:rsidR="0087625C" w:rsidRPr="00972233" w:rsidRDefault="0087625C" w:rsidP="0087625C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40FDFC71" w14:textId="64FE51B2" w:rsidR="0087625C" w:rsidRPr="00972233" w:rsidRDefault="000E472C" w:rsidP="0087625C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4555"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">You are unsure </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB01B0" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">what age group you are starting </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="38B39266" w14:textId="77777777" w:rsidTr="00597A05">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="16C5B6BD" w14:textId="77777777" w:rsidR="0087625C" w:rsidRPr="00972233" w:rsidRDefault="0087625C" w:rsidP="0087625C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A003D76" w14:textId="0495BA38" w:rsidR="0087625C" w:rsidRPr="00972233" w:rsidRDefault="0087625C" w:rsidP="0087625C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3642B8AD" w14:textId="3CE9AB95" w:rsidR="0087625C" w:rsidRPr="00972233" w:rsidRDefault="00384E6D" w:rsidP="0087625C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4555"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>All teams in a relay race need to have the same-coloured relay baton</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="6099BA87" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EC7B3DF" w14:textId="07C1FA3F" w:rsidR="0087625C" w:rsidRPr="00972233" w:rsidRDefault="0087625C" w:rsidP="0087625C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E4C4149" w14:textId="7F159C67" w:rsidR="0087625C" w:rsidRPr="00972233" w:rsidRDefault="0087625C" w:rsidP="0087625C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>H</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E716E19" w14:textId="6D2F40CF" w:rsidR="0087625C" w:rsidRPr="00972233" w:rsidRDefault="0087625C" w:rsidP="0087625C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4555"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Athletes take too long to settle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="05C7F633" w14:textId="77777777" w:rsidR="00172D29" w:rsidRPr="00972233" w:rsidRDefault="00172D29" w:rsidP="00AD25C7">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59FCE86A" w14:textId="77777777" w:rsidR="00120C1B" w:rsidRDefault="00120C1B" w:rsidP="003B2EE3">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="558EC4DE" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="796354B6" w14:textId="50F47A19" w:rsidR="00C11CB5" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+            <w:r w:rsidR="00C11CB5" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72B5C658" w14:textId="77777777" w:rsidR="00C11CB5" w:rsidRPr="00972233" w:rsidRDefault="00C11CB5" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42872477" w14:textId="6810A7C3" w:rsidR="00C11CB5" w:rsidRPr="00972233" w:rsidRDefault="004C084A" w:rsidP="004C084A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>If in your view an athlete is taking too long to settle “on their marks” what are your options? Select all that apply (</w:t>
+            </w:r>
+            <w:r w:rsidR="00732305" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Marks)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="24B1FF40" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6123581B" w14:textId="77777777" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="007A35C8" w:rsidP="007A35C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="23F7ED62" w14:textId="77777777" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="007A35C8" w:rsidP="007A35C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="795A9FD1" w14:textId="270FBF55" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="007A35C8" w:rsidP="007A35C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Continue with that start of the race, because only the moving athlete is disadvantaged</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="7CAE7E18" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B9A0A7F" w14:textId="27546BDA" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="007A35C8" w:rsidP="007A35C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F919895" w14:textId="77777777" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="007A35C8" w:rsidP="007A35C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F975BED" w14:textId="077A6EAC" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="007A35C8" w:rsidP="007A35C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ask the athletes to “stand up” (or “wheel back” if a wheelchair race)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="0AB6E008" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D28473E" w14:textId="77777777" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="007A35C8" w:rsidP="007A35C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D41FE5A" w14:textId="77777777" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="007A35C8" w:rsidP="007A35C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="07C77A98" w14:textId="034418DC" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="007A35C8" w:rsidP="007A35C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ask the Starter’s Assistant what the problem with the athlete is</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="39461738" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24BD38F9" w14:textId="77777777" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="007A35C8" w:rsidP="007A35C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A3F666D" w14:textId="77777777" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="007A35C8" w:rsidP="007A35C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D491F64" w14:textId="025AB9AE" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="007A35C8" w:rsidP="007A35C8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4555"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ask the Starter’s Assistant to disqualify the moving athlete</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="2D39485C" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="50F59BA8" w14:textId="6CBA57E5" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="007A35C8" w:rsidP="007A35C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="79614D7A" w14:textId="77777777" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="007A35C8" w:rsidP="007A35C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="24E62C2C" w14:textId="479BF49D" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="00B8122A" w:rsidP="007A35C8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4555"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ask the Starter’s Assistant to </w:t>
+            </w:r>
+            <w:r w:rsidR="004140A2" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ask the athlete what the problem is</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A35C8" w:rsidRPr="00972233" w14:paraId="21223877" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0999C9FE" w14:textId="43CAD3E4" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="007A35C8" w:rsidP="007A35C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BE6BD35" w14:textId="77777777" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="007A35C8" w:rsidP="007A35C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DF59357" w14:textId="25402595" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="007A35C8" w:rsidP="007A35C8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4555"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ask the Starter’s Assistant to show a Green Card</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1866D1AF" w14:textId="0F7F7266" w:rsidR="00C11CB5" w:rsidRPr="00972233" w:rsidRDefault="00C11CB5" w:rsidP="00AD25C7">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="566D0D7D" w14:textId="77777777" w:rsidR="00120C1B" w:rsidRDefault="00120C1B" w:rsidP="003B2EE3">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="29C80B38" w14:textId="77777777" w:rsidTr="001E0131">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46F09D7A" w14:textId="75BA78AB" w:rsidR="00705426" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>36</w:t>
+            </w:r>
+            <w:r w:rsidR="00705426" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17D61EB9" w14:textId="77777777" w:rsidR="00705426" w:rsidRPr="00972233" w:rsidRDefault="00705426" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C656B0A" w14:textId="244C384C" w:rsidR="00705426" w:rsidRPr="00972233" w:rsidRDefault="00AB39CA" w:rsidP="00AB39CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>If you recall a race for a false start in a 100m, how should you identify which athlete the Starter’s Assistant should show a card to? (1 Mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="4BA9D57B" w14:textId="77777777" w:rsidTr="001E0131">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A6319BD" w14:textId="572FBAA7" w:rsidR="00705426" w:rsidRPr="00972233" w:rsidRDefault="00705426" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="46DF62EB" w14:textId="77777777" w:rsidR="00705426" w:rsidRPr="00972233" w:rsidRDefault="00705426" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="02E2A392" w14:textId="09243094" w:rsidR="00705426" w:rsidRPr="00972233" w:rsidRDefault="006B65DE" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Using the athlete’s lane number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="795671F8" w14:textId="77777777" w:rsidTr="001E0131">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D6FA76D" w14:textId="77777777" w:rsidR="002D204D" w:rsidRPr="00972233" w:rsidRDefault="002D204D" w:rsidP="002D204D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F76E5FA" w14:textId="77777777" w:rsidR="002D204D" w:rsidRPr="00972233" w:rsidRDefault="002D204D" w:rsidP="002D204D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F617872" w14:textId="0092F956" w:rsidR="002D204D" w:rsidRPr="00972233" w:rsidRDefault="002D204D" w:rsidP="002D204D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Using the athlete’s name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="2321C8C1" w14:textId="77777777" w:rsidTr="001E0131">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="045F3F05" w14:textId="77777777" w:rsidR="002D204D" w:rsidRPr="00972233" w:rsidRDefault="002D204D" w:rsidP="002D204D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5501431C" w14:textId="77777777" w:rsidR="002D204D" w:rsidRPr="00972233" w:rsidRDefault="002D204D" w:rsidP="002D204D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C786E07" w14:textId="27278C5E" w:rsidR="002D204D" w:rsidRPr="00972233" w:rsidRDefault="002D204D" w:rsidP="002D204D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Using the athlete’s </w:t>
+            </w:r>
+            <w:r w:rsidR="00636D17" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>lub</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D204D" w:rsidRPr="00972233" w14:paraId="13483E08" w14:textId="77777777" w:rsidTr="001E0131">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="621F4F28" w14:textId="73715AE4" w:rsidR="002D204D" w:rsidRPr="00972233" w:rsidRDefault="002D204D" w:rsidP="002D204D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="662C9077" w14:textId="77777777" w:rsidR="002D204D" w:rsidRPr="00972233" w:rsidRDefault="002D204D" w:rsidP="002D204D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56AF0463" w14:textId="7ADF62FC" w:rsidR="002D204D" w:rsidRPr="00972233" w:rsidRDefault="002D204D" w:rsidP="002D204D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4555"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Using the athlete’s bib identity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="17CA4CCA" w14:textId="5D1876ED" w:rsidR="00705426" w:rsidRPr="00972233" w:rsidRDefault="00705426" w:rsidP="00AD25C7">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30AB4C3A" w14:textId="77777777" w:rsidR="00120C1B" w:rsidRDefault="00120C1B" w:rsidP="003B2EE3">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="1DC05BEF" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="046449AF" w14:textId="60806841" w:rsidR="002B3EF4" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+            <w:r w:rsidR="002B3EF4" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="166B7E7E" w14:textId="77777777" w:rsidR="002B3EF4" w:rsidRPr="00972233" w:rsidRDefault="002B3EF4" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34E058ED" w14:textId="5C597BB6" w:rsidR="002B3EF4" w:rsidRPr="00972233" w:rsidRDefault="002B3EF4" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>In a sprint race, what determines a False Start? (1 Mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="1534351A" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="77939F83" w14:textId="77777777" w:rsidR="00DD3BD8" w:rsidRPr="00972233" w:rsidRDefault="00DD3BD8" w:rsidP="00DD3BD8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="755B4D90" w14:textId="77777777" w:rsidR="00DD3BD8" w:rsidRPr="00972233" w:rsidRDefault="00DD3BD8" w:rsidP="00DD3BD8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ABB7995" w14:textId="04CACF55" w:rsidR="00DD3BD8" w:rsidRPr="00972233" w:rsidRDefault="00DD3BD8" w:rsidP="00DD3BD8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Any movement by an athlete</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="49023A77" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EE5F679" w14:textId="77777777" w:rsidR="00DD3BD8" w:rsidRPr="00972233" w:rsidRDefault="00DD3BD8" w:rsidP="00DD3BD8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="272D3323" w14:textId="77777777" w:rsidR="00DD3BD8" w:rsidRPr="00972233" w:rsidRDefault="00DD3BD8" w:rsidP="00DD3BD8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C0F7B84" w14:textId="26A08768" w:rsidR="00DD3BD8" w:rsidRPr="00972233" w:rsidRDefault="00DD3BD8" w:rsidP="00DD3BD8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>The athlete moving their hips</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="79621D56" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7589B3F4" w14:textId="0E974F46" w:rsidR="002B3EF4" w:rsidRPr="00972233" w:rsidRDefault="002B3EF4" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EC997D8" w14:textId="77777777" w:rsidR="002B3EF4" w:rsidRPr="00972233" w:rsidRDefault="002B3EF4" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="56D30B37" w14:textId="1EDF55E5" w:rsidR="002B3EF4" w:rsidRPr="00972233" w:rsidRDefault="002C338F" w:rsidP="002C338F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Any movement that results in a foot or hand losing contact with the ground</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B3EF4" w:rsidRPr="00972233" w14:paraId="52C70923" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="440C5CB6" w14:textId="77777777" w:rsidR="002B3EF4" w:rsidRPr="00972233" w:rsidRDefault="002B3EF4" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="294D7E52" w14:textId="77777777" w:rsidR="002B3EF4" w:rsidRPr="00972233" w:rsidRDefault="002B3EF4" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CF3DF37" w14:textId="5EBDC60A" w:rsidR="002B3EF4" w:rsidRPr="00972233" w:rsidRDefault="00DB1509" w:rsidP="002C338F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Moving their head up or down</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7015838A" w14:textId="5DC8D67E" w:rsidR="002B3EF4" w:rsidRPr="00972233" w:rsidRDefault="002B3EF4" w:rsidP="00AD25C7">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3698226A" w14:textId="77777777" w:rsidR="00120C1B" w:rsidRDefault="00120C1B" w:rsidP="003B2EE3">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="17A12ADB" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D7B3035" w14:textId="7B0176A6" w:rsidR="00BF0E33" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF0E33" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49F511E2" w14:textId="77777777" w:rsidR="00BF0E33" w:rsidRPr="00972233" w:rsidRDefault="00BF0E33" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59BBE085" w14:textId="340E03D3" w:rsidR="00BF0E33" w:rsidRPr="00972233" w:rsidRDefault="008C681C" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Which</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF0E33" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> UKA Rule covers the criteria for False Starts? (1 Mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="09AC78A4" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CF5D38D" w14:textId="77777777" w:rsidR="00BF0E33" w:rsidRPr="00972233" w:rsidRDefault="00BF0E33" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DC18059" w14:textId="77777777" w:rsidR="00BF0E33" w:rsidRPr="00972233" w:rsidRDefault="00BF0E33" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="23658BAF" w14:textId="7762116F" w:rsidR="00BF0E33" w:rsidRPr="00972233" w:rsidRDefault="00995481" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>TR16.9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="7F3F164D" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="389CEAAB" w14:textId="7CD98419" w:rsidR="00BF0E33" w:rsidRPr="00972233" w:rsidRDefault="00BF0E33" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76E379B6" w14:textId="77777777" w:rsidR="00BF0E33" w:rsidRPr="00972233" w:rsidRDefault="00BF0E33" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FC121EC" w14:textId="53034286" w:rsidR="00BF0E33" w:rsidRPr="00972233" w:rsidRDefault="00995481" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>TR16.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="7BAE5290" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="32477153" w14:textId="77777777" w:rsidR="00BF0E33" w:rsidRPr="00972233" w:rsidRDefault="00BF0E33" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="79D33F9C" w14:textId="77777777" w:rsidR="00BF0E33" w:rsidRPr="00972233" w:rsidRDefault="00BF0E33" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="383C484C" w14:textId="45A58808" w:rsidR="00BF0E33" w:rsidRPr="00972233" w:rsidRDefault="00995481" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>TR16.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BF0E33" w:rsidRPr="00972233" w14:paraId="4A9F3961" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69A25F09" w14:textId="77777777" w:rsidR="00BF0E33" w:rsidRPr="00972233" w:rsidRDefault="00BF0E33" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1524DEDF" w14:textId="77777777" w:rsidR="00BF0E33" w:rsidRPr="00972233" w:rsidRDefault="00BF0E33" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4286DB7E" w14:textId="169AC8A6" w:rsidR="00BF0E33" w:rsidRPr="00972233" w:rsidRDefault="00995481" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>TR16.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2F87E339" w14:textId="3FADBB9A" w:rsidR="00912936" w:rsidRPr="00972233" w:rsidRDefault="00912936" w:rsidP="00AD25C7">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="056D1214" w14:textId="77777777" w:rsidR="00120C1B" w:rsidRPr="00A04986" w:rsidRDefault="00120C1B" w:rsidP="003B2EE3">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="56AFC27E" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DC95C4" w14:textId="0949921A" w:rsidR="00995481" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+            <w:r w:rsidR="00995481" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="436A7577" w14:textId="77777777" w:rsidR="00995481" w:rsidRPr="00972233" w:rsidRDefault="00995481" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66293A55" w14:textId="2E0B4129" w:rsidR="00995481" w:rsidRPr="00972233" w:rsidRDefault="00D50DA9" w:rsidP="00D50DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>What UKA rule would you disqualify an athlete for a False Start</w:t>
+            </w:r>
+            <w:r w:rsidR="00995481" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>? (1 Mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="2DC07BDA" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FC54007" w14:textId="0702DAFD" w:rsidR="00995481" w:rsidRPr="00972233" w:rsidRDefault="00995481" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D3627BB" w14:textId="77777777" w:rsidR="00995481" w:rsidRPr="00972233" w:rsidRDefault="00995481" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="619F0CF2" w14:textId="4FBF0ED8" w:rsidR="00995481" w:rsidRPr="00972233" w:rsidRDefault="00995481" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>TR16.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D35110" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="55ABEA98" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C5C2F2A" w14:textId="77777777" w:rsidR="00995481" w:rsidRPr="00972233" w:rsidRDefault="00995481" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="078A375A" w14:textId="77777777" w:rsidR="00995481" w:rsidRPr="00972233" w:rsidRDefault="00995481" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C7A2A0C" w14:textId="4B9E7059" w:rsidR="00995481" w:rsidRPr="00972233" w:rsidRDefault="00995481" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>TR16.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D35110" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="78145124" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F53BA10" w14:textId="77777777" w:rsidR="00995481" w:rsidRPr="00972233" w:rsidRDefault="00995481" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A15C06C" w14:textId="77777777" w:rsidR="00995481" w:rsidRPr="00972233" w:rsidRDefault="00995481" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F83A315" w14:textId="3E59CED4" w:rsidR="00995481" w:rsidRPr="00972233" w:rsidRDefault="00995481" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>TR16.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D35110" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00995481" w:rsidRPr="00972233" w14:paraId="3EFD481F" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E79BD4D" w14:textId="77777777" w:rsidR="00995481" w:rsidRPr="00972233" w:rsidRDefault="00995481" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F600A1D" w14:textId="77777777" w:rsidR="00995481" w:rsidRPr="00972233" w:rsidRDefault="00995481" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0270DDE5" w14:textId="77777777" w:rsidR="00995481" w:rsidRPr="00972233" w:rsidRDefault="00995481" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>TR16.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="50297E3C" w14:textId="1397DFCC" w:rsidR="00995481" w:rsidRPr="00972233" w:rsidRDefault="00995481" w:rsidP="00AD25C7">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="445B4D60" w14:textId="77777777" w:rsidR="003B2EE3" w:rsidRPr="00A04986" w:rsidRDefault="003B2EE3" w:rsidP="003B2EE3">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="72335664" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="769CF00F" w14:textId="6FBCB042" w:rsidR="004B704D" w:rsidRPr="00972233" w:rsidRDefault="001C10F5" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF7A3E" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="004B704D" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DB253ED" w14:textId="77777777" w:rsidR="004B704D" w:rsidRPr="00972233" w:rsidRDefault="004B704D" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D4A9B44" w14:textId="6D49AF7D" w:rsidR="004B704D" w:rsidRPr="00972233" w:rsidRDefault="00A66363" w:rsidP="00A66363">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>As the Starter you have disqualified an athlete for a False Start, the athlete complains to the Track Referee saying they believe they did not False Start. Who would decide on the fairness of your decision? (1 Mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="6DC400AE" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3686409A" w14:textId="77777777" w:rsidR="004B704D" w:rsidRPr="00972233" w:rsidRDefault="004B704D" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="57691A9A" w14:textId="77777777" w:rsidR="004B704D" w:rsidRPr="00972233" w:rsidRDefault="004B704D" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="762E6ACC" w14:textId="435F867D" w:rsidR="004B704D" w:rsidRPr="00972233" w:rsidRDefault="003F4874" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Meeting Organiser</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="7C8B636C" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="135AF4B2" w14:textId="77777777" w:rsidR="007917AB" w:rsidRPr="00972233" w:rsidRDefault="007917AB" w:rsidP="007917AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="236A1048" w14:textId="77777777" w:rsidR="007917AB" w:rsidRPr="00972233" w:rsidRDefault="007917AB" w:rsidP="007917AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36FF55CD" w14:textId="4A3FCD26" w:rsidR="007917AB" w:rsidRPr="00972233" w:rsidRDefault="007917AB" w:rsidP="007917AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>The Track Referee</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="5AED1C90" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A723128" w14:textId="44715E50" w:rsidR="003F4874" w:rsidRPr="00972233" w:rsidRDefault="003F4874" w:rsidP="003F4874">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="59D47604" w14:textId="77777777" w:rsidR="003F4874" w:rsidRPr="00972233" w:rsidRDefault="003F4874" w:rsidP="003F4874">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="46C050EB" w14:textId="6B2801AC" w:rsidR="003F4874" w:rsidRPr="00972233" w:rsidRDefault="003F4874" w:rsidP="003F4874">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Start Coordinator </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F4874" w:rsidRPr="00972233" w14:paraId="7B14FD0D" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="556DAE4E" w14:textId="77777777" w:rsidR="003F4874" w:rsidRPr="00972233" w:rsidRDefault="003F4874" w:rsidP="003F4874">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BC4D90C" w14:textId="77777777" w:rsidR="003F4874" w:rsidRPr="00972233" w:rsidRDefault="003F4874" w:rsidP="003F4874">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C7A515" w14:textId="1A4871FA" w:rsidR="003F4874" w:rsidRPr="00972233" w:rsidRDefault="003F4874" w:rsidP="003F4874">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>The Chief Starter’s Assistant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="13002D8E" w14:textId="4C3C0EA9" w:rsidR="008E2BE7" w:rsidRPr="00972233" w:rsidRDefault="008E2BE7" w:rsidP="00AD25C7">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DB439FB" w14:textId="77777777" w:rsidR="00120C1B" w:rsidRDefault="00120C1B" w:rsidP="00120C1B">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="3BFE018D" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="251B53CC" w14:textId="2F7E2F77" w:rsidR="008E2BE7" w:rsidRPr="00972233" w:rsidRDefault="001C10F5" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF7A3E" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="008E2BE7" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="246A78FD" w14:textId="77777777" w:rsidR="008E2BE7" w:rsidRPr="00972233" w:rsidRDefault="008E2BE7" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23B042C3" w14:textId="04123F74" w:rsidR="008E2BE7" w:rsidRPr="00972233" w:rsidRDefault="008E2BE7" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please provide the relevant rule number for question </w:t>
+            </w:r>
+            <w:r w:rsidR="001C10F5" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF7A3E" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="7F268782" w14:textId="77777777" w:rsidTr="002F59DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A8E6417" w14:textId="77777777" w:rsidR="008E2BE7" w:rsidRPr="00972233" w:rsidRDefault="008E2BE7" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="63A28AB0" w14:textId="77777777" w:rsidR="008E2BE7" w:rsidRPr="00972233" w:rsidRDefault="008E2BE7" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DAF74F3" w14:textId="370B3CF1" w:rsidR="008E2BE7" w:rsidRPr="00972233" w:rsidRDefault="008E2BE7" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="09693B79" w14:textId="77777777" w:rsidR="008E2BE7" w:rsidRPr="00972233" w:rsidRDefault="008E2BE7" w:rsidP="003B4146">
       <w:pPr>
+        <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="062157C9" w14:textId="77777777" w:rsidR="00120C1B" w:rsidRDefault="00120C1B" w:rsidP="00120C1B">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10627" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9498"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="1DC7B186" w14:textId="77777777" w:rsidTr="00F91F52">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="493C7CF4" w14:textId="24EEC790" w:rsidR="007917AB" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+            <w:r w:rsidR="007917AB" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30928791" w14:textId="77777777" w:rsidR="007917AB" w:rsidRPr="00972233" w:rsidRDefault="007917AB" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="006780E0" w14:textId="53AB7D52" w:rsidR="007917AB" w:rsidRPr="00972233" w:rsidRDefault="00E900D0" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>You are starting a 400m and have instructed “on your marks”, the athletes settle but</w:t>
+            </w:r>
+            <w:r w:rsidR="004516B2" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> you as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the starter notices the athlete in lane 5 raises their hand. What would you do</w:t>
+            </w:r>
+            <w:r w:rsidR="007917AB" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">? </w:t>
+            </w:r>
+            <w:r w:rsidR="004F17BA" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Select all that apply </w:t>
+            </w:r>
+            <w:r w:rsidR="007917AB" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00B11039" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="007917AB" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mark</w:t>
+            </w:r>
+            <w:r w:rsidR="00F438BF" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="007917AB" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="4F96187B" w14:textId="77777777" w:rsidTr="00F91F52">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="10F2123D" w14:textId="452DB155" w:rsidR="00847127" w:rsidRPr="00972233" w:rsidRDefault="00847127" w:rsidP="00847127">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="31B264A2" w14:textId="77777777" w:rsidR="00847127" w:rsidRPr="00972233" w:rsidRDefault="00847127" w:rsidP="00847127">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="23CB76B7" w14:textId="3870C056" w:rsidR="00847127" w:rsidRPr="00972233" w:rsidRDefault="00847127" w:rsidP="00847127">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ask the athletes to “stand up”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="4E800757" w14:textId="77777777" w:rsidTr="00F91F52">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C3603E5" w14:textId="04F8E42C" w:rsidR="00847127" w:rsidRPr="00972233" w:rsidRDefault="00847127" w:rsidP="00847127">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F404088" w14:textId="77777777" w:rsidR="00847127" w:rsidRPr="00972233" w:rsidRDefault="00847127" w:rsidP="00847127">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EF88129" w14:textId="5B80BE8F" w:rsidR="00847127" w:rsidRPr="00972233" w:rsidRDefault="00847127" w:rsidP="00847127">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ask the Starter’s Assistant to find out </w:t>
+            </w:r>
+            <w:r w:rsidR="00154785" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>from the</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC75FB" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> athlete</w:t>
+            </w:r>
+            <w:r w:rsidR="00154785" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>what the problem is</w:t>
+            </w:r>
+            <w:r w:rsidR="00F91F52" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and report to the Starter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="32954824" w14:textId="77777777" w:rsidTr="00F91F52">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="20A681C7" w14:textId="77777777" w:rsidR="00847127" w:rsidRPr="00972233" w:rsidRDefault="00847127" w:rsidP="00847127">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ECD7BB9" w14:textId="77777777" w:rsidR="00847127" w:rsidRPr="00972233" w:rsidRDefault="00847127" w:rsidP="00847127">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C10262D" w14:textId="55030F47" w:rsidR="00847127" w:rsidRPr="00972233" w:rsidRDefault="00847127" w:rsidP="00847127">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Disqualify the athlete</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="0478B0EC" w14:textId="77777777" w:rsidTr="00F91F52">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23FD64F9" w14:textId="77777777" w:rsidR="00847127" w:rsidRPr="00972233" w:rsidRDefault="00847127" w:rsidP="00847127">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B175A68" w14:textId="77777777" w:rsidR="00847127" w:rsidRPr="00972233" w:rsidRDefault="00847127" w:rsidP="00847127">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59F4193A" w14:textId="2178EB3E" w:rsidR="00847127" w:rsidRPr="00972233" w:rsidRDefault="00847127" w:rsidP="00847127">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Approach the athlete yourself to find out what the problem is</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="06F76F33" w14:textId="77777777" w:rsidTr="00F91F52">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="637531C3" w14:textId="77777777" w:rsidR="00847127" w:rsidRPr="00972233" w:rsidRDefault="00847127" w:rsidP="00847127">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2202FD5A" w14:textId="2C55529A" w:rsidR="00847127" w:rsidRPr="00972233" w:rsidRDefault="00847127" w:rsidP="00847127">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="67BE34AB" w14:textId="36E56671" w:rsidR="00847127" w:rsidRPr="00972233" w:rsidRDefault="00847127" w:rsidP="00847127">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ask the Starter’s Assistant to show a Red Conduct Warning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="134F28E7" w14:textId="77777777" w:rsidTr="00F91F52">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15577D68" w14:textId="5B561ABD" w:rsidR="00847127" w:rsidRPr="00972233" w:rsidRDefault="00847127" w:rsidP="00847127">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5872B63A" w14:textId="604EB5AF" w:rsidR="00847127" w:rsidRPr="00972233" w:rsidRDefault="00847127" w:rsidP="00847127">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43C5B8CB" w14:textId="415E8C4F" w:rsidR="00847127" w:rsidRPr="00972233" w:rsidRDefault="00915C38" w:rsidP="00847127">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Consider</w:t>
+            </w:r>
+            <w:r w:rsidR="00847127" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> what card should be shown</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00847127" w:rsidRPr="00972233" w14:paraId="741A344D" w14:textId="77777777" w:rsidTr="00F91F52">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F71D8F4" w14:textId="114CABB1" w:rsidR="00847127" w:rsidRPr="00972233" w:rsidRDefault="00847127" w:rsidP="00847127">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D9CD79E" w14:textId="469CEF50" w:rsidR="00847127" w:rsidRPr="00972233" w:rsidRDefault="00847127" w:rsidP="00847127">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="45088D1C" w14:textId="6F3BB018" w:rsidR="00847127" w:rsidRPr="00972233" w:rsidRDefault="00847127" w:rsidP="00847127">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ask the Starter’s Assistant to show the card you have decided on</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="611A4E58" w14:textId="12043C4F" w:rsidR="00312A76" w:rsidRDefault="00312A76" w:rsidP="00AD25C7">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48316866" w14:textId="77777777" w:rsidR="00120C1B" w:rsidRDefault="00120C1B" w:rsidP="00120C1B">
+    <w:p w14:paraId="478A6888" w14:textId="77777777" w:rsidR="00312A76" w:rsidRDefault="00312A76">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...280 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Use the diagram to indicate where you would deploy the following athletes and officials.  </w:t>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="088FDBA7" w14:textId="77777777" w:rsidR="00867059" w:rsidRDefault="00867059" w:rsidP="005B7367">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10627" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9498"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="0A63EAEB" w14:textId="77777777" w:rsidTr="00915C38">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D51BB2E" w14:textId="48C20DA5" w:rsidR="00F438BF" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>42</w:t>
+            </w:r>
+            <w:r w:rsidR="00F438BF" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="138679ED" w14:textId="77777777" w:rsidR="00F438BF" w:rsidRPr="00972233" w:rsidRDefault="00F438BF" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29004500" w14:textId="13162B37" w:rsidR="00F438BF" w:rsidRPr="00972233" w:rsidRDefault="00FA34DD" w:rsidP="00FA34DD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>In the same race as Q</w:t>
+            </w:r>
+            <w:r w:rsidR="00357AEE" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00357637" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> what UKA rule would apply? </w:t>
+            </w:r>
+            <w:r w:rsidR="00F438BF" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>(1 Mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="44646098" w14:textId="77777777" w:rsidTr="00915C38">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3637EBA6" w14:textId="0DEA4C22" w:rsidR="00F438BF" w:rsidRPr="00972233" w:rsidRDefault="00F438BF" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A581493" w14:textId="77777777" w:rsidR="00F438BF" w:rsidRPr="00972233" w:rsidRDefault="00F438BF" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="401A1A01" w14:textId="2EB55220" w:rsidR="00F438BF" w:rsidRPr="00972233" w:rsidRDefault="00020391" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>TR16.5.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="0B22C371" w14:textId="77777777" w:rsidTr="00915C38">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59DA84F4" w14:textId="77777777" w:rsidR="00020391" w:rsidRPr="00972233" w:rsidRDefault="00020391" w:rsidP="00020391">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F2B6766" w14:textId="77777777" w:rsidR="00020391" w:rsidRPr="00972233" w:rsidRDefault="00020391" w:rsidP="00020391">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F2A76F8" w14:textId="4FBCA501" w:rsidR="00020391" w:rsidRPr="00972233" w:rsidRDefault="00020391" w:rsidP="00020391">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>TR16.5.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="545F84A3" w14:textId="77777777" w:rsidTr="00915C38">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FB07422" w14:textId="77777777" w:rsidR="00020391" w:rsidRPr="00972233" w:rsidRDefault="00020391" w:rsidP="00020391">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F640B07" w14:textId="77777777" w:rsidR="00020391" w:rsidRPr="00972233" w:rsidRDefault="00020391" w:rsidP="00020391">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C07DABD" w14:textId="57C214D0" w:rsidR="00020391" w:rsidRPr="00972233" w:rsidRDefault="00020391" w:rsidP="00020391">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>TR16.5.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00020391" w:rsidRPr="00972233" w14:paraId="1F07EBC3" w14:textId="77777777" w:rsidTr="00915C38">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F704458" w14:textId="77777777" w:rsidR="00020391" w:rsidRPr="00972233" w:rsidRDefault="00020391" w:rsidP="00020391">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40FAC9B9" w14:textId="77777777" w:rsidR="00020391" w:rsidRPr="00972233" w:rsidRDefault="00020391" w:rsidP="00020391">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70198B75" w14:textId="20E94FFA" w:rsidR="00020391" w:rsidRPr="00972233" w:rsidRDefault="00020391" w:rsidP="00020391">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>TR16.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="69E4E5D3" w14:textId="707777C9" w:rsidR="00F438BF" w:rsidRPr="00972233" w:rsidRDefault="00F438BF" w:rsidP="00AD25C7">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11EA4673" w14:textId="77777777" w:rsidR="00867059" w:rsidRDefault="00867059" w:rsidP="00011DF7">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10627" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9498"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0094310A" w:rsidRPr="00972233" w14:paraId="060F0D3B" w14:textId="77777777" w:rsidTr="00915C38">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E75C959" w14:textId="18549FA5" w:rsidR="0094310A" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>43</w:t>
+            </w:r>
+            <w:r w:rsidR="0094310A" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57BA0764" w14:textId="77777777" w:rsidR="0094310A" w:rsidRPr="00972233" w:rsidRDefault="0094310A" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16BA59AD" w14:textId="5D49F1F8" w:rsidR="0094310A" w:rsidRPr="00972233" w:rsidRDefault="0024105F" w:rsidP="0089366D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>You are the Starter in a 200m having said “set” you notice the athlete in Lane 6 does not respond at once and you abort the start and ask the athletes to “stand up”. Potentially has the athlete</w:t>
+            </w:r>
+            <w:r w:rsidR="0089366D" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0094310A" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="0089366D" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="0094310A" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D12B49" w:rsidRPr="00972233" w14:paraId="758B5B2B" w14:textId="77777777" w:rsidTr="00915C38">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A7B3993" w14:textId="77777777" w:rsidR="00D12B49" w:rsidRPr="00972233" w:rsidRDefault="00D12B49" w:rsidP="00D12B49">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="345C652A" w14:textId="77777777" w:rsidR="00D12B49" w:rsidRPr="00972233" w:rsidRDefault="00D12B49" w:rsidP="00D12B49">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="57A1CEE7" w14:textId="213FAEF6" w:rsidR="00D12B49" w:rsidRPr="00972233" w:rsidRDefault="00D12B49" w:rsidP="00D12B49">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Disturbed the start</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D12B49" w:rsidRPr="00972233" w14:paraId="7D57B8E4" w14:textId="77777777" w:rsidTr="00915C38">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E3565FF" w14:textId="77777777" w:rsidR="00D12B49" w:rsidRPr="00972233" w:rsidRDefault="00D12B49" w:rsidP="00D12B49">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6196DEB2" w14:textId="77777777" w:rsidR="00D12B49" w:rsidRPr="00972233" w:rsidRDefault="00D12B49" w:rsidP="00D12B49">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73EA44A1" w14:textId="4C53EC7B" w:rsidR="00D12B49" w:rsidRPr="00972233" w:rsidRDefault="00D12B49" w:rsidP="00D12B49">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>False Started</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D12B49" w:rsidRPr="00972233" w14:paraId="256A7659" w14:textId="77777777" w:rsidTr="00915C38">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="295CEBF4" w14:textId="77777777" w:rsidR="00D12B49" w:rsidRPr="00972233" w:rsidRDefault="00D12B49" w:rsidP="00D12B49">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CD4C37C" w14:textId="77777777" w:rsidR="00D12B49" w:rsidRPr="00972233" w:rsidRDefault="00D12B49" w:rsidP="00D12B49">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="395C4FB4" w14:textId="0FCD2BAF" w:rsidR="00D12B49" w:rsidRPr="00972233" w:rsidRDefault="00D12B49" w:rsidP="00D12B49">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Delayed the Start</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D12B49" w:rsidRPr="00972233" w14:paraId="77FB5606" w14:textId="77777777" w:rsidTr="00915C38">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="004AF287" w14:textId="26FEB11D" w:rsidR="00D12B49" w:rsidRPr="00972233" w:rsidRDefault="00D12B49" w:rsidP="00D12B49">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5646CF60" w14:textId="77777777" w:rsidR="00D12B49" w:rsidRPr="00972233" w:rsidRDefault="00D12B49" w:rsidP="00D12B49">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="758E87C4" w14:textId="376A070C" w:rsidR="00D12B49" w:rsidRPr="00972233" w:rsidRDefault="00D12B49" w:rsidP="00D12B49">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Failed to comply with your command</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="648CE930" w14:textId="323B4624" w:rsidR="009C5E00" w:rsidRPr="00972233" w:rsidRDefault="009C5E00" w:rsidP="00AD25C7">
       <w:pPr>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...61 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D05F74A" w14:textId="77777777" w:rsidR="00DD7143" w:rsidRDefault="008116B6" w:rsidP="008939E9">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10627" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9498"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00337608" w:rsidRPr="00972233" w14:paraId="5BF78FC3" w14:textId="77777777" w:rsidTr="00915C38">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E71203A" w14:textId="5FB41B83" w:rsidR="00337608" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+            <w:r w:rsidR="00337608" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24EDFE67" w14:textId="77777777" w:rsidR="00337608" w:rsidRPr="00972233" w:rsidRDefault="00337608" w:rsidP="002F59DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59458B22" w14:textId="35CE6420" w:rsidR="00337608" w:rsidRPr="00972233" w:rsidRDefault="00802392" w:rsidP="00357AEE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>You are setting up to start a 200m and note there is a Shot Put competition taking place on the inside of the track adjacent to the 200m start lines. What action would you take? Select all that reply (4 Marks)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0007229D" w:rsidRPr="00972233" w14:paraId="2AD9AD41" w14:textId="77777777" w:rsidTr="00915C38">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="435301B5" w14:textId="77777777" w:rsidR="0007229D" w:rsidRPr="00972233" w:rsidRDefault="0007229D" w:rsidP="0007229D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="62755CBC" w14:textId="77777777" w:rsidR="0007229D" w:rsidRPr="00972233" w:rsidRDefault="0007229D" w:rsidP="0007229D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B738C49" w14:textId="3BF0BF3B" w:rsidR="0007229D" w:rsidRPr="00972233" w:rsidRDefault="0007229D" w:rsidP="0007229D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Adjust your starting position to move to the outside of the track</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0007229D" w:rsidRPr="00972233" w14:paraId="294469A1" w14:textId="77777777" w:rsidTr="00915C38">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BD85D31" w14:textId="77777777" w:rsidR="0007229D" w:rsidRPr="00972233" w:rsidRDefault="0007229D" w:rsidP="0007229D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="367C250D" w14:textId="77777777" w:rsidR="0007229D" w:rsidRPr="00972233" w:rsidRDefault="0007229D" w:rsidP="0007229D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53A62E20" w14:textId="74AFBC7C" w:rsidR="0007229D" w:rsidRPr="00972233" w:rsidRDefault="0007229D" w:rsidP="0007229D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Delay starting the 200m until the Shot Put has finished</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0007229D" w:rsidRPr="00972233" w14:paraId="090EDC98" w14:textId="77777777" w:rsidTr="00915C38">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4094FD76" w14:textId="13DD7DCE" w:rsidR="0007229D" w:rsidRPr="00972233" w:rsidRDefault="0007229D" w:rsidP="0007229D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ECC65A5" w14:textId="77777777" w:rsidR="0007229D" w:rsidRPr="00972233" w:rsidRDefault="0007229D" w:rsidP="0007229D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7264333F" w14:textId="6889A232" w:rsidR="0007229D" w:rsidRPr="00972233" w:rsidRDefault="0007229D" w:rsidP="0007229D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Liaise with the lead Shot Put </w:t>
+            </w:r>
+            <w:r w:rsidR="0066096A" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>fficial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0007229D" w:rsidRPr="00972233" w14:paraId="41295A21" w14:textId="77777777" w:rsidTr="00915C38">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A316B7E" w14:textId="332FFA44" w:rsidR="0007229D" w:rsidRPr="00972233" w:rsidRDefault="0007229D" w:rsidP="0007229D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74F5840E" w14:textId="77777777" w:rsidR="0007229D" w:rsidRPr="00972233" w:rsidRDefault="0007229D" w:rsidP="0007229D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09D811A3" w14:textId="3359712B" w:rsidR="0007229D" w:rsidRPr="00972233" w:rsidRDefault="00A9304A" w:rsidP="0007229D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ask the lead official to assemble the Shot Put athletes away from the start, for safety reasons</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0007229D" w:rsidRPr="00972233" w14:paraId="643A9A9A" w14:textId="77777777" w:rsidTr="00915C38">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A737B81" w14:textId="52A0BF8B" w:rsidR="0007229D" w:rsidRPr="00972233" w:rsidRDefault="0007229D" w:rsidP="0007229D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B55E3B2" w14:textId="77777777" w:rsidR="0007229D" w:rsidRPr="00972233" w:rsidRDefault="0007229D" w:rsidP="0007229D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="590D09B7" w14:textId="0B052121" w:rsidR="0007229D" w:rsidRPr="00972233" w:rsidRDefault="0007229D" w:rsidP="0007229D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Set up and retreat from start area until scheduled race time</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0007229D" w:rsidRPr="00972233" w14:paraId="0D99A9EC" w14:textId="77777777" w:rsidTr="00915C38">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="374A0014" w14:textId="7BE12437" w:rsidR="0007229D" w:rsidRPr="00972233" w:rsidRDefault="0007229D" w:rsidP="0007229D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CF1DBF4" w14:textId="77777777" w:rsidR="0007229D" w:rsidRPr="00972233" w:rsidRDefault="0007229D" w:rsidP="0007229D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="558FED91" w14:textId="596CF7BE" w:rsidR="0007229D" w:rsidRPr="00972233" w:rsidRDefault="0007229D" w:rsidP="0007229D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agree with the </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF7A3E" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">lead Shot Put official, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to pause their competition whilst </w:t>
+            </w:r>
+            <w:r w:rsidR="003B4146" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>the s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>tart</w:t>
+            </w:r>
+            <w:r w:rsidR="003B4146" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> underway</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0007229D" w:rsidRPr="00972233" w14:paraId="23F2B1C1" w14:textId="77777777" w:rsidTr="00915C38">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B1878D5" w14:textId="77777777" w:rsidR="0007229D" w:rsidRPr="00972233" w:rsidRDefault="0007229D" w:rsidP="0007229D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="54E062C3" w14:textId="77777777" w:rsidR="0007229D" w:rsidRPr="00972233" w:rsidRDefault="0007229D" w:rsidP="0007229D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F39B572" w14:textId="6797745E" w:rsidR="0007229D" w:rsidRPr="00972233" w:rsidRDefault="0007229D" w:rsidP="0007229D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Go to </w:t>
+            </w:r>
+            <w:r w:rsidR="00135023" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">tart position just in time to </w:t>
+            </w:r>
+            <w:r w:rsidR="00135023" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">tart the race and when </w:t>
+            </w:r>
+            <w:r w:rsidR="003B4146" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>the Shot Put is</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> paused</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="38CF68E2" w14:textId="77777777" w:rsidR="00172D29" w:rsidRPr="00972233" w:rsidRDefault="00172D29" w:rsidP="00AD25C7">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008116B6">
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E00F3" w:rsidRPr="00972233" w14:paraId="30BC5EBF" w14:textId="77777777" w:rsidTr="00105C88">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DBF0985" w14:textId="34195673" w:rsidR="004E00F3" w:rsidRPr="00972233" w:rsidRDefault="004E00F3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">45. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54DD20B6" w14:textId="77777777" w:rsidR="004E00F3" w:rsidRPr="00972233" w:rsidRDefault="004E00F3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="423CC773" w14:textId="13C97197" w:rsidR="004E00F3" w:rsidRPr="00972233" w:rsidRDefault="004E00F3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">You are the </w:t>
+            </w:r>
+            <w:r w:rsidR="004372ED" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Starter f</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or a </w:t>
+            </w:r>
+            <w:r w:rsidR="004372ED" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1500m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Wheelchair Race, and </w:t>
+            </w:r>
+            <w:r w:rsidR="004372ED" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>two athletes collide within the first 50m of the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004372ED" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">race. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>What would you do? (1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E00F3" w:rsidRPr="00972233" w14:paraId="4209B977" w14:textId="77777777" w:rsidTr="00105C88">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="458B824E" w14:textId="77777777" w:rsidR="004E00F3" w:rsidRPr="00972233" w:rsidRDefault="004E00F3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1412B7AA" w14:textId="77777777" w:rsidR="004E00F3" w:rsidRPr="00972233" w:rsidRDefault="004E00F3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D1CB99E" w14:textId="1DF41374" w:rsidR="004E00F3" w:rsidRPr="00972233" w:rsidRDefault="00EF375C" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Recall the race and</w:t>
+            </w:r>
+            <w:r w:rsidR="009E68CB" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ask the Starter’s Assistant to show a Green Card to</w:t>
+            </w:r>
+            <w:r w:rsidR="005977D8" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the whole field</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E00F3" w:rsidRPr="00972233" w14:paraId="5DE466D8" w14:textId="77777777" w:rsidTr="00105C88">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A1CE69F" w14:textId="77777777" w:rsidR="004E00F3" w:rsidRPr="00972233" w:rsidRDefault="004E00F3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11C813D1" w14:textId="77777777" w:rsidR="004E00F3" w:rsidRPr="00972233" w:rsidRDefault="004E00F3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43ACF94A" w14:textId="3F884791" w:rsidR="004E00F3" w:rsidRPr="00972233" w:rsidRDefault="005977D8" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Recall the race and ask the Starter’s Assistant to disqualify both athletes by showing a Red and Black Diagonal card to each one</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E00F3" w:rsidRPr="00972233" w14:paraId="7BC56844" w14:textId="77777777" w:rsidTr="00105C88">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E4A59F1" w14:textId="77777777" w:rsidR="004E00F3" w:rsidRPr="00972233" w:rsidRDefault="004E00F3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2569347D" w14:textId="77777777" w:rsidR="004E00F3" w:rsidRPr="00972233" w:rsidRDefault="004E00F3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="500F7341" w14:textId="380E5D87" w:rsidR="004E00F3" w:rsidRPr="00972233" w:rsidRDefault="005977D8" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Recall the race and ask the Starter’s Assistant to show a yellow/black diago</w:t>
+            </w:r>
+            <w:r w:rsidR="0001642C" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>nal card to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> both </w:t>
+            </w:r>
+            <w:r w:rsidR="0001642C" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>athletes</w:t>
+            </w:r>
+            <w:r w:rsidR="00D30DB9" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for committing a False Start</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EF375C" w:rsidRPr="00972233" w14:paraId="508BB6A1" w14:textId="77777777" w:rsidTr="00105C88">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F3DE8DF" w14:textId="77777777" w:rsidR="00EF375C" w:rsidRPr="00972233" w:rsidRDefault="00EF375C" w:rsidP="00EF375C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="651B89B4" w14:textId="77777777" w:rsidR="00EF375C" w:rsidRPr="00972233" w:rsidRDefault="00EF375C" w:rsidP="00EF375C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C7E9E4C" w14:textId="2A40D21D" w:rsidR="00EF375C" w:rsidRPr="00972233" w:rsidRDefault="0001642C" w:rsidP="00EF375C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">No requirement to recall the race, </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF375C" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">as it is </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">classed as </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF375C" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>a ‘racing incident’</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="69BB06B1" w14:textId="77777777" w:rsidR="005977D8" w:rsidRPr="00972233" w:rsidRDefault="005977D8" w:rsidP="004E00F3">
+      <w:pPr>
         <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E00F3" w:rsidRPr="00972233" w14:paraId="32B879E3" w14:textId="77777777" w:rsidTr="004C73F2">
+        <w:trPr>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="235D8D0D" w14:textId="05C8651D" w:rsidR="004E00F3" w:rsidRPr="00972233" w:rsidRDefault="00EF375C" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>45A</w:t>
+            </w:r>
+            <w:r w:rsidR="004E00F3" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56F8E2A5" w14:textId="77777777" w:rsidR="004E00F3" w:rsidRPr="00972233" w:rsidRDefault="004E00F3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="251BB341" w14:textId="4FA843C8" w:rsidR="004E00F3" w:rsidRPr="00972233" w:rsidRDefault="004E00F3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please provide the relevant rule number for question </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF375C" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E00F3" w:rsidRPr="00972233" w14:paraId="16B3CB55" w14:textId="77777777" w:rsidTr="00105C88">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A28D8EC" w14:textId="77777777" w:rsidR="004E00F3" w:rsidRPr="00972233" w:rsidRDefault="004E00F3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C16BF4F" w14:textId="77777777" w:rsidR="004E00F3" w:rsidRPr="00972233" w:rsidRDefault="004E00F3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FB610EA" w14:textId="77777777" w:rsidR="004E00F3" w:rsidRPr="00972233" w:rsidRDefault="004E00F3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4DEA074E" w14:textId="4BAC39DA" w:rsidR="00172D29" w:rsidRPr="00972233" w:rsidRDefault="00172D29" w:rsidP="00AD25C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:noProof/>
-          <w:color w:val="44546A" w:themeColor="text2"/>
+          <w:bCs/>
         </w:rPr>
-        <mc:AlternateContent>
-[...78 lines deleted...]
-      <w:r w:rsidR="00DD2A93">
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004C73F2" w:rsidRPr="00972233" w14:paraId="56B0B0A9" w14:textId="77777777" w:rsidTr="00105C88">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59AA16D3" w14:textId="32D92997" w:rsidR="004C73F2" w:rsidRPr="00972233" w:rsidRDefault="004C73F2" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">46. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D3A9150" w14:textId="77777777" w:rsidR="004C73F2" w:rsidRPr="00972233" w:rsidRDefault="004C73F2" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AE5A325" w14:textId="2B006C7D" w:rsidR="004C73F2" w:rsidRPr="00972233" w:rsidRDefault="004C73F2" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>You are the Starter for a 1</w:t>
+            </w:r>
+            <w:r w:rsidR="006F5D70" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0m </w:t>
+            </w:r>
+            <w:r w:rsidR="006F5D70" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>T11 Track</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Race, and </w:t>
+            </w:r>
+            <w:r w:rsidR="003B4A70" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>the G</w:t>
+            </w:r>
+            <w:r w:rsidR="006F5D70" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">uide </w:t>
+            </w:r>
+            <w:r w:rsidR="003B4A70" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidR="006F5D70" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">unner of one of the athletes False Starts? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>What would you do? (1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B03748" w:rsidRPr="00972233" w14:paraId="7096021F" w14:textId="77777777" w:rsidTr="00105C88">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="537624BA" w14:textId="77777777" w:rsidR="00B03748" w:rsidRPr="00972233" w:rsidRDefault="00B03748" w:rsidP="00B03748">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="766BCB88" w14:textId="77777777" w:rsidR="00B03748" w:rsidRPr="00972233" w:rsidRDefault="00B03748" w:rsidP="00B03748">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="206C2A0D" w14:textId="697F6DB6" w:rsidR="00B03748" w:rsidRPr="00972233" w:rsidRDefault="00B03748" w:rsidP="00B03748">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Recall the race and ask the Starter’s Assistant to show a Red/Black diagonal card to the athlete of the Guide Runner who false started and then show a Yellow/Black Diagonal Card to the rest of the field</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B03748" w:rsidRPr="00972233" w14:paraId="38667B02" w14:textId="77777777" w:rsidTr="00105C88">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45DC5174" w14:textId="77777777" w:rsidR="00B03748" w:rsidRPr="00972233" w:rsidRDefault="00B03748" w:rsidP="00B03748">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="302DA216" w14:textId="77777777" w:rsidR="00B03748" w:rsidRPr="00972233" w:rsidRDefault="00B03748" w:rsidP="00B03748">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61B002C0" w14:textId="2495E16E" w:rsidR="00B03748" w:rsidRPr="00972233" w:rsidRDefault="00B96553" w:rsidP="00B03748">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>No action required, as the race can only be recalled if the athlete had committed the False Start, not the Guide Runner</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B03748" w:rsidRPr="00972233" w14:paraId="0C866A8D" w14:textId="77777777" w:rsidTr="00105C88">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E89CDD9" w14:textId="77777777" w:rsidR="00B03748" w:rsidRPr="00972233" w:rsidRDefault="00B03748" w:rsidP="00B03748">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="17AADAAC" w14:textId="77777777" w:rsidR="00B03748" w:rsidRPr="00972233" w:rsidRDefault="00B03748" w:rsidP="00B03748">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1093ADFD" w14:textId="22BDB108" w:rsidR="00B03748" w:rsidRPr="00972233" w:rsidRDefault="00B03748" w:rsidP="00B03748">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Recall the race and ask the Starter’s Assistant to show a Red and Black Diagonal card to the Guide Runner who False Started. The athlete will run without a Guide Runner for the race</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B03748" w:rsidRPr="00972233" w14:paraId="2257DE39" w14:textId="77777777" w:rsidTr="00105C88">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BB25A13" w14:textId="77777777" w:rsidR="00B03748" w:rsidRPr="00972233" w:rsidRDefault="00B03748" w:rsidP="00B03748">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24363CE2" w14:textId="77777777" w:rsidR="00B03748" w:rsidRPr="00972233" w:rsidRDefault="00B03748" w:rsidP="00B03748">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FCA637F" w14:textId="2787ECD8" w:rsidR="00B03748" w:rsidRPr="00972233" w:rsidRDefault="00B96553" w:rsidP="00B03748">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Recall the race and ask the Starter’s Assistant to show a Red and Black Diagonal card to the athlete of the Guide Runner who False Started.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1FF4F771" w14:textId="0A59061A" w:rsidR="004C73F2" w:rsidRPr="00972233" w:rsidRDefault="004C73F2" w:rsidP="004C73F2">
+      <w:pPr>
         <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004C73F2" w:rsidRPr="00972233" w14:paraId="6BE9B7E6" w14:textId="77777777" w:rsidTr="00105C88">
+        <w:trPr>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13C56F83" w14:textId="2A044192" w:rsidR="004C73F2" w:rsidRPr="00972233" w:rsidRDefault="004C73F2" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="002A1DC2" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1853B6AE" w14:textId="77777777" w:rsidR="004C73F2" w:rsidRPr="00972233" w:rsidRDefault="004C73F2" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E93ECA1" w14:textId="706AC54E" w:rsidR="004C73F2" w:rsidRPr="00972233" w:rsidRDefault="004C73F2" w:rsidP="00105C88">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Please provide the relevant rule number for question 4</w:t>
+            </w:r>
+            <w:r w:rsidR="002A1DC2" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C73F2" w:rsidRPr="00972233" w14:paraId="1076184E" w14:textId="77777777" w:rsidTr="00105C88">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0040E37A" w14:textId="77777777" w:rsidR="004C73F2" w:rsidRPr="00972233" w:rsidRDefault="004C73F2" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5463689B" w14:textId="77777777" w:rsidR="004C73F2" w:rsidRPr="00972233" w:rsidRDefault="004C73F2" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="04B0DF60" w14:textId="7358DB70" w:rsidR="004C73F2" w:rsidRPr="00972233" w:rsidRDefault="004C73F2" w:rsidP="00105C88">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7F0E6C50" w14:textId="3FC6037E" w:rsidR="004C73F2" w:rsidRPr="00972233" w:rsidRDefault="004C73F2" w:rsidP="00AD25C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpYSpec="top"/>
+        <w:tblW w:w="10768" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9639"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006F3940" w:rsidRPr="00972233" w14:paraId="3778B53C" w14:textId="77777777" w:rsidTr="006F3940">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15CC021D" w14:textId="530B7952" w:rsidR="006F3940" w:rsidRPr="00972233" w:rsidRDefault="004C73F2" w:rsidP="006F3940">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="002A1DC2" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="006F3940" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E79CACE" w14:textId="77777777" w:rsidR="006F3940" w:rsidRPr="00972233" w:rsidRDefault="006F3940" w:rsidP="006F3940">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31662A7C" w14:textId="102096AD" w:rsidR="006F3940" w:rsidRPr="00972233" w:rsidRDefault="006F3940" w:rsidP="006F3940">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">For a 100m race with athletes in all 8 lanes. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Which letter should the recall starter be positioned at? (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F3940" w:rsidRPr="00972233" w14:paraId="4F58D86C" w14:textId="77777777" w:rsidTr="006F3940">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CCD7EA3" w14:textId="77777777" w:rsidR="006F3940" w:rsidRPr="00972233" w:rsidRDefault="006F3940" w:rsidP="006F3940">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="628003C3" w14:textId="77777777" w:rsidR="006F3940" w:rsidRPr="00972233" w:rsidRDefault="006F3940" w:rsidP="006F3940">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="641D33CB" w14:textId="08326D9F" w:rsidR="006F3940" w:rsidRPr="00972233" w:rsidRDefault="006F3940" w:rsidP="006F3940">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F3940" w:rsidRPr="00972233" w14:paraId="27289B76" w14:textId="77777777" w:rsidTr="006F3940">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E7393BC" w14:textId="77777777" w:rsidR="006F3940" w:rsidRPr="00972233" w:rsidRDefault="006F3940" w:rsidP="006F3940">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52F7475F" w14:textId="77777777" w:rsidR="006F3940" w:rsidRPr="00972233" w:rsidRDefault="006F3940" w:rsidP="006F3940">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7379EA90" w14:textId="2F793680" w:rsidR="006F3940" w:rsidRPr="00972233" w:rsidRDefault="006F3940" w:rsidP="006F3940">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F3940" w:rsidRPr="00972233" w14:paraId="184A2306" w14:textId="77777777" w:rsidTr="006F3940">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BE0CF2A" w14:textId="77777777" w:rsidR="006F3940" w:rsidRPr="00972233" w:rsidRDefault="006F3940" w:rsidP="006F3940">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A785B2B" w14:textId="77777777" w:rsidR="006F3940" w:rsidRPr="00972233" w:rsidRDefault="006F3940" w:rsidP="006F3940">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="564E6373" w14:textId="349B8783" w:rsidR="006F3940" w:rsidRPr="00972233" w:rsidRDefault="006F3940" w:rsidP="006F3940">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F3940" w:rsidRPr="00972233" w14:paraId="3077B905" w14:textId="77777777" w:rsidTr="006F3940">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F2E5466" w14:textId="77777777" w:rsidR="006F3940" w:rsidRPr="00972233" w:rsidRDefault="006F3940" w:rsidP="006F3940">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F68C83C" w14:textId="77777777" w:rsidR="006F3940" w:rsidRPr="00972233" w:rsidRDefault="006F3940" w:rsidP="006F3940">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51D69750" w14:textId="209E0E6F" w:rsidR="006F3940" w:rsidRPr="00972233" w:rsidRDefault="006F3940" w:rsidP="006F3940">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F3940" w:rsidRPr="00972233" w14:paraId="28B0696B" w14:textId="77777777" w:rsidTr="006F3940">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C01D04D" w14:textId="77777777" w:rsidR="006F3940" w:rsidRPr="00972233" w:rsidRDefault="006F3940" w:rsidP="006F3940">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CA111DB" w14:textId="77777777" w:rsidR="006F3940" w:rsidRPr="00972233" w:rsidRDefault="006F3940" w:rsidP="006F3940">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A36F05F" w14:textId="735E53F2" w:rsidR="006F3940" w:rsidRPr="00972233" w:rsidRDefault="006F3940" w:rsidP="006F3940">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F3940" w:rsidRPr="00972233" w14:paraId="4E21FD11" w14:textId="77777777" w:rsidTr="006F3940">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12C8FFEC" w14:textId="77777777" w:rsidR="006F3940" w:rsidRPr="00972233" w:rsidRDefault="006F3940" w:rsidP="006F3940">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="440EB03D" w14:textId="77777777" w:rsidR="006F3940" w:rsidRPr="00972233" w:rsidRDefault="006F3940" w:rsidP="006F3940">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="028BF426" w14:textId="77777777" w:rsidR="006F3940" w:rsidRPr="00972233" w:rsidRDefault="006F3940" w:rsidP="006F3940">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F3940" w:rsidRPr="00972233" w14:paraId="2EE1B5C5" w14:textId="77777777" w:rsidTr="006F3940">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="08F655EA" w14:textId="77777777" w:rsidR="006F3940" w:rsidRPr="00972233" w:rsidRDefault="006F3940" w:rsidP="006F3940">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D4AA93A" w14:textId="77777777" w:rsidR="006F3940" w:rsidRPr="00972233" w:rsidRDefault="006F3940" w:rsidP="006F3940">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="644B1140" w14:textId="77777777" w:rsidR="006F3940" w:rsidRPr="00972233" w:rsidRDefault="006F3940" w:rsidP="006F3940">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="599D06A8" w14:textId="792AD0BD" w:rsidR="009C5E00" w:rsidRPr="00972233" w:rsidRDefault="009C5E00" w:rsidP="00AD25C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6126FA58" w14:textId="37EBB2C3" w:rsidR="009C5E00" w:rsidRPr="00972233" w:rsidRDefault="00312A76" w:rsidP="00AD25C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312A76">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1949DAD5" wp14:editId="415CE6F5">
-[...18 lines deleted...]
-            <wp:docPr id="119" name="Afbeelding 1" descr="startgebied 100m"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="486E84C7" wp14:editId="1CAEE8C4">
+            <wp:extent cx="6118856" cy="4643251"/>
+            <wp:effectExtent l="0" t="0" r="0" b="5080"/>
+            <wp:docPr id="107647565" name="Picture 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Afbeelding 1" descr="startgebied 100m"/>
+                    <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
-[...1751 lines deleted...]
-                    <a:blip r:embed="rId7">
+                    <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5163185" cy="5785485"/>
+                      <a:ext cx="6138547" cy="4658193"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...5 lines deleted...]
-          </wp:anchor>
+          </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BB73251" w14:textId="77777777" w:rsidR="00913FE6" w:rsidRDefault="00913FE6" w:rsidP="00913FE6">
+    <w:p w14:paraId="6950B5C2" w14:textId="7D245CA0" w:rsidR="00312A76" w:rsidRDefault="00312A76">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="8789"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DF12D3" w:rsidRPr="00972233" w14:paraId="74D402E9" w14:textId="77777777" w:rsidTr="00105C88">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D5FBFC" w14:textId="77777777" w:rsidR="00DF12D3" w:rsidRPr="00972233" w:rsidRDefault="00DF12D3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">48. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7930CCE8" w14:textId="77777777" w:rsidR="00DF12D3" w:rsidRPr="00972233" w:rsidRDefault="00DF12D3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8789" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6031E2BB" w14:textId="0768D1B7" w:rsidR="00DF12D3" w:rsidRPr="00972233" w:rsidRDefault="00DF12D3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>For a 400m start, there are athletes in all 8 lanes. The starter is back beyond the finish line on the outside of the track. Where should the lead Starter</w:t>
+            </w:r>
+            <w:r w:rsidR="002628B0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">s Assistant signal from? Please select the letter to indicate the correct position.  (1 mark) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF12D3" w:rsidRPr="00972233" w14:paraId="1F48865E" w14:textId="77777777" w:rsidTr="00105C88">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0480A2D4" w14:textId="77777777" w:rsidR="00DF12D3" w:rsidRPr="00972233" w:rsidRDefault="00DF12D3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="55F34DFF" w14:textId="77777777" w:rsidR="00DF12D3" w:rsidRPr="00972233" w:rsidRDefault="00DF12D3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8789" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="72040534" w14:textId="77777777" w:rsidR="00DF12D3" w:rsidRPr="00972233" w:rsidRDefault="00DF12D3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF12D3" w:rsidRPr="00972233" w14:paraId="3181BD7D" w14:textId="77777777" w:rsidTr="00105C88">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C577BF8" w14:textId="77777777" w:rsidR="00DF12D3" w:rsidRPr="00972233" w:rsidRDefault="00DF12D3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="033BBF4D" w14:textId="77777777" w:rsidR="00DF12D3" w:rsidRPr="00972233" w:rsidRDefault="00DF12D3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8789" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26269729" w14:textId="77777777" w:rsidR="00DF12D3" w:rsidRPr="00972233" w:rsidRDefault="00DF12D3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF12D3" w:rsidRPr="00972233" w14:paraId="3118B952" w14:textId="77777777" w:rsidTr="00105C88">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="594F3ABA" w14:textId="7E29E91D" w:rsidR="00DF12D3" w:rsidRPr="00972233" w:rsidRDefault="00DF12D3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F8CD500" w14:textId="77777777" w:rsidR="00DF12D3" w:rsidRPr="00972233" w:rsidRDefault="00DF12D3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8789" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="68D43C43" w14:textId="77777777" w:rsidR="00DF12D3" w:rsidRPr="00972233" w:rsidRDefault="00DF12D3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF12D3" w:rsidRPr="00972233" w14:paraId="39C54946" w14:textId="77777777" w:rsidTr="00105C88">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C8A569C" w14:textId="77777777" w:rsidR="00DF12D3" w:rsidRPr="00972233" w:rsidRDefault="00DF12D3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02294DA8" w14:textId="77777777" w:rsidR="00DF12D3" w:rsidRPr="00972233" w:rsidRDefault="00DF12D3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8789" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0594D53D" w14:textId="77777777" w:rsidR="00DF12D3" w:rsidRPr="00972233" w:rsidRDefault="00DF12D3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF12D3" w:rsidRPr="00972233" w14:paraId="0C3C2135" w14:textId="77777777" w:rsidTr="00105C88">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6098D12B" w14:textId="77777777" w:rsidR="00DF12D3" w:rsidRPr="00972233" w:rsidRDefault="00DF12D3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="619D4BDD" w14:textId="77777777" w:rsidR="00DF12D3" w:rsidRPr="00972233" w:rsidRDefault="00DF12D3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8789" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A74570B" w14:textId="77777777" w:rsidR="00DF12D3" w:rsidRPr="00972233" w:rsidRDefault="00DF12D3" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3EE52D50" w14:textId="7B5D4AFC" w:rsidR="00172D29" w:rsidRPr="00972233" w:rsidRDefault="00172D29" w:rsidP="00AD25C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E120A31" w14:textId="77777777" w:rsidR="00913FE6" w:rsidRDefault="00913FE6" w:rsidP="00913FE6">
+    <w:p w14:paraId="39A8A43D" w14:textId="68CC0148" w:rsidR="00F54FD4" w:rsidRPr="00972233" w:rsidRDefault="00312A76" w:rsidP="00312A76">
       <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00312A76">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...282 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...200 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...82 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665920" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="075B3D28" wp14:editId="5245CB32">
-[...18 lines deleted...]
-            <wp:docPr id="8" name="Picture 8" descr="startgebied 200m"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="32365D4A" wp14:editId="04ABE6B4">
+            <wp:extent cx="6092041" cy="3840559"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="7620"/>
+            <wp:docPr id="1112394517" name="Picture 9"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 115" descr="startgebied 200m"/>
+                    <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7">
+                    <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4486910" cy="3966210"/>
+                      <a:ext cx="6099450" cy="3845230"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...5 lines deleted...]
-          </wp:anchor>
+          </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
-[...270 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="38264419" w14:textId="77777777" w:rsidR="00913FE6" w:rsidRDefault="00913FE6" w:rsidP="00913FE6">
-[...1452 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId10"/>
+    <w:sectPr w:rsidR="00F54FD4" w:rsidRPr="00972233" w:rsidSect="00D75AFF">
+      <w:headerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1440" w:right="991" w:bottom="1276" w:left="567" w:header="567" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1985" w:right="720" w:bottom="142" w:left="720" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7B5BA9BC" w14:textId="77777777" w:rsidR="00A75236" w:rsidRDefault="00A75236" w:rsidP="00E51F23">
+    <w:p w14:paraId="1D17EC3F" w14:textId="77777777" w:rsidR="00874674" w:rsidRDefault="00874674" w:rsidP="00C76853">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3173E32E" w14:textId="77777777" w:rsidR="00A75236" w:rsidRDefault="00A75236" w:rsidP="00E51F23">
+    <w:p w14:paraId="50BB9EDF" w14:textId="77777777" w:rsidR="00874674" w:rsidRDefault="00874674" w:rsidP="00C76853">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...19 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...185 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="235CB174" w14:textId="77777777" w:rsidR="00A75236" w:rsidRDefault="00A75236" w:rsidP="00E51F23">
+    <w:p w14:paraId="0CD2F69E" w14:textId="77777777" w:rsidR="00874674" w:rsidRDefault="00874674" w:rsidP="00C76853">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2F78A3FE" w14:textId="77777777" w:rsidR="00A75236" w:rsidRDefault="00A75236" w:rsidP="00E51F23">
+    <w:p w14:paraId="385C6F41" w14:textId="77777777" w:rsidR="00874674" w:rsidRDefault="00874674" w:rsidP="00C76853">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="1F5D9E9A" w14:textId="7944CFA4" w:rsidR="000A0F17" w:rsidRDefault="000A0F17" w:rsidP="000A0F17">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47279D0C" w14:textId="17FBE096" w:rsidR="00C76853" w:rsidRDefault="00C76853">
     <w:pPr>
       <w:pStyle w:val="Header"/>
-      <w:jc w:val="center"/>
-[...2 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00853794">
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5FDEC97A" wp14:editId="00E433C0">
-[...8 lines deleted...]
-          </wp:docPr>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E44F07B" wp14:editId="281204BB">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>1600200</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-130175</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="3543300" cy="811274"/>
+          <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1571971461" name="Picture 4" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 3">
-[...5 lines deleted...]
-                  </pic:cNvPr>
+                  <pic:cNvPr id="824061101" name="Picture 4" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect t="-7617" r="31203"/>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="3962400" cy="967740"/>
+                    <a:ext cx="3543300" cy="811274"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
-                  <a:ln>
-[...1 lines deleted...]
-                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:inline>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
       </w:drawing>
     </w:r>
-  </w:p>
-[...3 lines deleted...]
-      <w:jc w:val="center"/>
+    <w:r w:rsidR="006E100E">
       <w:rPr>
-        <w:b/>
-[...3 lines deleted...]
-        <w:szCs w:val="24"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
-    </w:pPr>
-[...99 lines deleted...]
-      </mc:AlternateContent>
+      <w:t>Version 1</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="013F02B5"/>
+    <w:nsid w:val="1FF356D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5E8C7706"/>
-[...30 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+    <w:tmpl w:val="D220B6FE"/>
+    <w:lvl w:ilvl="0" w:tplc="8DC8C486">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
-[...58 lines deleted...]
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
-      </w:rPr>
-[...720 lines deleted...]
-        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0809001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0809001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="23A10628"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6506F1AE"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1"/>
-[...839 lines deleted...]
-      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0809001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0809001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
-[...357 lines deleted...]
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="1" w16cid:durableId="209457236">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1345084905">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="2" w16cid:durableId="137840937">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="799685085">
-[...62 lines deleted...]
-  <w:numIdMacAtCleanup w:val="9"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="80"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E25A07"/>
-[...145 lines deleted...]
-    <w:rsid w:val="00FE3BD4"/>
+    <w:rsidRoot w:val="00AD25C7"/>
+    <w:rsid w:val="00002D06"/>
+    <w:rsid w:val="000033F5"/>
+    <w:rsid w:val="00005235"/>
+    <w:rsid w:val="00014466"/>
+    <w:rsid w:val="00015759"/>
+    <w:rsid w:val="0001642C"/>
+    <w:rsid w:val="00017268"/>
+    <w:rsid w:val="00020391"/>
+    <w:rsid w:val="00022856"/>
+    <w:rsid w:val="000231DB"/>
+    <w:rsid w:val="00025334"/>
+    <w:rsid w:val="000320E1"/>
+    <w:rsid w:val="0003303C"/>
+    <w:rsid w:val="00034F6D"/>
+    <w:rsid w:val="00035213"/>
+    <w:rsid w:val="00037AA1"/>
+    <w:rsid w:val="00040A76"/>
+    <w:rsid w:val="00041B40"/>
+    <w:rsid w:val="0004788C"/>
+    <w:rsid w:val="00047948"/>
+    <w:rsid w:val="00050373"/>
+    <w:rsid w:val="0005261D"/>
+    <w:rsid w:val="00052AC3"/>
+    <w:rsid w:val="00053A4D"/>
+    <w:rsid w:val="00054081"/>
+    <w:rsid w:val="0005475F"/>
+    <w:rsid w:val="00054C27"/>
+    <w:rsid w:val="00060432"/>
+    <w:rsid w:val="0007229D"/>
+    <w:rsid w:val="0007593A"/>
+    <w:rsid w:val="00082221"/>
+    <w:rsid w:val="00082C1F"/>
+    <w:rsid w:val="000861EC"/>
+    <w:rsid w:val="00086859"/>
+    <w:rsid w:val="00090C67"/>
+    <w:rsid w:val="0009223E"/>
+    <w:rsid w:val="0009366E"/>
+    <w:rsid w:val="00096671"/>
+    <w:rsid w:val="000A0009"/>
+    <w:rsid w:val="000A226D"/>
+    <w:rsid w:val="000A2DFE"/>
+    <w:rsid w:val="000A44BF"/>
+    <w:rsid w:val="000A6AF6"/>
+    <w:rsid w:val="000B6FC1"/>
+    <w:rsid w:val="000C6B33"/>
+    <w:rsid w:val="000C73FF"/>
+    <w:rsid w:val="000D173B"/>
+    <w:rsid w:val="000D1FC3"/>
+    <w:rsid w:val="000D64EF"/>
+    <w:rsid w:val="000D6A37"/>
+    <w:rsid w:val="000E0F5D"/>
+    <w:rsid w:val="000E3F5E"/>
+    <w:rsid w:val="000E472C"/>
+    <w:rsid w:val="000E5DF4"/>
+    <w:rsid w:val="000F0CA9"/>
+    <w:rsid w:val="000F73F2"/>
+    <w:rsid w:val="001000DA"/>
+    <w:rsid w:val="00100365"/>
+    <w:rsid w:val="001009F7"/>
+    <w:rsid w:val="00100BE5"/>
+    <w:rsid w:val="001010A0"/>
+    <w:rsid w:val="0010151B"/>
+    <w:rsid w:val="00107277"/>
+    <w:rsid w:val="001100DC"/>
+    <w:rsid w:val="00111D6E"/>
+    <w:rsid w:val="00111DA1"/>
+    <w:rsid w:val="00121688"/>
+    <w:rsid w:val="00122DC3"/>
+    <w:rsid w:val="00130350"/>
+    <w:rsid w:val="001340E0"/>
+    <w:rsid w:val="001344E3"/>
+    <w:rsid w:val="00134F1D"/>
+    <w:rsid w:val="00135023"/>
+    <w:rsid w:val="00135687"/>
+    <w:rsid w:val="001432B6"/>
+    <w:rsid w:val="001438A0"/>
+    <w:rsid w:val="001517CB"/>
+    <w:rsid w:val="00154785"/>
+    <w:rsid w:val="00154B3A"/>
+    <w:rsid w:val="001569C6"/>
+    <w:rsid w:val="00161DB0"/>
+    <w:rsid w:val="00163332"/>
+    <w:rsid w:val="00164404"/>
+    <w:rsid w:val="00170136"/>
+    <w:rsid w:val="0017144C"/>
+    <w:rsid w:val="00172A9A"/>
+    <w:rsid w:val="00172D29"/>
+    <w:rsid w:val="00181F71"/>
+    <w:rsid w:val="00181FD1"/>
+    <w:rsid w:val="001832E2"/>
+    <w:rsid w:val="00184CD6"/>
+    <w:rsid w:val="00192DFC"/>
+    <w:rsid w:val="001A0784"/>
+    <w:rsid w:val="001A081E"/>
+    <w:rsid w:val="001A31D2"/>
+    <w:rsid w:val="001A6A56"/>
+    <w:rsid w:val="001B133C"/>
+    <w:rsid w:val="001B1819"/>
+    <w:rsid w:val="001B4F2F"/>
+    <w:rsid w:val="001C10F5"/>
+    <w:rsid w:val="001C172A"/>
+    <w:rsid w:val="001C4CA5"/>
+    <w:rsid w:val="001C56A5"/>
+    <w:rsid w:val="001C5895"/>
+    <w:rsid w:val="001D3450"/>
+    <w:rsid w:val="001D6A8C"/>
+    <w:rsid w:val="001E0131"/>
+    <w:rsid w:val="001E1C8D"/>
+    <w:rsid w:val="001E30D2"/>
+    <w:rsid w:val="001E3473"/>
+    <w:rsid w:val="001E46D6"/>
+    <w:rsid w:val="001E6042"/>
+    <w:rsid w:val="001E6B7C"/>
+    <w:rsid w:val="001E71F7"/>
+    <w:rsid w:val="001F1E6E"/>
+    <w:rsid w:val="001F27E4"/>
+    <w:rsid w:val="00200C36"/>
+    <w:rsid w:val="00201207"/>
+    <w:rsid w:val="00201650"/>
+    <w:rsid w:val="002022FB"/>
+    <w:rsid w:val="00202713"/>
+    <w:rsid w:val="00210F4F"/>
+    <w:rsid w:val="002111D3"/>
+    <w:rsid w:val="002139E0"/>
+    <w:rsid w:val="00216AA7"/>
+    <w:rsid w:val="00216D5C"/>
+    <w:rsid w:val="00221D54"/>
+    <w:rsid w:val="00223AC0"/>
+    <w:rsid w:val="00225CD8"/>
+    <w:rsid w:val="0022603D"/>
+    <w:rsid w:val="00226091"/>
+    <w:rsid w:val="002306DF"/>
+    <w:rsid w:val="0023167C"/>
+    <w:rsid w:val="002339BA"/>
+    <w:rsid w:val="00233CBE"/>
+    <w:rsid w:val="00234EA6"/>
+    <w:rsid w:val="002358B7"/>
+    <w:rsid w:val="00237A70"/>
+    <w:rsid w:val="002407A9"/>
+    <w:rsid w:val="0024105F"/>
+    <w:rsid w:val="0024503F"/>
+    <w:rsid w:val="00245701"/>
+    <w:rsid w:val="00246343"/>
+    <w:rsid w:val="00250526"/>
+    <w:rsid w:val="00253715"/>
+    <w:rsid w:val="00254BF9"/>
+    <w:rsid w:val="00255084"/>
+    <w:rsid w:val="00257706"/>
+    <w:rsid w:val="0026150E"/>
+    <w:rsid w:val="00262565"/>
+    <w:rsid w:val="002628B0"/>
+    <w:rsid w:val="00262AA5"/>
+    <w:rsid w:val="00262AC8"/>
+    <w:rsid w:val="00265990"/>
+    <w:rsid w:val="00267091"/>
+    <w:rsid w:val="0027257C"/>
+    <w:rsid w:val="002725F2"/>
+    <w:rsid w:val="00274933"/>
+    <w:rsid w:val="00284A22"/>
+    <w:rsid w:val="00284F48"/>
+    <w:rsid w:val="00286486"/>
+    <w:rsid w:val="0029199C"/>
+    <w:rsid w:val="002927DA"/>
+    <w:rsid w:val="00293EA4"/>
+    <w:rsid w:val="00294935"/>
+    <w:rsid w:val="002A1DC2"/>
+    <w:rsid w:val="002A2BE7"/>
+    <w:rsid w:val="002A424F"/>
+    <w:rsid w:val="002A42AF"/>
+    <w:rsid w:val="002A698A"/>
+    <w:rsid w:val="002B1FF2"/>
+    <w:rsid w:val="002B3EF4"/>
+    <w:rsid w:val="002B486B"/>
+    <w:rsid w:val="002B6870"/>
+    <w:rsid w:val="002C338F"/>
+    <w:rsid w:val="002C4589"/>
+    <w:rsid w:val="002D204D"/>
+    <w:rsid w:val="002D2C56"/>
+    <w:rsid w:val="002D640F"/>
+    <w:rsid w:val="002D7B4E"/>
+    <w:rsid w:val="002E0D49"/>
+    <w:rsid w:val="002E1603"/>
+    <w:rsid w:val="002E4527"/>
+    <w:rsid w:val="002E696D"/>
+    <w:rsid w:val="002E6BD3"/>
+    <w:rsid w:val="002E716C"/>
+    <w:rsid w:val="002F3424"/>
+    <w:rsid w:val="002F4241"/>
+    <w:rsid w:val="002F469A"/>
+    <w:rsid w:val="002F46A0"/>
+    <w:rsid w:val="00301EDE"/>
+    <w:rsid w:val="003027E6"/>
+    <w:rsid w:val="003042E7"/>
+    <w:rsid w:val="00305E70"/>
+    <w:rsid w:val="00306875"/>
+    <w:rsid w:val="003125A7"/>
+    <w:rsid w:val="00312A76"/>
+    <w:rsid w:val="003140C5"/>
+    <w:rsid w:val="00316A9D"/>
+    <w:rsid w:val="00317A7B"/>
+    <w:rsid w:val="003233FC"/>
+    <w:rsid w:val="00325130"/>
+    <w:rsid w:val="00325D46"/>
+    <w:rsid w:val="00327C4E"/>
+    <w:rsid w:val="0033134B"/>
+    <w:rsid w:val="00332FBA"/>
+    <w:rsid w:val="00337608"/>
+    <w:rsid w:val="00340CFC"/>
+    <w:rsid w:val="00341AB3"/>
+    <w:rsid w:val="00347BE6"/>
+    <w:rsid w:val="00352F23"/>
+    <w:rsid w:val="0035374F"/>
+    <w:rsid w:val="00354D8F"/>
+    <w:rsid w:val="00356E11"/>
+    <w:rsid w:val="00357318"/>
+    <w:rsid w:val="00357637"/>
+    <w:rsid w:val="00357AEE"/>
+    <w:rsid w:val="00360642"/>
+    <w:rsid w:val="00360706"/>
+    <w:rsid w:val="00363489"/>
+    <w:rsid w:val="00363E90"/>
+    <w:rsid w:val="00364149"/>
+    <w:rsid w:val="00365293"/>
+    <w:rsid w:val="003672AE"/>
+    <w:rsid w:val="00373C7F"/>
+    <w:rsid w:val="00373FD3"/>
+    <w:rsid w:val="00375F89"/>
+    <w:rsid w:val="00376474"/>
+    <w:rsid w:val="00377116"/>
+    <w:rsid w:val="00383895"/>
+    <w:rsid w:val="00384E6D"/>
+    <w:rsid w:val="003956B8"/>
+    <w:rsid w:val="00395704"/>
+    <w:rsid w:val="00395943"/>
+    <w:rsid w:val="003959EC"/>
+    <w:rsid w:val="003A08C3"/>
+    <w:rsid w:val="003A19A9"/>
+    <w:rsid w:val="003A2BA2"/>
+    <w:rsid w:val="003A3C9A"/>
+    <w:rsid w:val="003A3FE8"/>
+    <w:rsid w:val="003B4146"/>
+    <w:rsid w:val="003B4A70"/>
+    <w:rsid w:val="003B70EF"/>
+    <w:rsid w:val="003B7747"/>
+    <w:rsid w:val="003C35F3"/>
+    <w:rsid w:val="003C511B"/>
+    <w:rsid w:val="003D02AA"/>
+    <w:rsid w:val="003D073E"/>
+    <w:rsid w:val="003E1371"/>
+    <w:rsid w:val="003E2F93"/>
+    <w:rsid w:val="003E319E"/>
+    <w:rsid w:val="003E6F5D"/>
+    <w:rsid w:val="003F10DA"/>
+    <w:rsid w:val="003F4874"/>
+    <w:rsid w:val="003F5C14"/>
+    <w:rsid w:val="003F64F0"/>
+    <w:rsid w:val="003F762B"/>
+    <w:rsid w:val="004004D6"/>
+    <w:rsid w:val="004012C6"/>
+    <w:rsid w:val="00401A9D"/>
+    <w:rsid w:val="0040376C"/>
+    <w:rsid w:val="0040403D"/>
+    <w:rsid w:val="00404DFD"/>
+    <w:rsid w:val="00406279"/>
+    <w:rsid w:val="004140A2"/>
+    <w:rsid w:val="00415D7D"/>
+    <w:rsid w:val="004162A5"/>
+    <w:rsid w:val="0042278E"/>
+    <w:rsid w:val="00422A88"/>
+    <w:rsid w:val="004233E3"/>
+    <w:rsid w:val="004259FA"/>
+    <w:rsid w:val="004350D4"/>
+    <w:rsid w:val="004372ED"/>
+    <w:rsid w:val="0043792B"/>
+    <w:rsid w:val="00440043"/>
+    <w:rsid w:val="0044022E"/>
+    <w:rsid w:val="00440321"/>
+    <w:rsid w:val="0044079B"/>
+    <w:rsid w:val="004428D7"/>
+    <w:rsid w:val="0044337B"/>
+    <w:rsid w:val="00444A51"/>
+    <w:rsid w:val="00444E9D"/>
+    <w:rsid w:val="0044551F"/>
+    <w:rsid w:val="00450163"/>
+    <w:rsid w:val="0045041C"/>
+    <w:rsid w:val="004506FF"/>
+    <w:rsid w:val="004516B2"/>
+    <w:rsid w:val="00451A89"/>
+    <w:rsid w:val="00455038"/>
+    <w:rsid w:val="004552DC"/>
+    <w:rsid w:val="004568C5"/>
+    <w:rsid w:val="00456D74"/>
+    <w:rsid w:val="004625A2"/>
+    <w:rsid w:val="0046490C"/>
+    <w:rsid w:val="00465739"/>
+    <w:rsid w:val="004706FD"/>
+    <w:rsid w:val="00470EB3"/>
+    <w:rsid w:val="004725AC"/>
+    <w:rsid w:val="004736DA"/>
+    <w:rsid w:val="004754E5"/>
+    <w:rsid w:val="004815D8"/>
+    <w:rsid w:val="0048243C"/>
+    <w:rsid w:val="0048330C"/>
+    <w:rsid w:val="00484DD8"/>
+    <w:rsid w:val="004945B6"/>
+    <w:rsid w:val="004964BD"/>
+    <w:rsid w:val="004A2789"/>
+    <w:rsid w:val="004A38CE"/>
+    <w:rsid w:val="004A7179"/>
+    <w:rsid w:val="004B0BCC"/>
+    <w:rsid w:val="004B2258"/>
+    <w:rsid w:val="004B622C"/>
+    <w:rsid w:val="004B63B8"/>
+    <w:rsid w:val="004B704D"/>
+    <w:rsid w:val="004B7D65"/>
+    <w:rsid w:val="004C084A"/>
+    <w:rsid w:val="004C1287"/>
+    <w:rsid w:val="004C26B9"/>
+    <w:rsid w:val="004C3768"/>
+    <w:rsid w:val="004C59D6"/>
+    <w:rsid w:val="004C73F2"/>
+    <w:rsid w:val="004D03CE"/>
+    <w:rsid w:val="004D2609"/>
+    <w:rsid w:val="004E00F3"/>
+    <w:rsid w:val="004E1864"/>
+    <w:rsid w:val="004E2C0B"/>
+    <w:rsid w:val="004E4985"/>
+    <w:rsid w:val="004E5538"/>
+    <w:rsid w:val="004F17BA"/>
+    <w:rsid w:val="004F3A69"/>
+    <w:rsid w:val="00505D1C"/>
+    <w:rsid w:val="00510738"/>
+    <w:rsid w:val="00512208"/>
+    <w:rsid w:val="005131F8"/>
+    <w:rsid w:val="00514A85"/>
+    <w:rsid w:val="005207A8"/>
+    <w:rsid w:val="00520A5D"/>
+    <w:rsid w:val="00520FE6"/>
+    <w:rsid w:val="00522BE0"/>
+    <w:rsid w:val="00524553"/>
+    <w:rsid w:val="00524C64"/>
+    <w:rsid w:val="005251C1"/>
+    <w:rsid w:val="00526387"/>
+    <w:rsid w:val="00533CF1"/>
+    <w:rsid w:val="005368D5"/>
+    <w:rsid w:val="00544A79"/>
+    <w:rsid w:val="00547683"/>
+    <w:rsid w:val="00550820"/>
+    <w:rsid w:val="00550964"/>
+    <w:rsid w:val="00552634"/>
+    <w:rsid w:val="005544F0"/>
+    <w:rsid w:val="00555794"/>
+    <w:rsid w:val="00560B92"/>
+    <w:rsid w:val="005628D5"/>
+    <w:rsid w:val="00562ACA"/>
+    <w:rsid w:val="005640A2"/>
+    <w:rsid w:val="005649DE"/>
+    <w:rsid w:val="0057048D"/>
+    <w:rsid w:val="0057569B"/>
+    <w:rsid w:val="005768BB"/>
+    <w:rsid w:val="00582F8D"/>
+    <w:rsid w:val="0058464E"/>
+    <w:rsid w:val="00584968"/>
+    <w:rsid w:val="00587BA9"/>
+    <w:rsid w:val="00590087"/>
+    <w:rsid w:val="005966B2"/>
+    <w:rsid w:val="005970A0"/>
+    <w:rsid w:val="005977D8"/>
+    <w:rsid w:val="00597A05"/>
+    <w:rsid w:val="005A1660"/>
+    <w:rsid w:val="005A1D2E"/>
+    <w:rsid w:val="005A274D"/>
+    <w:rsid w:val="005A35BF"/>
+    <w:rsid w:val="005A3CFF"/>
+    <w:rsid w:val="005A43D8"/>
+    <w:rsid w:val="005A4CCF"/>
+    <w:rsid w:val="005A59B7"/>
+    <w:rsid w:val="005B544B"/>
+    <w:rsid w:val="005B5AD4"/>
+    <w:rsid w:val="005C0FAE"/>
+    <w:rsid w:val="005C1582"/>
+    <w:rsid w:val="005D109C"/>
+    <w:rsid w:val="005D2477"/>
+    <w:rsid w:val="005D393B"/>
+    <w:rsid w:val="005D4B73"/>
+    <w:rsid w:val="005D5536"/>
+    <w:rsid w:val="005E07C9"/>
+    <w:rsid w:val="005E2BEA"/>
+    <w:rsid w:val="005F0305"/>
+    <w:rsid w:val="005F45AF"/>
+    <w:rsid w:val="005F52E1"/>
+    <w:rsid w:val="005F6BB2"/>
+    <w:rsid w:val="00605140"/>
+    <w:rsid w:val="00605BDA"/>
+    <w:rsid w:val="006063C7"/>
+    <w:rsid w:val="006110B7"/>
+    <w:rsid w:val="006175CD"/>
+    <w:rsid w:val="006253FF"/>
+    <w:rsid w:val="0062728C"/>
+    <w:rsid w:val="00630F76"/>
+    <w:rsid w:val="00631998"/>
+    <w:rsid w:val="006334FA"/>
+    <w:rsid w:val="00636D17"/>
+    <w:rsid w:val="00636FF0"/>
+    <w:rsid w:val="00637066"/>
+    <w:rsid w:val="0064021E"/>
+    <w:rsid w:val="006408EA"/>
+    <w:rsid w:val="00641F26"/>
+    <w:rsid w:val="0064298E"/>
+    <w:rsid w:val="006457FD"/>
+    <w:rsid w:val="006535AE"/>
+    <w:rsid w:val="006538C3"/>
+    <w:rsid w:val="00656086"/>
+    <w:rsid w:val="006578EF"/>
+    <w:rsid w:val="0066096A"/>
+    <w:rsid w:val="0066176E"/>
+    <w:rsid w:val="00666693"/>
+    <w:rsid w:val="006673D9"/>
+    <w:rsid w:val="0067014A"/>
+    <w:rsid w:val="00673AED"/>
+    <w:rsid w:val="00682957"/>
+    <w:rsid w:val="00684C06"/>
+    <w:rsid w:val="00685BA4"/>
+    <w:rsid w:val="00686DBF"/>
+    <w:rsid w:val="0068718D"/>
+    <w:rsid w:val="00690819"/>
+    <w:rsid w:val="00691658"/>
+    <w:rsid w:val="006927BB"/>
+    <w:rsid w:val="00692F48"/>
+    <w:rsid w:val="00693DED"/>
+    <w:rsid w:val="00694F9E"/>
+    <w:rsid w:val="0069575E"/>
+    <w:rsid w:val="00695923"/>
+    <w:rsid w:val="00696F24"/>
+    <w:rsid w:val="00697443"/>
+    <w:rsid w:val="006A1A5D"/>
+    <w:rsid w:val="006A3F2A"/>
+    <w:rsid w:val="006A5FA0"/>
+    <w:rsid w:val="006B069E"/>
+    <w:rsid w:val="006B14E0"/>
+    <w:rsid w:val="006B4C12"/>
+    <w:rsid w:val="006B65DE"/>
+    <w:rsid w:val="006B75EB"/>
+    <w:rsid w:val="006B789D"/>
+    <w:rsid w:val="006C28E0"/>
+    <w:rsid w:val="006C3131"/>
+    <w:rsid w:val="006C5C14"/>
+    <w:rsid w:val="006D1284"/>
+    <w:rsid w:val="006D691A"/>
+    <w:rsid w:val="006E100E"/>
+    <w:rsid w:val="006E19C3"/>
+    <w:rsid w:val="006F0716"/>
+    <w:rsid w:val="006F2945"/>
+    <w:rsid w:val="006F3940"/>
+    <w:rsid w:val="006F5D70"/>
+    <w:rsid w:val="00705426"/>
+    <w:rsid w:val="007054DE"/>
+    <w:rsid w:val="00710BF2"/>
+    <w:rsid w:val="00712857"/>
+    <w:rsid w:val="00712D13"/>
+    <w:rsid w:val="007159FE"/>
+    <w:rsid w:val="00716686"/>
+    <w:rsid w:val="00716937"/>
+    <w:rsid w:val="00716E0A"/>
+    <w:rsid w:val="00720445"/>
+    <w:rsid w:val="00722FD6"/>
+    <w:rsid w:val="007272D4"/>
+    <w:rsid w:val="007300A0"/>
+    <w:rsid w:val="007307AD"/>
+    <w:rsid w:val="00732305"/>
+    <w:rsid w:val="00732367"/>
+    <w:rsid w:val="00732F9A"/>
+    <w:rsid w:val="00733CD3"/>
+    <w:rsid w:val="007372F6"/>
+    <w:rsid w:val="007474AA"/>
+    <w:rsid w:val="0075063D"/>
+    <w:rsid w:val="00751908"/>
+    <w:rsid w:val="00755EAA"/>
+    <w:rsid w:val="00756AC9"/>
+    <w:rsid w:val="00757FF4"/>
+    <w:rsid w:val="007600D2"/>
+    <w:rsid w:val="0076061D"/>
+    <w:rsid w:val="0076475B"/>
+    <w:rsid w:val="00767741"/>
+    <w:rsid w:val="00767BAE"/>
+    <w:rsid w:val="007713EA"/>
+    <w:rsid w:val="007759EE"/>
+    <w:rsid w:val="0077731C"/>
+    <w:rsid w:val="00777E4C"/>
+    <w:rsid w:val="00780019"/>
+    <w:rsid w:val="007823B0"/>
+    <w:rsid w:val="007828D0"/>
+    <w:rsid w:val="00782B78"/>
+    <w:rsid w:val="007831D2"/>
+    <w:rsid w:val="007917AB"/>
+    <w:rsid w:val="00791F9C"/>
+    <w:rsid w:val="007929FE"/>
+    <w:rsid w:val="00793EC2"/>
+    <w:rsid w:val="00794E29"/>
+    <w:rsid w:val="007953E8"/>
+    <w:rsid w:val="007A01B9"/>
+    <w:rsid w:val="007A08FF"/>
+    <w:rsid w:val="007A2B06"/>
+    <w:rsid w:val="007A2DF8"/>
+    <w:rsid w:val="007A35C8"/>
+    <w:rsid w:val="007A3E4D"/>
+    <w:rsid w:val="007A6B66"/>
+    <w:rsid w:val="007A744B"/>
+    <w:rsid w:val="007A761C"/>
+    <w:rsid w:val="007B1B5F"/>
+    <w:rsid w:val="007B73FA"/>
+    <w:rsid w:val="007C0F0C"/>
+    <w:rsid w:val="007C298F"/>
+    <w:rsid w:val="007C2B8A"/>
+    <w:rsid w:val="007C5483"/>
+    <w:rsid w:val="007C5546"/>
+    <w:rsid w:val="007C624E"/>
+    <w:rsid w:val="007C66DA"/>
+    <w:rsid w:val="007C7158"/>
+    <w:rsid w:val="007D67AD"/>
+    <w:rsid w:val="007D6D32"/>
+    <w:rsid w:val="007D7121"/>
+    <w:rsid w:val="007D7FD5"/>
+    <w:rsid w:val="007D7FF5"/>
+    <w:rsid w:val="007E28C5"/>
+    <w:rsid w:val="007E5136"/>
+    <w:rsid w:val="007F2177"/>
+    <w:rsid w:val="007F34A7"/>
+    <w:rsid w:val="007F614E"/>
+    <w:rsid w:val="007F78E1"/>
+    <w:rsid w:val="00800365"/>
+    <w:rsid w:val="00802392"/>
+    <w:rsid w:val="008034D4"/>
+    <w:rsid w:val="008036E6"/>
+    <w:rsid w:val="00803B0D"/>
+    <w:rsid w:val="0080754A"/>
+    <w:rsid w:val="008077D3"/>
+    <w:rsid w:val="00807F70"/>
+    <w:rsid w:val="00811B54"/>
+    <w:rsid w:val="00814EFE"/>
+    <w:rsid w:val="00816149"/>
+    <w:rsid w:val="00823A85"/>
+    <w:rsid w:val="008246E2"/>
+    <w:rsid w:val="00825790"/>
+    <w:rsid w:val="008314AF"/>
+    <w:rsid w:val="008334E3"/>
+    <w:rsid w:val="00836666"/>
+    <w:rsid w:val="0084141F"/>
+    <w:rsid w:val="008443F9"/>
+    <w:rsid w:val="00847127"/>
+    <w:rsid w:val="0085196F"/>
+    <w:rsid w:val="008536C6"/>
+    <w:rsid w:val="0085565D"/>
+    <w:rsid w:val="00856B5F"/>
+    <w:rsid w:val="00861839"/>
+    <w:rsid w:val="00863279"/>
+    <w:rsid w:val="00865D1E"/>
+    <w:rsid w:val="00866A04"/>
+    <w:rsid w:val="008675B1"/>
+    <w:rsid w:val="00867DB5"/>
+    <w:rsid w:val="0087175C"/>
+    <w:rsid w:val="008721A6"/>
+    <w:rsid w:val="00874674"/>
+    <w:rsid w:val="008755CA"/>
+    <w:rsid w:val="0087625C"/>
+    <w:rsid w:val="0087627B"/>
+    <w:rsid w:val="00877917"/>
+    <w:rsid w:val="008802CD"/>
+    <w:rsid w:val="0088262D"/>
+    <w:rsid w:val="00883BF0"/>
+    <w:rsid w:val="008860ED"/>
+    <w:rsid w:val="008902C7"/>
+    <w:rsid w:val="00890A88"/>
+    <w:rsid w:val="008918CD"/>
+    <w:rsid w:val="0089366D"/>
+    <w:rsid w:val="00894633"/>
+    <w:rsid w:val="00895359"/>
+    <w:rsid w:val="00896C85"/>
+    <w:rsid w:val="008A42CC"/>
+    <w:rsid w:val="008A448E"/>
+    <w:rsid w:val="008A48A2"/>
+    <w:rsid w:val="008A4F43"/>
+    <w:rsid w:val="008B3EA3"/>
+    <w:rsid w:val="008B6645"/>
+    <w:rsid w:val="008C1F72"/>
+    <w:rsid w:val="008C4389"/>
+    <w:rsid w:val="008C681C"/>
+    <w:rsid w:val="008C6E62"/>
+    <w:rsid w:val="008D221B"/>
+    <w:rsid w:val="008D2323"/>
+    <w:rsid w:val="008D4409"/>
+    <w:rsid w:val="008D6D52"/>
+    <w:rsid w:val="008D6D6C"/>
+    <w:rsid w:val="008D6E0D"/>
+    <w:rsid w:val="008D7160"/>
+    <w:rsid w:val="008E2BE7"/>
+    <w:rsid w:val="008E406E"/>
+    <w:rsid w:val="008E5388"/>
+    <w:rsid w:val="008F1E94"/>
+    <w:rsid w:val="008F4562"/>
+    <w:rsid w:val="008F49E9"/>
+    <w:rsid w:val="008F6E5F"/>
+    <w:rsid w:val="00900874"/>
+    <w:rsid w:val="009031B0"/>
+    <w:rsid w:val="00903B41"/>
+    <w:rsid w:val="00904C5E"/>
+    <w:rsid w:val="00904E19"/>
+    <w:rsid w:val="009056E1"/>
+    <w:rsid w:val="009071DF"/>
+    <w:rsid w:val="00907238"/>
+    <w:rsid w:val="00907B1A"/>
+    <w:rsid w:val="00910A83"/>
+    <w:rsid w:val="00911AC8"/>
+    <w:rsid w:val="00912936"/>
+    <w:rsid w:val="00912D49"/>
+    <w:rsid w:val="00913500"/>
+    <w:rsid w:val="00913922"/>
+    <w:rsid w:val="00915513"/>
+    <w:rsid w:val="00915C38"/>
+    <w:rsid w:val="00917416"/>
+    <w:rsid w:val="00920839"/>
+    <w:rsid w:val="00921881"/>
+    <w:rsid w:val="009223EE"/>
+    <w:rsid w:val="009269AB"/>
+    <w:rsid w:val="0094141B"/>
+    <w:rsid w:val="00941C62"/>
+    <w:rsid w:val="009428C1"/>
+    <w:rsid w:val="0094310A"/>
+    <w:rsid w:val="00945BDA"/>
+    <w:rsid w:val="00946632"/>
+    <w:rsid w:val="00947792"/>
+    <w:rsid w:val="00952E81"/>
+    <w:rsid w:val="009536DD"/>
+    <w:rsid w:val="00954F5F"/>
+    <w:rsid w:val="00963550"/>
+    <w:rsid w:val="0096478A"/>
+    <w:rsid w:val="00972233"/>
+    <w:rsid w:val="0097319B"/>
+    <w:rsid w:val="0097337B"/>
+    <w:rsid w:val="00973E3E"/>
+    <w:rsid w:val="00973EAF"/>
+    <w:rsid w:val="00981ADD"/>
+    <w:rsid w:val="00986A57"/>
+    <w:rsid w:val="00991D1A"/>
+    <w:rsid w:val="00995240"/>
+    <w:rsid w:val="00995481"/>
+    <w:rsid w:val="0099583E"/>
+    <w:rsid w:val="00996AD1"/>
+    <w:rsid w:val="009A11ED"/>
+    <w:rsid w:val="009A364D"/>
+    <w:rsid w:val="009A3D94"/>
+    <w:rsid w:val="009A4C75"/>
+    <w:rsid w:val="009A645F"/>
+    <w:rsid w:val="009B2652"/>
+    <w:rsid w:val="009B3F4E"/>
+    <w:rsid w:val="009B4D1D"/>
+    <w:rsid w:val="009C0705"/>
+    <w:rsid w:val="009C0F68"/>
+    <w:rsid w:val="009C13B4"/>
+    <w:rsid w:val="009C1B6D"/>
+    <w:rsid w:val="009C3B7D"/>
+    <w:rsid w:val="009C5E00"/>
+    <w:rsid w:val="009C6766"/>
+    <w:rsid w:val="009D0046"/>
+    <w:rsid w:val="009D514E"/>
+    <w:rsid w:val="009D784E"/>
+    <w:rsid w:val="009D798E"/>
+    <w:rsid w:val="009E0E49"/>
+    <w:rsid w:val="009E0F02"/>
+    <w:rsid w:val="009E14F8"/>
+    <w:rsid w:val="009E6172"/>
+    <w:rsid w:val="009E664A"/>
+    <w:rsid w:val="009E68CB"/>
+    <w:rsid w:val="009F0422"/>
+    <w:rsid w:val="009F1A9D"/>
+    <w:rsid w:val="009F2999"/>
+    <w:rsid w:val="009F3483"/>
+    <w:rsid w:val="009F483E"/>
+    <w:rsid w:val="009F5486"/>
+    <w:rsid w:val="009F7C6E"/>
+    <w:rsid w:val="00A01FE5"/>
+    <w:rsid w:val="00A03D37"/>
+    <w:rsid w:val="00A069FE"/>
+    <w:rsid w:val="00A07B63"/>
+    <w:rsid w:val="00A12233"/>
+    <w:rsid w:val="00A14A23"/>
+    <w:rsid w:val="00A168E7"/>
+    <w:rsid w:val="00A203EF"/>
+    <w:rsid w:val="00A20D39"/>
+    <w:rsid w:val="00A24031"/>
+    <w:rsid w:val="00A2484E"/>
+    <w:rsid w:val="00A3676F"/>
+    <w:rsid w:val="00A3796A"/>
+    <w:rsid w:val="00A400D2"/>
+    <w:rsid w:val="00A4234E"/>
+    <w:rsid w:val="00A42566"/>
+    <w:rsid w:val="00A43341"/>
+    <w:rsid w:val="00A46280"/>
+    <w:rsid w:val="00A52368"/>
+    <w:rsid w:val="00A5531B"/>
+    <w:rsid w:val="00A5610A"/>
+    <w:rsid w:val="00A578AE"/>
+    <w:rsid w:val="00A60595"/>
+    <w:rsid w:val="00A60E8E"/>
+    <w:rsid w:val="00A64B2E"/>
+    <w:rsid w:val="00A66363"/>
+    <w:rsid w:val="00A66EFA"/>
+    <w:rsid w:val="00A710A6"/>
+    <w:rsid w:val="00A72461"/>
+    <w:rsid w:val="00A7766A"/>
+    <w:rsid w:val="00A805DD"/>
+    <w:rsid w:val="00A82AEC"/>
+    <w:rsid w:val="00A90E2F"/>
+    <w:rsid w:val="00A92A3B"/>
+    <w:rsid w:val="00A9304A"/>
+    <w:rsid w:val="00A9346D"/>
+    <w:rsid w:val="00A936CF"/>
+    <w:rsid w:val="00A93E2C"/>
+    <w:rsid w:val="00AA0102"/>
+    <w:rsid w:val="00AA1494"/>
+    <w:rsid w:val="00AA3779"/>
+    <w:rsid w:val="00AA6980"/>
+    <w:rsid w:val="00AA6E18"/>
+    <w:rsid w:val="00AB0BF7"/>
+    <w:rsid w:val="00AB1D4D"/>
+    <w:rsid w:val="00AB3779"/>
+    <w:rsid w:val="00AB39CA"/>
+    <w:rsid w:val="00AB7ED7"/>
+    <w:rsid w:val="00AC0844"/>
+    <w:rsid w:val="00AC2821"/>
+    <w:rsid w:val="00AC2C45"/>
+    <w:rsid w:val="00AC4367"/>
+    <w:rsid w:val="00AC504A"/>
+    <w:rsid w:val="00AC5DFA"/>
+    <w:rsid w:val="00AC684F"/>
+    <w:rsid w:val="00AC6F46"/>
+    <w:rsid w:val="00AC7742"/>
+    <w:rsid w:val="00AD0AD6"/>
+    <w:rsid w:val="00AD25C7"/>
+    <w:rsid w:val="00AE2268"/>
+    <w:rsid w:val="00AE296D"/>
+    <w:rsid w:val="00AE49C8"/>
+    <w:rsid w:val="00AE530E"/>
+    <w:rsid w:val="00AF16D1"/>
+    <w:rsid w:val="00B00F5C"/>
+    <w:rsid w:val="00B00F6F"/>
+    <w:rsid w:val="00B01786"/>
+    <w:rsid w:val="00B035EA"/>
+    <w:rsid w:val="00B03748"/>
+    <w:rsid w:val="00B11039"/>
+    <w:rsid w:val="00B13EFD"/>
+    <w:rsid w:val="00B17D92"/>
+    <w:rsid w:val="00B23258"/>
+    <w:rsid w:val="00B27C43"/>
+    <w:rsid w:val="00B30F30"/>
+    <w:rsid w:val="00B35B14"/>
+    <w:rsid w:val="00B46728"/>
+    <w:rsid w:val="00B47D79"/>
+    <w:rsid w:val="00B47F6F"/>
+    <w:rsid w:val="00B501BD"/>
+    <w:rsid w:val="00B51BA8"/>
+    <w:rsid w:val="00B547C2"/>
+    <w:rsid w:val="00B54EF7"/>
+    <w:rsid w:val="00B61C36"/>
+    <w:rsid w:val="00B65681"/>
+    <w:rsid w:val="00B74EE5"/>
+    <w:rsid w:val="00B8122A"/>
+    <w:rsid w:val="00B82627"/>
+    <w:rsid w:val="00B84D76"/>
+    <w:rsid w:val="00B8688A"/>
+    <w:rsid w:val="00B90CCA"/>
+    <w:rsid w:val="00B94139"/>
+    <w:rsid w:val="00B96553"/>
+    <w:rsid w:val="00BA04CC"/>
+    <w:rsid w:val="00BA4A59"/>
+    <w:rsid w:val="00BA4C24"/>
+    <w:rsid w:val="00BA7EFA"/>
+    <w:rsid w:val="00BB3825"/>
+    <w:rsid w:val="00BB39E8"/>
+    <w:rsid w:val="00BB5551"/>
+    <w:rsid w:val="00BC1852"/>
+    <w:rsid w:val="00BC40AB"/>
+    <w:rsid w:val="00BC6AE3"/>
+    <w:rsid w:val="00BC7F6C"/>
+    <w:rsid w:val="00BD1EAD"/>
+    <w:rsid w:val="00BD265E"/>
+    <w:rsid w:val="00BD3C55"/>
+    <w:rsid w:val="00BD6642"/>
+    <w:rsid w:val="00BD7980"/>
+    <w:rsid w:val="00BD7E71"/>
+    <w:rsid w:val="00BE2F62"/>
+    <w:rsid w:val="00BE3933"/>
+    <w:rsid w:val="00BE4654"/>
+    <w:rsid w:val="00BE5FFA"/>
+    <w:rsid w:val="00BE6F51"/>
+    <w:rsid w:val="00BE74E0"/>
+    <w:rsid w:val="00BE7655"/>
+    <w:rsid w:val="00BE7C8C"/>
+    <w:rsid w:val="00BF0808"/>
+    <w:rsid w:val="00BF0E33"/>
+    <w:rsid w:val="00BF2BF2"/>
+    <w:rsid w:val="00BF394F"/>
+    <w:rsid w:val="00C01EDB"/>
+    <w:rsid w:val="00C03AA5"/>
+    <w:rsid w:val="00C03F5C"/>
+    <w:rsid w:val="00C04D8E"/>
+    <w:rsid w:val="00C05377"/>
+    <w:rsid w:val="00C061F9"/>
+    <w:rsid w:val="00C07C5C"/>
+    <w:rsid w:val="00C11CB5"/>
+    <w:rsid w:val="00C12EC0"/>
+    <w:rsid w:val="00C1325B"/>
+    <w:rsid w:val="00C14C30"/>
+    <w:rsid w:val="00C15606"/>
+    <w:rsid w:val="00C15C2F"/>
+    <w:rsid w:val="00C15F8F"/>
+    <w:rsid w:val="00C22EE5"/>
+    <w:rsid w:val="00C233AA"/>
+    <w:rsid w:val="00C25023"/>
+    <w:rsid w:val="00C2596F"/>
+    <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C402DB"/>
+    <w:rsid w:val="00C4064F"/>
+    <w:rsid w:val="00C42BB4"/>
+    <w:rsid w:val="00C430D0"/>
+    <w:rsid w:val="00C442F5"/>
+    <w:rsid w:val="00C452A4"/>
+    <w:rsid w:val="00C45378"/>
+    <w:rsid w:val="00C454C0"/>
+    <w:rsid w:val="00C53197"/>
+    <w:rsid w:val="00C54483"/>
+    <w:rsid w:val="00C747B7"/>
+    <w:rsid w:val="00C766C9"/>
+    <w:rsid w:val="00C76853"/>
+    <w:rsid w:val="00C82CF0"/>
+    <w:rsid w:val="00C86763"/>
+    <w:rsid w:val="00C933AF"/>
+    <w:rsid w:val="00C940AC"/>
+    <w:rsid w:val="00C967C7"/>
+    <w:rsid w:val="00C97F9F"/>
+    <w:rsid w:val="00CA277E"/>
+    <w:rsid w:val="00CA51C6"/>
+    <w:rsid w:val="00CA6C51"/>
+    <w:rsid w:val="00CA736E"/>
+    <w:rsid w:val="00CA7D6C"/>
+    <w:rsid w:val="00CB0314"/>
+    <w:rsid w:val="00CB0D11"/>
+    <w:rsid w:val="00CB1413"/>
+    <w:rsid w:val="00CB34AA"/>
+    <w:rsid w:val="00CB35D5"/>
+    <w:rsid w:val="00CB59CA"/>
+    <w:rsid w:val="00CC0407"/>
+    <w:rsid w:val="00CC5BD7"/>
+    <w:rsid w:val="00CD22EC"/>
+    <w:rsid w:val="00CD3463"/>
+    <w:rsid w:val="00CD3FFB"/>
+    <w:rsid w:val="00CE2245"/>
+    <w:rsid w:val="00CE33C8"/>
+    <w:rsid w:val="00CF0879"/>
+    <w:rsid w:val="00CF2040"/>
+    <w:rsid w:val="00CF4149"/>
+    <w:rsid w:val="00CF48F2"/>
+    <w:rsid w:val="00CF55D0"/>
+    <w:rsid w:val="00CF628D"/>
+    <w:rsid w:val="00CF68CE"/>
+    <w:rsid w:val="00D01D25"/>
+    <w:rsid w:val="00D030EB"/>
+    <w:rsid w:val="00D05400"/>
+    <w:rsid w:val="00D06D18"/>
+    <w:rsid w:val="00D06F80"/>
+    <w:rsid w:val="00D116EB"/>
+    <w:rsid w:val="00D129EE"/>
+    <w:rsid w:val="00D12B49"/>
+    <w:rsid w:val="00D21BA6"/>
+    <w:rsid w:val="00D244C1"/>
+    <w:rsid w:val="00D30DB9"/>
+    <w:rsid w:val="00D325E1"/>
+    <w:rsid w:val="00D3285A"/>
+    <w:rsid w:val="00D35110"/>
+    <w:rsid w:val="00D37105"/>
+    <w:rsid w:val="00D37A08"/>
+    <w:rsid w:val="00D40D7A"/>
+    <w:rsid w:val="00D412F4"/>
+    <w:rsid w:val="00D4175A"/>
+    <w:rsid w:val="00D42AD0"/>
+    <w:rsid w:val="00D45076"/>
+    <w:rsid w:val="00D4702F"/>
+    <w:rsid w:val="00D47844"/>
+    <w:rsid w:val="00D47ABA"/>
+    <w:rsid w:val="00D50DA9"/>
+    <w:rsid w:val="00D516DD"/>
+    <w:rsid w:val="00D5465B"/>
+    <w:rsid w:val="00D557D5"/>
+    <w:rsid w:val="00D5653A"/>
+    <w:rsid w:val="00D662CC"/>
+    <w:rsid w:val="00D66536"/>
+    <w:rsid w:val="00D67D0D"/>
+    <w:rsid w:val="00D70503"/>
+    <w:rsid w:val="00D71098"/>
+    <w:rsid w:val="00D73451"/>
+    <w:rsid w:val="00D75AFF"/>
+    <w:rsid w:val="00D80ED9"/>
+    <w:rsid w:val="00D84708"/>
+    <w:rsid w:val="00D86828"/>
+    <w:rsid w:val="00D8693A"/>
+    <w:rsid w:val="00D874A1"/>
+    <w:rsid w:val="00D9164E"/>
+    <w:rsid w:val="00D920D3"/>
+    <w:rsid w:val="00D937C3"/>
+    <w:rsid w:val="00D9578A"/>
+    <w:rsid w:val="00D96C93"/>
+    <w:rsid w:val="00DA3232"/>
+    <w:rsid w:val="00DB01B0"/>
+    <w:rsid w:val="00DB0A72"/>
+    <w:rsid w:val="00DB1509"/>
+    <w:rsid w:val="00DB2546"/>
+    <w:rsid w:val="00DB68BE"/>
+    <w:rsid w:val="00DB6A78"/>
+    <w:rsid w:val="00DC42CF"/>
+    <w:rsid w:val="00DC6D93"/>
+    <w:rsid w:val="00DD0450"/>
+    <w:rsid w:val="00DD22E2"/>
+    <w:rsid w:val="00DD3BD8"/>
+    <w:rsid w:val="00DD3E15"/>
+    <w:rsid w:val="00DD4383"/>
+    <w:rsid w:val="00DD4CDA"/>
+    <w:rsid w:val="00DD69BE"/>
+    <w:rsid w:val="00DE1C31"/>
+    <w:rsid w:val="00DE4A06"/>
+    <w:rsid w:val="00DE5359"/>
+    <w:rsid w:val="00DF12D3"/>
+    <w:rsid w:val="00DF78E9"/>
+    <w:rsid w:val="00E025A5"/>
+    <w:rsid w:val="00E03B00"/>
+    <w:rsid w:val="00E062DB"/>
+    <w:rsid w:val="00E0727F"/>
+    <w:rsid w:val="00E077A1"/>
+    <w:rsid w:val="00E12538"/>
+    <w:rsid w:val="00E22793"/>
+    <w:rsid w:val="00E24AC5"/>
+    <w:rsid w:val="00E266B4"/>
+    <w:rsid w:val="00E344F2"/>
+    <w:rsid w:val="00E36C8C"/>
+    <w:rsid w:val="00E412D4"/>
+    <w:rsid w:val="00E41DDD"/>
+    <w:rsid w:val="00E41F17"/>
+    <w:rsid w:val="00E4388C"/>
+    <w:rsid w:val="00E44E73"/>
+    <w:rsid w:val="00E4598A"/>
+    <w:rsid w:val="00E46A2E"/>
+    <w:rsid w:val="00E50892"/>
+    <w:rsid w:val="00E50DDD"/>
+    <w:rsid w:val="00E52954"/>
+    <w:rsid w:val="00E5724D"/>
+    <w:rsid w:val="00E57941"/>
+    <w:rsid w:val="00E61F36"/>
+    <w:rsid w:val="00E63C1D"/>
+    <w:rsid w:val="00E678F9"/>
+    <w:rsid w:val="00E679B2"/>
+    <w:rsid w:val="00E70195"/>
+    <w:rsid w:val="00E74798"/>
+    <w:rsid w:val="00E75446"/>
+    <w:rsid w:val="00E7637F"/>
+    <w:rsid w:val="00E802B6"/>
+    <w:rsid w:val="00E808FF"/>
+    <w:rsid w:val="00E843BD"/>
+    <w:rsid w:val="00E86E06"/>
+    <w:rsid w:val="00E900D0"/>
+    <w:rsid w:val="00E91C1B"/>
+    <w:rsid w:val="00E92AFE"/>
+    <w:rsid w:val="00E9318F"/>
+    <w:rsid w:val="00E96E92"/>
+    <w:rsid w:val="00EA06E8"/>
+    <w:rsid w:val="00EA0A0E"/>
+    <w:rsid w:val="00EA307A"/>
+    <w:rsid w:val="00EA4471"/>
+    <w:rsid w:val="00EB0BD7"/>
+    <w:rsid w:val="00EB0D66"/>
+    <w:rsid w:val="00EB4285"/>
+    <w:rsid w:val="00EC00AA"/>
+    <w:rsid w:val="00EC0A7A"/>
+    <w:rsid w:val="00EC608C"/>
+    <w:rsid w:val="00EC75FB"/>
+    <w:rsid w:val="00ED074B"/>
+    <w:rsid w:val="00ED0E88"/>
+    <w:rsid w:val="00ED3237"/>
+    <w:rsid w:val="00ED4149"/>
+    <w:rsid w:val="00EE50CC"/>
+    <w:rsid w:val="00EF375C"/>
+    <w:rsid w:val="00EF3FFD"/>
+    <w:rsid w:val="00EF7A3E"/>
+    <w:rsid w:val="00F01FC9"/>
+    <w:rsid w:val="00F050C8"/>
+    <w:rsid w:val="00F05C84"/>
+    <w:rsid w:val="00F11AB6"/>
+    <w:rsid w:val="00F12444"/>
+    <w:rsid w:val="00F1413D"/>
+    <w:rsid w:val="00F14505"/>
+    <w:rsid w:val="00F16192"/>
+    <w:rsid w:val="00F179F0"/>
+    <w:rsid w:val="00F17AFC"/>
+    <w:rsid w:val="00F17E87"/>
+    <w:rsid w:val="00F22E8B"/>
+    <w:rsid w:val="00F26E44"/>
+    <w:rsid w:val="00F27104"/>
+    <w:rsid w:val="00F31A3D"/>
+    <w:rsid w:val="00F34259"/>
+    <w:rsid w:val="00F3722F"/>
+    <w:rsid w:val="00F41150"/>
+    <w:rsid w:val="00F41465"/>
+    <w:rsid w:val="00F438BF"/>
+    <w:rsid w:val="00F43AC3"/>
+    <w:rsid w:val="00F43CB4"/>
+    <w:rsid w:val="00F43D29"/>
+    <w:rsid w:val="00F46926"/>
+    <w:rsid w:val="00F500C4"/>
+    <w:rsid w:val="00F509FE"/>
+    <w:rsid w:val="00F51533"/>
+    <w:rsid w:val="00F529CF"/>
+    <w:rsid w:val="00F54FD4"/>
+    <w:rsid w:val="00F5693B"/>
+    <w:rsid w:val="00F60E90"/>
+    <w:rsid w:val="00F613E9"/>
+    <w:rsid w:val="00F65E80"/>
+    <w:rsid w:val="00F65F2B"/>
+    <w:rsid w:val="00F72F81"/>
+    <w:rsid w:val="00F7428C"/>
+    <w:rsid w:val="00F80327"/>
+    <w:rsid w:val="00F81B97"/>
+    <w:rsid w:val="00F83F99"/>
+    <w:rsid w:val="00F8415E"/>
+    <w:rsid w:val="00F85929"/>
+    <w:rsid w:val="00F873DD"/>
+    <w:rsid w:val="00F91EBE"/>
+    <w:rsid w:val="00F91F52"/>
+    <w:rsid w:val="00F92175"/>
+    <w:rsid w:val="00F93CEA"/>
+    <w:rsid w:val="00F97D93"/>
+    <w:rsid w:val="00FA0D31"/>
+    <w:rsid w:val="00FA138D"/>
+    <w:rsid w:val="00FA34DD"/>
+    <w:rsid w:val="00FA43A1"/>
+    <w:rsid w:val="00FB1474"/>
+    <w:rsid w:val="00FB3455"/>
+    <w:rsid w:val="00FB56C8"/>
+    <w:rsid w:val="00FC04C7"/>
+    <w:rsid w:val="00FC0923"/>
+    <w:rsid w:val="00FC1809"/>
+    <w:rsid w:val="00FC2864"/>
+    <w:rsid w:val="00FC43B2"/>
+    <w:rsid w:val="00FD0133"/>
+    <w:rsid w:val="00FD0775"/>
+    <w:rsid w:val="00FD0DA4"/>
+    <w:rsid w:val="00FD1C12"/>
+    <w:rsid w:val="00FD2F33"/>
+    <w:rsid w:val="00FD3D5B"/>
+    <w:rsid w:val="00FE2286"/>
+    <w:rsid w:val="00FE47D8"/>
+    <w:rsid w:val="00FE523C"/>
+    <w:rsid w:val="00FE7BB2"/>
+    <w:rsid w:val="00FE7DA2"/>
+    <w:rsid w:val="00FF0833"/>
+    <w:rsid w:val="00FF11D0"/>
+    <w:rsid w:val="00FF2D1F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="7BF64B49"/>
-  <w15:docId w15:val="{AF82C543-3F2D-4DD7-9A06-5CF431A794AF}"/>
+  <w14:docId w14:val="21FDDE13"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{574E3B61-53AE-4844-BA84-79609E361286}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11439,51 +24360,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -11665,366 +24586,380 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E25A07"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AD25C7"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...3 lines deleted...]
-      <w:adjustRightInd w:val="0"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-      <w:kern w:val="28"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
-[...6 lines deleted...]
-    <w:rsid w:val="00E25A07"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00AD25C7"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...72 lines deleted...]
-      <w:kern w:val="28"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:rsid w:val="00CE7188"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00AD25C7"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...3 lines deleted...]
-      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AD25C7"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AD25C7"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C76853"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C76853"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C76853"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C76853"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0069575E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00903B41"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...40 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.paralympic.org/sites/default/files/2024-03/World%20Para%20Athletics%20Rules%20and%20Regulations_March%202024_0.pdf?_gl=1*1gsnqww*_up*MQ..*_ga*OTU3Mzc1NjUuMTc2NTg4ODc0MA..*_ga_6TNCMVEHQ6*czE3NjU4ODg3MzkkbzEkZzAkdDE3NjU4ODg3MzkkajYwJGwwJGg3NDE1NzkyNDY." TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uka.org.uk/wp-content/uploads/2024/04/UKA-Rulebook_2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -12131,112 +25066,407 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010042016E61ECD77C43A7695B35AA3CBE50" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="494e0c9fd234aa9f16565698170c9b69">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d4e97e60-d57b-46f0-8c68-1d25f9ddb920" xmlns:ns3="d4a48426-97cc-4a61-94fb-56c3682b2352" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8132e576ef79f70a3b37f1ab2d2f53c5" ns2:_="" ns3:_="">
+    <xsd:import namespace="d4e97e60-d57b-46f0-8c68-1d25f9ddb920"/>
+    <xsd:import namespace="d4a48426-97cc-4a61-94fb-56c3682b2352"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d4e97e60-d57b-46f0-8c68-1d25f9ddb920" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="11" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="14" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="15" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="ec1864b2-1c78-431e-8829-5aec5be41430" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d4a48426-97cc-4a61-94fb-56c3682b2352" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{cfc8ceca-2b09-4946-bae4-220cf38f94f5}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="d4a48426-97cc-4a61-94fb-56c3682b2352">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d4e97e60-d57b-46f0-8c68-1d25f9ddb920">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d4a48426-97cc-4a61-94fb-56c3682b2352" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9B44A35-878E-4E6C-9CCE-AC023CBE1890}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54DC3B5C-DB8D-43C3-A743-7B950FD57402}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="d4e97e60-d57b-46f0-8c68-1d25f9ddb920"/>
+    <ds:schemaRef ds:uri="d4a48426-97cc-4a61-94fb-56c3682b2352"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED82ED8B-D36C-4EEC-82F7-6F4C668D9FC8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="d4e97e60-d57b-46f0-8c68-1d25f9ddb920"/>
+    <ds:schemaRef ds:uri="d4a48426-97cc-4a61-94fb-56c3682b2352"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>13</Pages>
-[...1 lines deleted...]
-  <Characters>7762</Characters>
+  <Pages>12</Pages>
+  <Words>2995</Words>
+  <Characters>17073</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>64</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>142</Lines>
+  <Paragraphs>40</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Starters and Starters’ Assistant</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Hewlett-Packard Company</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9105</CharactersWithSpaces>
+  <CharactersWithSpaces>20028</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...38 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Starters and Starters’ Assistant</dc:title>
-  <dc:creator>comet</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Donna BSmith</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010042016E61ECD77C43A7695B35AA3CBE50</vt:lpwstr>
+  </property>
+</Properties>
+</file>