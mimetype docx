--- v1 (2025-12-28)
+++ v2 (2026-02-27)
@@ -4867,59 +4867,61 @@
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27731D49" w14:textId="23B74860" w:rsidR="007B1B5F" w:rsidRPr="00972233" w:rsidRDefault="007B1B5F" w:rsidP="007B1B5F">
             <w:pPr>
               <w:ind w:left="720" w:hanging="720"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Where </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00BD1EAD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Photofinish</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> is in use with a front facing camera</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D784E" w:rsidRPr="00972233" w14:paraId="3B78AD57" w14:textId="77777777" w:rsidTr="00946632">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="11975857" w14:textId="48FB820A" w:rsidR="009D784E" w:rsidRPr="00972233" w:rsidRDefault="009D784E" w:rsidP="009D784E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -4946,60 +4948,62 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="7BEFD985" w14:textId="0EA35915" w:rsidR="009D784E" w:rsidRPr="00972233" w:rsidRDefault="008A448E" w:rsidP="008A448E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Where </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00BD1EAD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Photofinish</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> is in use, in any race where the athletes can break from their lane</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D784E" w:rsidRPr="00972233" w14:paraId="4909BC42" w14:textId="77777777" w:rsidTr="00762A86">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F9EBD59" w14:textId="77777777" w:rsidR="009D784E" w:rsidRPr="00972233" w:rsidRDefault="009D784E" w:rsidP="009D784E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -5024,60 +5028,62 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58F1A312" w14:textId="49D8DE24" w:rsidR="009D784E" w:rsidRPr="00972233" w:rsidRDefault="00B8688A" w:rsidP="00B8688A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Where </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00BD1EAD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Photofinish</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> is in use, in all sprint races</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1E615430" w14:textId="73B89066" w:rsidR="00DB0A72" w:rsidRPr="00972233" w:rsidRDefault="00DB0A72" w:rsidP="00DB0A72">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -5145,62 +5151,64 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59A0A44A" w14:textId="60B4EB95" w:rsidR="008F1E94" w:rsidRPr="00972233" w:rsidRDefault="009F0422" w:rsidP="009F0422">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Where would you require athletes to fix the Hip Numbers when the </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00BD1EAD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Photofinish</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> Camera is on the outside of the track? </w:t>
             </w:r>
             <w:r w:rsidR="00E63C1D" w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>(1 mark)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00364149" w:rsidRPr="00972233" w14:paraId="0EC2E649" w14:textId="77777777" w:rsidTr="00946632">
         <w:tc>
@@ -6631,103 +6639,83 @@
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Cards/Sticks for lane draws</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6E54231F" w14:textId="6FBD6411" w:rsidR="00C76853" w:rsidRPr="00972233" w:rsidRDefault="00C76853" w:rsidP="00DB0A72">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10B5071C" w14:textId="77777777" w:rsidR="0069575E" w:rsidRPr="00972233" w:rsidRDefault="0069575E" w:rsidP="00DB0A72">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="707497E3" w14:textId="77777777" w:rsidR="0069575E" w:rsidRPr="00972233" w:rsidRDefault="0069575E" w:rsidP="00DB0A72">
-[...19 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="668"/>
         <w:gridCol w:w="461"/>
         <w:gridCol w:w="9327"/>
       </w:tblGrid>
       <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="6FD1EB87" w14:textId="77777777" w:rsidTr="00762A86">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31D54C7A" w14:textId="45235E69" w:rsidR="005E2BEA" w:rsidRPr="00972233" w:rsidRDefault="00F65E80" w:rsidP="00762A86">
+          <w:p w14:paraId="31D54C7A" w14:textId="7C9F345E" w:rsidR="005E2BEA" w:rsidRPr="00972233" w:rsidRDefault="00EC7C02" w:rsidP="00762A86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00972233">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00E41DDD" w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="005E2BEA" w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
@@ -8635,51 +8623,72 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="146EEE0D" w14:textId="5248FE0B" w:rsidR="00395943" w:rsidRPr="00972233" w:rsidRDefault="00395943" w:rsidP="002F59DB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="254" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="60DD9E18" w14:textId="77777777" w:rsidR="00395943" w:rsidRPr="00972233" w:rsidRDefault="00395943" w:rsidP="00316A9D">
+    <w:p w14:paraId="60DD9E18" w14:textId="77777777" w:rsidR="00395943" w:rsidRDefault="00395943" w:rsidP="00316A9D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2548FB16" w14:textId="77777777" w:rsidR="00EC7C02" w:rsidRDefault="00EC7C02" w:rsidP="00316A9D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E1C667B" w14:textId="77777777" w:rsidR="00EC7C02" w:rsidRDefault="00EC7C02" w:rsidP="00316A9D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="719F8F24" w14:textId="77777777" w:rsidR="00EC7C02" w:rsidRPr="00972233" w:rsidRDefault="00EC7C02" w:rsidP="00316A9D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F12C537" w14:textId="77777777" w:rsidR="0069575E" w:rsidRPr="00972233" w:rsidRDefault="0069575E" w:rsidP="00316A9D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="668"/>
         <w:gridCol w:w="364"/>
         <w:gridCol w:w="9424"/>
       </w:tblGrid>
       <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="7CB078A0" w14:textId="77777777" w:rsidTr="00DB0A72">
@@ -9329,58 +9338,69 @@
           </w:tcPr>
           <w:p w14:paraId="4D02002E" w14:textId="77777777" w:rsidR="0068718D" w:rsidRPr="00972233" w:rsidRDefault="0068718D" w:rsidP="0068718D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60CDB362" w14:textId="0379CA34" w:rsidR="0068718D" w:rsidRPr="00972233" w:rsidRDefault="0068718D" w:rsidP="0068718D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00972233">
-[...6 lines deleted...]
-              <w:t>So the Field Judges can see it</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>So</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the Field Judges can see it</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="24914EA8" w14:textId="77653E44" w:rsidR="0068718D" w:rsidRPr="00972233" w:rsidRDefault="0068718D" w:rsidP="00B46728">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="668"/>
         <w:gridCol w:w="461"/>
         <w:gridCol w:w="9327"/>
       </w:tblGrid>
       <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="4C653EF9" w14:textId="77777777" w:rsidTr="00C82424">
         <w:tc>
@@ -9523,235 +9543,182 @@
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>It does not matter, no consequences for the athlete(s). They are able to compete in the later race.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="3FCDE841" w14:textId="77777777" w:rsidTr="00C82424">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EDE25FF" w14:textId="77777777" w:rsidR="004004D6" w:rsidRPr="00972233" w:rsidRDefault="004004D6" w:rsidP="00C82424">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B647E54" w14:textId="77777777" w:rsidR="004004D6" w:rsidRPr="00972233" w:rsidRDefault="004004D6" w:rsidP="00C82424">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00972233">
+          <w:p w14:paraId="6B647E54" w14:textId="77777777" w:rsidR="004004D6" w:rsidRPr="00214B14" w:rsidRDefault="004004D6" w:rsidP="00C82424">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00214B14">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="094F3C6D" w14:textId="77777777" w:rsidR="004004D6" w:rsidRPr="00972233" w:rsidRDefault="004004D6" w:rsidP="00C82424">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00972233">
+          <w:p w14:paraId="094F3C6D" w14:textId="77777777" w:rsidR="004004D6" w:rsidRPr="00214B14" w:rsidRDefault="004004D6" w:rsidP="00C82424">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00214B14">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Athlete cannot compete in later race, as this is against the rules</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="1CD146AD" w14:textId="77777777" w:rsidTr="00C82424">
-[...24 lines deleted...]
-            <w:r w:rsidRPr="00972233">
+      <w:tr w:rsidR="00214B14" w:rsidRPr="00972233" w14:paraId="1CD146AD" w14:textId="77777777" w:rsidTr="00C82424">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5953EA77" w14:textId="0212A082" w:rsidR="00214B14" w:rsidRPr="00972233" w:rsidRDefault="00214B14" w:rsidP="00214B14">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0356C3CE" w14:textId="77777777" w:rsidR="00214B14" w:rsidRPr="00214B14" w:rsidRDefault="00214B14" w:rsidP="00214B14">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00214B14">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="32A270E1" w14:textId="267D0BF6" w:rsidR="004004D6" w:rsidRPr="00972233" w:rsidRDefault="007953E8" w:rsidP="00C82424">
-[...88 lines deleted...]
-          <w:p w14:paraId="0FAB6EA5" w14:textId="77777777" w:rsidR="004004D6" w:rsidRPr="00972233" w:rsidRDefault="004004D6" w:rsidP="00C82424">
+          <w:p w14:paraId="32A270E1" w14:textId="0CC0DA76" w:rsidR="00214B14" w:rsidRPr="00A4217D" w:rsidRDefault="00214B14" w:rsidP="00214B14">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00214B14">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Athlete may be able to compete if, they give the starters assistant a valid reason for withdrawing </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00214B14" w:rsidRPr="00972233" w14:paraId="77C6999D" w14:textId="77777777" w:rsidTr="00C82424">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="239113A5" w14:textId="77777777" w:rsidR="00214B14" w:rsidRPr="00972233" w:rsidRDefault="00214B14" w:rsidP="00214B14">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FAB6EA5" w14:textId="77777777" w:rsidR="00214B14" w:rsidRPr="00972233" w:rsidRDefault="00214B14" w:rsidP="00214B14">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EC07147" w14:textId="77777777" w:rsidR="004004D6" w:rsidRPr="00972233" w:rsidRDefault="004004D6" w:rsidP="00C82424">
+          <w:p w14:paraId="3EC07147" w14:textId="77777777" w:rsidR="00214B14" w:rsidRPr="00972233" w:rsidRDefault="00214B14" w:rsidP="00214B14">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Athlete says they had withdrawn from the previous final because of a muscle spasm and are okay now. They are able to compete in the later race</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0E08C16E" w14:textId="3B0DBEEE" w:rsidR="004004D6" w:rsidRPr="00972233" w:rsidRDefault="004004D6" w:rsidP="00B46728">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -11587,61 +11554,63 @@
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidR="00B13EFD" w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">n a meeting where </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00BD1EAD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Photofinish</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00B13EFD" w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> is in use why is it important that in sprint races the athletes are in their allocated lane wearing the correct bib as shown by the Start list? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61309463" w14:textId="69B473BE" w:rsidR="00D37A08" w:rsidRPr="00972233" w:rsidRDefault="00D37A08" w:rsidP="00B13EFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
@@ -11853,59 +11822,61 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14382066" w14:textId="6ED64474" w:rsidR="001438A0" w:rsidRPr="00972233" w:rsidRDefault="001438A0" w:rsidP="001438A0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">It allows the </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00BD1EAD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Photofinish</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> Officials to identify the athletes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="369FAC88" w14:textId="23BCF7AD" w:rsidR="00D37A08" w:rsidRPr="00972233" w:rsidRDefault="00D37A08" w:rsidP="00AD25C7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -11961,61 +11932,63 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4222462D" w14:textId="66BDC6B7" w:rsidR="00793EC2" w:rsidRPr="00972233" w:rsidRDefault="00265990" w:rsidP="00265990">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">In a meeting where </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00BD1EAD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Photofinish</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> is in use an athlete in the 200m sets up and starts in Lane 3 (because the athlete drawn in Lane 3 has not reported) and not Lane 7 as shown on the Start list, what could be the consequence of this? </w:t>
             </w:r>
             <w:r w:rsidR="00793EC2" w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>(1 mark)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="72694258" w14:textId="77777777" w:rsidTr="002F59DB">
         <w:tc>
           <w:tcPr>
@@ -12156,59 +12129,61 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="49297AC6" w14:textId="773DF211" w:rsidR="00793EC2" w:rsidRPr="00972233" w:rsidRDefault="00BD1EAD" w:rsidP="00883BF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Photofinish</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00883BF0" w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> would record the athlete and time under the wrong name</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00793EC2" w:rsidRPr="00972233" w14:paraId="7C39EAE0" w14:textId="77777777" w:rsidTr="002F59DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61AC9ED6" w14:textId="77777777" w:rsidR="00793EC2" w:rsidRPr="00972233" w:rsidRDefault="00793EC2" w:rsidP="002F59DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -13225,484 +13200,839 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4610013" cy="4484693"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10627" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="668"/>
         <w:gridCol w:w="461"/>
-        <w:gridCol w:w="9327"/>
+        <w:gridCol w:w="9498"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="024C94A5" w14:textId="77777777" w:rsidTr="00105C88">
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="024C94A5" w14:textId="77777777" w:rsidTr="000A4B85">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0616038F" w14:textId="79D1F3DD" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">30. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15933222" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9327" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:t>You are the Starter’s Assistant for a 100m Wheelchair Race, and the front of the leading wheel of the athlete in Lane 4 is over the start line. What would you do? (1</w:t>
+            <w:tcW w:w="9498" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AF70A22" w14:textId="5427A544" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>You are the Starter’s Assistant for a 100m Wheelchair Race, and</w:t>
+            </w:r>
+            <w:r w:rsidR="006252A2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> after the ‘set’ command,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0048625C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">you notice </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>the front of the leading wheel of the athlete in Lane 4</w:t>
+            </w:r>
+            <w:r w:rsidR="0048625C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is </w:t>
+            </w:r>
+            <w:r w:rsidR="00A24A07">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>over</w:t>
+            </w:r>
+            <w:r w:rsidR="000A4B85">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> start line. </w:t>
+            </w:r>
+            <w:r w:rsidR="002E4563">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>After signalling to the starter, w</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>hat would you do? (1</w:t>
             </w:r>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> mark)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="32508637" w14:textId="77777777" w:rsidTr="00105C88">
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="32508637" w14:textId="77777777" w:rsidTr="000A4B85">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="4EEF2CB2" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="48928FB1" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9327" w:type="dxa"/>
-[...23 lines deleted...]
-      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="5615EE61" w14:textId="77777777" w:rsidTr="00105C88">
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="399F60C7" w14:textId="449C4ED6" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">No action </w:t>
+            </w:r>
+            <w:r w:rsidR="0048625C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">is </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>required, as the athlete’s torso is behind the start line</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="5615EE61" w14:textId="77777777" w:rsidTr="000A4B85">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5639B03D" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E2B0034" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9327" w:type="dxa"/>
-[...22 lines deleted...]
-      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="60B78325" w14:textId="77777777" w:rsidTr="00105C88">
+            <w:tcW w:w="9498" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52B3C83F" w14:textId="385A0E4B" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="002E4563" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ask</w:t>
+            </w:r>
+            <w:r w:rsidR="00B426F4" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the athlete to </w:t>
+            </w:r>
+            <w:r w:rsidR="00B426F4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>roll back</w:t>
+            </w:r>
+            <w:r w:rsidR="00A24A07" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="005359B7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidR="00A24A07" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005359B7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the whole of </w:t>
+            </w:r>
+            <w:r w:rsidR="00A24A07" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">front wheel </w:t>
+            </w:r>
+            <w:r w:rsidR="005359B7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>must be behind</w:t>
+            </w:r>
+            <w:r w:rsidR="00B90A97">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the </w:t>
+            </w:r>
+            <w:r w:rsidR="00A24A07" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>start line</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="60B78325" w14:textId="77777777" w:rsidTr="000A4B85">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="2266E2BF" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="60157541" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9327" w:type="dxa"/>
-[...23 lines deleted...]
-      <w:tr w:rsidR="00EF7A3E" w:rsidRPr="00972233" w14:paraId="7A462AFF" w14:textId="77777777" w:rsidTr="00105C88">
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="32401D79" w14:textId="717A28BD" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="007143A9" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ask</w:t>
+            </w:r>
+            <w:r w:rsidR="00B90A97" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the athlete to </w:t>
+            </w:r>
+            <w:r w:rsidR="00B90A97">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>roll back,</w:t>
+            </w:r>
+            <w:r w:rsidR="00B90A97" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> so no part of the front wheel</w:t>
+            </w:r>
+            <w:r w:rsidR="0048625C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that</w:t>
+            </w:r>
+            <w:r w:rsidR="00B90A97" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is in contact with the ground, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">is </w:t>
+            </w:r>
+            <w:r w:rsidR="0048625C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>touching</w:t>
+            </w:r>
+            <w:r w:rsidR="00B90A97">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the </w:t>
+            </w:r>
+            <w:r w:rsidR="00B90A97" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>start line</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EF7A3E" w:rsidRPr="00972233" w14:paraId="7A462AFF" w14:textId="77777777" w:rsidTr="000A4B85">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B2F1AA0" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="591D5373" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9327" w:type="dxa"/>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">From the Starter Assistants’ position on the outside of the track, ask the athlete to move back, as the </w:t>
+            <w:tcW w:w="9498" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55174F33" w14:textId="486BCDAC" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="007143A9" w:rsidP="00105C88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ask</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF7A3E" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the athlete to </w:t>
+            </w:r>
+            <w:r w:rsidR="00232812">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>roll</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF7A3E" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> back, as the </w:t>
             </w:r>
             <w:r w:rsidR="0043792B" w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">axle </w:t>
             </w:r>
-            <w:r w:rsidRPr="00972233">
+            <w:r w:rsidR="00EF7A3E" w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>(centre point) of the front wheel is in-front of the start</w:t>
+            </w:r>
+            <w:r w:rsidR="008B45E6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> line</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="70EC5FCF" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00EF7A3E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10627" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="668"/>
         <w:gridCol w:w="461"/>
-        <w:gridCol w:w="9327"/>
+        <w:gridCol w:w="9498"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="701B3412" w14:textId="77777777" w:rsidTr="00105C88">
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="701B3412" w14:textId="77777777" w:rsidTr="000A4B85">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37248D0C" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>30A.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1043E126" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:tcW w:w="9498" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="172135D7" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Please provide the relevant rule number for question 30 (1 mark)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="5DF49C06" w14:textId="77777777" w:rsidTr="00105C88">
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="5DF49C06" w14:textId="77777777" w:rsidTr="000A4B85">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="5EA994DE" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="2AC0EC14" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:tcW w:w="9498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="462D9687" w14:textId="77777777" w:rsidR="00EF7A3E" w:rsidRPr="00972233" w:rsidRDefault="00EF7A3E" w:rsidP="00105C88">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="254" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5179D061" w14:textId="77777777" w:rsidR="00172D29" w:rsidRPr="00972233" w:rsidRDefault="00172D29" w:rsidP="00AD25C7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -14802,67 +15132,94 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6D23F74B" w14:textId="77777777" w:rsidR="008D7160" w:rsidRPr="00972233" w:rsidRDefault="008D7160" w:rsidP="008D7160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="17D2F6BA" w14:textId="58FA8155" w:rsidR="008D7160" w:rsidRPr="00972233" w:rsidRDefault="008D7160" w:rsidP="008D7160">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">You do not need to set up your starting position where the </w:t>
+          <w:p w14:paraId="17D2F6BA" w14:textId="2180F11A" w:rsidR="008D7160" w:rsidRPr="00972233" w:rsidRDefault="008D7160" w:rsidP="008D7160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>You do not need to set up</w:t>
+            </w:r>
+            <w:r w:rsidR="00D3156D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidR="002A77F9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> your starting position where the </w:t>
             </w:r>
             <w:r w:rsidR="00274933" w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>imekeepers can reasonably see you</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="6A1A7701" w14:textId="77777777" w:rsidTr="002F59DB">
         <w:tc>
           <w:tcPr>
@@ -16256,67 +16613,67 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="1D41FE5A" w14:textId="77777777" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="007A35C8" w:rsidP="007A35C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="07C77A98" w14:textId="034418DC" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="007A35C8" w:rsidP="007A35C8">
-[...15 lines deleted...]
-              <w:t>Ask the Starter’s Assistant what the problem with the athlete is</w:t>
+          <w:p w14:paraId="07C77A98" w14:textId="07C1AF13" w:rsidR="007A35C8" w:rsidRPr="00AF5AA9" w:rsidRDefault="00AF5AA9" w:rsidP="007A35C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5AA9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ask the athletes to settle much quicker and do not show the race any card</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="39461738" w14:textId="77777777" w:rsidTr="002F59DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24BD38F9" w14:textId="77777777" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="007A35C8" w:rsidP="007A35C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A3F666D" w14:textId="77777777" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="007A35C8" w:rsidP="007A35C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
@@ -16333,176 +16690,186 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D491F64" w14:textId="025AB9AE" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="007A35C8" w:rsidP="007A35C8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4555"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Ask the Starter’s Assistant to disqualify the moving athlete</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="2D39485C" w14:textId="77777777" w:rsidTr="002F59DB">
+      <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="2D39485C" w14:textId="77777777" w:rsidTr="00517876">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="50F59BA8" w14:textId="6CBA57E5" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="007A35C8" w:rsidP="007A35C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="79614D7A" w14:textId="77777777" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="007A35C8" w:rsidP="007A35C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00972233">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="24E62C2C" w14:textId="479BF49D" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="00B8122A" w:rsidP="007A35C8">
+          <w:p w14:paraId="24E62C2C" w14:textId="1DC50F5B" w:rsidR="007A35C8" w:rsidRPr="00A34423" w:rsidRDefault="00A34423" w:rsidP="007A35C8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4555"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00972233">
-[...20 lines deleted...]
-      <w:tr w:rsidR="007A35C8" w:rsidRPr="00972233" w14:paraId="21223877" w14:textId="77777777" w:rsidTr="002F59DB">
+            <w:r w:rsidRPr="00A34423">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ask the Starter’s Assistant to ask the athlete what the problem is</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A35C8" w:rsidRPr="00972233" w14:paraId="21223877" w14:textId="77777777" w:rsidTr="00517876">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0999C9FE" w14:textId="43CAD3E4" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="007A35C8" w:rsidP="007A35C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BE6BD35" w14:textId="77777777" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="007A35C8" w:rsidP="007A35C8">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00972233">
+          <w:p w14:paraId="6BE6BD35" w14:textId="38DE7C45" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="00723AE2" w:rsidP="007A35C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DF59357" w14:textId="25402595" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="007A35C8" w:rsidP="007A35C8">
+          <w:p w14:paraId="0DF59357" w14:textId="2BB9AB54" w:rsidR="007A35C8" w:rsidRPr="00972233" w:rsidRDefault="0016055C" w:rsidP="007A35C8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4555"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00972233">
-[...6 lines deleted...]
-              <w:t>Ask the Starter’s Assistant to show a Green Card</w:t>
+            <w:r w:rsidRPr="00723AE2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ask the athletes to settle much quicker</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and show the race </w:t>
+            </w:r>
+            <w:r w:rsidR="007A35C8" w:rsidRPr="00972233">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>a Green Card</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1866D1AF" w14:textId="0F7F7266" w:rsidR="00C11CB5" w:rsidRPr="00972233" w:rsidRDefault="00C11CB5" w:rsidP="00AD25C7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="668"/>
         <w:gridCol w:w="461"/>
         <w:gridCol w:w="9327"/>
       </w:tblGrid>
       <w:tr w:rsidR="00972233" w:rsidRPr="00972233" w14:paraId="29C80B38" w14:textId="77777777" w:rsidTr="001E0131">
         <w:tc>
@@ -22671,126 +23038,126 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F54FD4" w:rsidRPr="00972233" w:rsidSect="00D75AFF">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="720" w:bottom="142" w:left="720" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1D17EC3F" w14:textId="77777777" w:rsidR="00874674" w:rsidRDefault="00874674" w:rsidP="00C76853">
+    <w:p w14:paraId="303B7456" w14:textId="77777777" w:rsidR="00AD5DB4" w:rsidRDefault="00AD5DB4" w:rsidP="00C76853">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="50BB9EDF" w14:textId="77777777" w:rsidR="00874674" w:rsidRDefault="00874674" w:rsidP="00C76853">
+    <w:p w14:paraId="1131DDB0" w14:textId="77777777" w:rsidR="00AD5DB4" w:rsidRDefault="00AD5DB4" w:rsidP="00C76853">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0CD2F69E" w14:textId="77777777" w:rsidR="00874674" w:rsidRDefault="00874674" w:rsidP="00C76853">
+    <w:p w14:paraId="0A4B674B" w14:textId="77777777" w:rsidR="00AD5DB4" w:rsidRDefault="00AD5DB4" w:rsidP="00C76853">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="385C6F41" w14:textId="77777777" w:rsidR="00874674" w:rsidRDefault="00874674" w:rsidP="00C76853">
+    <w:p w14:paraId="1BD60191" w14:textId="77777777" w:rsidR="00AD5DB4" w:rsidRDefault="00AD5DB4" w:rsidP="00C76853">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47279D0C" w14:textId="17FBE096" w:rsidR="00C76853" w:rsidRDefault="00C76853">
+  <w:p w14:paraId="47279D0C" w14:textId="32FE690C" w:rsidR="00C76853" w:rsidRDefault="00C76853">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E44F07B" wp14:editId="281204BB">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>1600200</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-130175</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="3543300" cy="811274"/>
           <wp:effectExtent l="0" t="0" r="0" b="8255"/>
           <wp:wrapNone/>
           <wp:docPr id="1571971461" name="Picture 4" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -22819,51 +23186,58 @@
                     <a:off x="0" y="0"/>
                     <a:ext cx="3543300" cy="811274"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="006E100E">
       <w:rPr>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>Version 1</w:t>
+      <w:t xml:space="preserve">Version </w:t>
+    </w:r>
+    <w:r w:rsidR="0041016C">
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>2</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1FF356D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D220B6FE"/>
     <w:lvl w:ilvl="0" w:tplc="8DC8C486">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019">
@@ -23068,257 +23442,271 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AD25C7"/>
     <w:rsid w:val="00002D06"/>
     <w:rsid w:val="000033F5"/>
     <w:rsid w:val="00005235"/>
     <w:rsid w:val="00014466"/>
     <w:rsid w:val="00015759"/>
     <w:rsid w:val="0001642C"/>
     <w:rsid w:val="00017268"/>
     <w:rsid w:val="00020391"/>
     <w:rsid w:val="00022856"/>
     <w:rsid w:val="000231DB"/>
     <w:rsid w:val="00025334"/>
     <w:rsid w:val="000320E1"/>
     <w:rsid w:val="0003303C"/>
     <w:rsid w:val="00034F6D"/>
     <w:rsid w:val="00035213"/>
     <w:rsid w:val="00037AA1"/>
     <w:rsid w:val="00040A76"/>
+    <w:rsid w:val="000419E8"/>
     <w:rsid w:val="00041B40"/>
     <w:rsid w:val="0004788C"/>
     <w:rsid w:val="00047948"/>
     <w:rsid w:val="00050373"/>
     <w:rsid w:val="0005261D"/>
     <w:rsid w:val="00052AC3"/>
     <w:rsid w:val="00053A4D"/>
     <w:rsid w:val="00054081"/>
     <w:rsid w:val="0005475F"/>
     <w:rsid w:val="00054C27"/>
     <w:rsid w:val="00060432"/>
+    <w:rsid w:val="000615F1"/>
+    <w:rsid w:val="00071540"/>
     <w:rsid w:val="0007229D"/>
     <w:rsid w:val="0007593A"/>
     <w:rsid w:val="00082221"/>
     <w:rsid w:val="00082C1F"/>
     <w:rsid w:val="000861EC"/>
     <w:rsid w:val="00086859"/>
     <w:rsid w:val="00090C67"/>
     <w:rsid w:val="0009223E"/>
     <w:rsid w:val="0009366E"/>
     <w:rsid w:val="00096671"/>
     <w:rsid w:val="000A0009"/>
     <w:rsid w:val="000A226D"/>
     <w:rsid w:val="000A2DFE"/>
     <w:rsid w:val="000A44BF"/>
+    <w:rsid w:val="000A4B85"/>
     <w:rsid w:val="000A6AF6"/>
     <w:rsid w:val="000B6FC1"/>
+    <w:rsid w:val="000C5613"/>
     <w:rsid w:val="000C6B33"/>
     <w:rsid w:val="000C73FF"/>
     <w:rsid w:val="000D173B"/>
     <w:rsid w:val="000D1FC3"/>
+    <w:rsid w:val="000D3DF0"/>
     <w:rsid w:val="000D64EF"/>
     <w:rsid w:val="000D6A37"/>
     <w:rsid w:val="000E0F5D"/>
     <w:rsid w:val="000E3F5E"/>
     <w:rsid w:val="000E472C"/>
     <w:rsid w:val="000E5DF4"/>
     <w:rsid w:val="000F0CA9"/>
     <w:rsid w:val="000F73F2"/>
     <w:rsid w:val="001000DA"/>
     <w:rsid w:val="00100365"/>
     <w:rsid w:val="001009F7"/>
     <w:rsid w:val="00100BE5"/>
     <w:rsid w:val="001010A0"/>
     <w:rsid w:val="0010151B"/>
     <w:rsid w:val="00107277"/>
     <w:rsid w:val="001100DC"/>
     <w:rsid w:val="00111D6E"/>
     <w:rsid w:val="00111DA1"/>
     <w:rsid w:val="00121688"/>
     <w:rsid w:val="00122DC3"/>
     <w:rsid w:val="00130350"/>
     <w:rsid w:val="001340E0"/>
     <w:rsid w:val="001344E3"/>
     <w:rsid w:val="00134F1D"/>
     <w:rsid w:val="00135023"/>
     <w:rsid w:val="00135687"/>
     <w:rsid w:val="001432B6"/>
     <w:rsid w:val="001438A0"/>
     <w:rsid w:val="001517CB"/>
     <w:rsid w:val="00154785"/>
     <w:rsid w:val="00154B3A"/>
     <w:rsid w:val="001569C6"/>
+    <w:rsid w:val="0016055C"/>
     <w:rsid w:val="00161DB0"/>
     <w:rsid w:val="00163332"/>
     <w:rsid w:val="00164404"/>
     <w:rsid w:val="00170136"/>
     <w:rsid w:val="0017144C"/>
     <w:rsid w:val="00172A9A"/>
     <w:rsid w:val="00172D29"/>
     <w:rsid w:val="00181F71"/>
     <w:rsid w:val="00181FD1"/>
     <w:rsid w:val="001832E2"/>
     <w:rsid w:val="00184CD6"/>
     <w:rsid w:val="00192DFC"/>
     <w:rsid w:val="001A0784"/>
     <w:rsid w:val="001A081E"/>
     <w:rsid w:val="001A31D2"/>
     <w:rsid w:val="001A6A56"/>
     <w:rsid w:val="001B133C"/>
     <w:rsid w:val="001B1819"/>
+    <w:rsid w:val="001B2CA9"/>
     <w:rsid w:val="001B4F2F"/>
     <w:rsid w:val="001C10F5"/>
     <w:rsid w:val="001C172A"/>
     <w:rsid w:val="001C4CA5"/>
     <w:rsid w:val="001C56A5"/>
     <w:rsid w:val="001C5895"/>
     <w:rsid w:val="001D3450"/>
     <w:rsid w:val="001D6A8C"/>
     <w:rsid w:val="001E0131"/>
     <w:rsid w:val="001E1C8D"/>
     <w:rsid w:val="001E30D2"/>
     <w:rsid w:val="001E3473"/>
     <w:rsid w:val="001E46D6"/>
     <w:rsid w:val="001E6042"/>
     <w:rsid w:val="001E6B7C"/>
     <w:rsid w:val="001E71F7"/>
     <w:rsid w:val="001F1E6E"/>
     <w:rsid w:val="001F27E4"/>
     <w:rsid w:val="00200C36"/>
     <w:rsid w:val="00201207"/>
     <w:rsid w:val="00201650"/>
     <w:rsid w:val="002022FB"/>
     <w:rsid w:val="00202713"/>
     <w:rsid w:val="00210F4F"/>
     <w:rsid w:val="002111D3"/>
     <w:rsid w:val="002139E0"/>
+    <w:rsid w:val="00214B14"/>
     <w:rsid w:val="00216AA7"/>
     <w:rsid w:val="00216D5C"/>
     <w:rsid w:val="00221D54"/>
     <w:rsid w:val="00223AC0"/>
     <w:rsid w:val="00225CD8"/>
     <w:rsid w:val="0022603D"/>
     <w:rsid w:val="00226091"/>
     <w:rsid w:val="002306DF"/>
     <w:rsid w:val="0023167C"/>
+    <w:rsid w:val="00232812"/>
     <w:rsid w:val="002339BA"/>
     <w:rsid w:val="00233CBE"/>
     <w:rsid w:val="00234EA6"/>
     <w:rsid w:val="002358B7"/>
     <w:rsid w:val="00237A70"/>
     <w:rsid w:val="002407A9"/>
     <w:rsid w:val="0024105F"/>
     <w:rsid w:val="0024503F"/>
     <w:rsid w:val="00245701"/>
     <w:rsid w:val="00246343"/>
     <w:rsid w:val="00250526"/>
     <w:rsid w:val="00253715"/>
     <w:rsid w:val="00254BF9"/>
     <w:rsid w:val="00255084"/>
     <w:rsid w:val="00257706"/>
     <w:rsid w:val="0026150E"/>
     <w:rsid w:val="00262565"/>
     <w:rsid w:val="002628B0"/>
     <w:rsid w:val="00262AA5"/>
     <w:rsid w:val="00262AC8"/>
     <w:rsid w:val="00265990"/>
     <w:rsid w:val="00267091"/>
     <w:rsid w:val="0027257C"/>
     <w:rsid w:val="002725F2"/>
     <w:rsid w:val="00274933"/>
     <w:rsid w:val="00284A22"/>
     <w:rsid w:val="00284F48"/>
     <w:rsid w:val="00286486"/>
     <w:rsid w:val="0029199C"/>
     <w:rsid w:val="002927DA"/>
     <w:rsid w:val="00293EA4"/>
     <w:rsid w:val="00294935"/>
     <w:rsid w:val="002A1DC2"/>
     <w:rsid w:val="002A2BE7"/>
     <w:rsid w:val="002A424F"/>
     <w:rsid w:val="002A42AF"/>
     <w:rsid w:val="002A698A"/>
+    <w:rsid w:val="002A77F9"/>
     <w:rsid w:val="002B1FF2"/>
     <w:rsid w:val="002B3EF4"/>
     <w:rsid w:val="002B486B"/>
     <w:rsid w:val="002B6870"/>
     <w:rsid w:val="002C338F"/>
     <w:rsid w:val="002C4589"/>
     <w:rsid w:val="002D204D"/>
     <w:rsid w:val="002D2C56"/>
     <w:rsid w:val="002D640F"/>
     <w:rsid w:val="002D7B4E"/>
     <w:rsid w:val="002E0D49"/>
     <w:rsid w:val="002E1603"/>
     <w:rsid w:val="002E4527"/>
+    <w:rsid w:val="002E4563"/>
+    <w:rsid w:val="002E675A"/>
     <w:rsid w:val="002E696D"/>
     <w:rsid w:val="002E6BD3"/>
     <w:rsid w:val="002E716C"/>
     <w:rsid w:val="002F3424"/>
     <w:rsid w:val="002F4241"/>
     <w:rsid w:val="002F469A"/>
     <w:rsid w:val="002F46A0"/>
     <w:rsid w:val="00301EDE"/>
     <w:rsid w:val="003027E6"/>
     <w:rsid w:val="003042E7"/>
     <w:rsid w:val="00305E70"/>
     <w:rsid w:val="00306875"/>
     <w:rsid w:val="003125A7"/>
     <w:rsid w:val="00312A76"/>
     <w:rsid w:val="003140C5"/>
     <w:rsid w:val="00316A9D"/>
     <w:rsid w:val="00317A7B"/>
     <w:rsid w:val="003233FC"/>
     <w:rsid w:val="00325130"/>
     <w:rsid w:val="00325D46"/>
     <w:rsid w:val="00327C4E"/>
     <w:rsid w:val="0033134B"/>
     <w:rsid w:val="00332FBA"/>
     <w:rsid w:val="00337608"/>
     <w:rsid w:val="00340CFC"/>
@@ -23336,272 +23724,283 @@
     <w:rsid w:val="00363489"/>
     <w:rsid w:val="00363E90"/>
     <w:rsid w:val="00364149"/>
     <w:rsid w:val="00365293"/>
     <w:rsid w:val="003672AE"/>
     <w:rsid w:val="00373C7F"/>
     <w:rsid w:val="00373FD3"/>
     <w:rsid w:val="00375F89"/>
     <w:rsid w:val="00376474"/>
     <w:rsid w:val="00377116"/>
     <w:rsid w:val="00383895"/>
     <w:rsid w:val="00384E6D"/>
     <w:rsid w:val="003956B8"/>
     <w:rsid w:val="00395704"/>
     <w:rsid w:val="00395943"/>
     <w:rsid w:val="003959EC"/>
     <w:rsid w:val="003A08C3"/>
     <w:rsid w:val="003A19A9"/>
     <w:rsid w:val="003A2BA2"/>
     <w:rsid w:val="003A3C9A"/>
     <w:rsid w:val="003A3FE8"/>
     <w:rsid w:val="003B4146"/>
     <w:rsid w:val="003B4A70"/>
     <w:rsid w:val="003B70EF"/>
     <w:rsid w:val="003B7747"/>
+    <w:rsid w:val="003B7CA4"/>
     <w:rsid w:val="003C35F3"/>
     <w:rsid w:val="003C511B"/>
     <w:rsid w:val="003D02AA"/>
     <w:rsid w:val="003D073E"/>
+    <w:rsid w:val="003D5ECB"/>
     <w:rsid w:val="003E1371"/>
     <w:rsid w:val="003E2F93"/>
     <w:rsid w:val="003E319E"/>
     <w:rsid w:val="003E6F5D"/>
     <w:rsid w:val="003F10DA"/>
     <w:rsid w:val="003F4874"/>
     <w:rsid w:val="003F5C14"/>
     <w:rsid w:val="003F64F0"/>
     <w:rsid w:val="003F762B"/>
     <w:rsid w:val="004004D6"/>
     <w:rsid w:val="004012C6"/>
     <w:rsid w:val="00401A9D"/>
     <w:rsid w:val="0040376C"/>
     <w:rsid w:val="0040403D"/>
     <w:rsid w:val="00404DFD"/>
     <w:rsid w:val="00406279"/>
+    <w:rsid w:val="0041016C"/>
     <w:rsid w:val="004140A2"/>
     <w:rsid w:val="00415D7D"/>
     <w:rsid w:val="004162A5"/>
     <w:rsid w:val="0042278E"/>
     <w:rsid w:val="00422A88"/>
     <w:rsid w:val="004233E3"/>
     <w:rsid w:val="004259FA"/>
     <w:rsid w:val="004350D4"/>
     <w:rsid w:val="004372ED"/>
     <w:rsid w:val="0043792B"/>
     <w:rsid w:val="00440043"/>
     <w:rsid w:val="0044022E"/>
     <w:rsid w:val="00440321"/>
     <w:rsid w:val="0044079B"/>
     <w:rsid w:val="004428D7"/>
     <w:rsid w:val="0044337B"/>
     <w:rsid w:val="00444A51"/>
     <w:rsid w:val="00444E9D"/>
     <w:rsid w:val="0044551F"/>
     <w:rsid w:val="00450163"/>
     <w:rsid w:val="0045041C"/>
     <w:rsid w:val="004506FF"/>
     <w:rsid w:val="004516B2"/>
     <w:rsid w:val="00451A89"/>
     <w:rsid w:val="00455038"/>
     <w:rsid w:val="004552DC"/>
     <w:rsid w:val="004568C5"/>
     <w:rsid w:val="00456D74"/>
     <w:rsid w:val="004625A2"/>
     <w:rsid w:val="0046490C"/>
     <w:rsid w:val="00465739"/>
     <w:rsid w:val="004706FD"/>
     <w:rsid w:val="00470EB3"/>
     <w:rsid w:val="004725AC"/>
     <w:rsid w:val="004736DA"/>
     <w:rsid w:val="004754E5"/>
     <w:rsid w:val="004815D8"/>
     <w:rsid w:val="0048243C"/>
     <w:rsid w:val="0048330C"/>
     <w:rsid w:val="00484DD8"/>
+    <w:rsid w:val="0048625C"/>
     <w:rsid w:val="004945B6"/>
     <w:rsid w:val="004964BD"/>
     <w:rsid w:val="004A2789"/>
     <w:rsid w:val="004A38CE"/>
     <w:rsid w:val="004A7179"/>
     <w:rsid w:val="004B0BCC"/>
     <w:rsid w:val="004B2258"/>
     <w:rsid w:val="004B622C"/>
     <w:rsid w:val="004B63B8"/>
     <w:rsid w:val="004B704D"/>
     <w:rsid w:val="004B7D65"/>
     <w:rsid w:val="004C084A"/>
     <w:rsid w:val="004C1287"/>
     <w:rsid w:val="004C26B9"/>
     <w:rsid w:val="004C3768"/>
     <w:rsid w:val="004C59D6"/>
     <w:rsid w:val="004C73F2"/>
     <w:rsid w:val="004D03CE"/>
     <w:rsid w:val="004D2609"/>
     <w:rsid w:val="004E00F3"/>
     <w:rsid w:val="004E1864"/>
     <w:rsid w:val="004E2C0B"/>
     <w:rsid w:val="004E4985"/>
     <w:rsid w:val="004E5538"/>
     <w:rsid w:val="004F17BA"/>
     <w:rsid w:val="004F3A69"/>
     <w:rsid w:val="00505D1C"/>
     <w:rsid w:val="00510738"/>
     <w:rsid w:val="00512208"/>
     <w:rsid w:val="005131F8"/>
     <w:rsid w:val="00514A85"/>
+    <w:rsid w:val="00517876"/>
     <w:rsid w:val="005207A8"/>
     <w:rsid w:val="00520A5D"/>
     <w:rsid w:val="00520FE6"/>
     <w:rsid w:val="00522BE0"/>
     <w:rsid w:val="00524553"/>
     <w:rsid w:val="00524C64"/>
     <w:rsid w:val="005251C1"/>
     <w:rsid w:val="00526387"/>
     <w:rsid w:val="00533CF1"/>
+    <w:rsid w:val="005359B7"/>
     <w:rsid w:val="005368D5"/>
     <w:rsid w:val="00544A79"/>
     <w:rsid w:val="00547683"/>
     <w:rsid w:val="00550820"/>
     <w:rsid w:val="00550964"/>
     <w:rsid w:val="00552634"/>
     <w:rsid w:val="005544F0"/>
     <w:rsid w:val="00555794"/>
     <w:rsid w:val="00560B92"/>
     <w:rsid w:val="005628D5"/>
     <w:rsid w:val="00562ACA"/>
     <w:rsid w:val="005640A2"/>
     <w:rsid w:val="005649DE"/>
     <w:rsid w:val="0057048D"/>
     <w:rsid w:val="0057569B"/>
     <w:rsid w:val="005768BB"/>
     <w:rsid w:val="00582F8D"/>
     <w:rsid w:val="0058464E"/>
     <w:rsid w:val="00584968"/>
+    <w:rsid w:val="00585A26"/>
     <w:rsid w:val="00587BA9"/>
     <w:rsid w:val="00590087"/>
     <w:rsid w:val="005966B2"/>
     <w:rsid w:val="005970A0"/>
     <w:rsid w:val="005977D8"/>
     <w:rsid w:val="00597A05"/>
     <w:rsid w:val="005A1660"/>
     <w:rsid w:val="005A1D2E"/>
     <w:rsid w:val="005A274D"/>
     <w:rsid w:val="005A35BF"/>
     <w:rsid w:val="005A3CFF"/>
     <w:rsid w:val="005A43D8"/>
     <w:rsid w:val="005A4CCF"/>
     <w:rsid w:val="005A59B7"/>
     <w:rsid w:val="005B544B"/>
     <w:rsid w:val="005B5AD4"/>
     <w:rsid w:val="005C0FAE"/>
     <w:rsid w:val="005C1582"/>
     <w:rsid w:val="005D109C"/>
     <w:rsid w:val="005D2477"/>
     <w:rsid w:val="005D393B"/>
     <w:rsid w:val="005D4B73"/>
     <w:rsid w:val="005D5536"/>
     <w:rsid w:val="005E07C9"/>
     <w:rsid w:val="005E2BEA"/>
     <w:rsid w:val="005F0305"/>
     <w:rsid w:val="005F45AF"/>
     <w:rsid w:val="005F52E1"/>
     <w:rsid w:val="005F6BB2"/>
     <w:rsid w:val="00605140"/>
     <w:rsid w:val="00605BDA"/>
     <w:rsid w:val="006063C7"/>
     <w:rsid w:val="006110B7"/>
     <w:rsid w:val="006175CD"/>
+    <w:rsid w:val="006252A2"/>
     <w:rsid w:val="006253FF"/>
     <w:rsid w:val="0062728C"/>
     <w:rsid w:val="00630F76"/>
     <w:rsid w:val="00631998"/>
     <w:rsid w:val="006334FA"/>
     <w:rsid w:val="00636D17"/>
     <w:rsid w:val="00636FF0"/>
     <w:rsid w:val="00637066"/>
     <w:rsid w:val="0064021E"/>
     <w:rsid w:val="006408EA"/>
     <w:rsid w:val="00641F26"/>
     <w:rsid w:val="0064298E"/>
     <w:rsid w:val="006457FD"/>
+    <w:rsid w:val="006509EC"/>
     <w:rsid w:val="006535AE"/>
     <w:rsid w:val="006538C3"/>
     <w:rsid w:val="00656086"/>
     <w:rsid w:val="006578EF"/>
     <w:rsid w:val="0066096A"/>
     <w:rsid w:val="0066176E"/>
     <w:rsid w:val="00666693"/>
     <w:rsid w:val="006673D9"/>
     <w:rsid w:val="0067014A"/>
     <w:rsid w:val="00673AED"/>
     <w:rsid w:val="00682957"/>
     <w:rsid w:val="00684C06"/>
     <w:rsid w:val="00685BA4"/>
     <w:rsid w:val="00686DBF"/>
     <w:rsid w:val="0068718D"/>
     <w:rsid w:val="00690819"/>
     <w:rsid w:val="00691658"/>
     <w:rsid w:val="006927BB"/>
     <w:rsid w:val="00692F48"/>
     <w:rsid w:val="00693DED"/>
     <w:rsid w:val="00694F9E"/>
     <w:rsid w:val="0069575E"/>
     <w:rsid w:val="00695923"/>
     <w:rsid w:val="00696F24"/>
     <w:rsid w:val="00697443"/>
     <w:rsid w:val="006A1A5D"/>
     <w:rsid w:val="006A3F2A"/>
     <w:rsid w:val="006A5FA0"/>
     <w:rsid w:val="006B069E"/>
     <w:rsid w:val="006B14E0"/>
     <w:rsid w:val="006B4C12"/>
     <w:rsid w:val="006B65DE"/>
     <w:rsid w:val="006B75EB"/>
     <w:rsid w:val="006B789D"/>
     <w:rsid w:val="006C28E0"/>
     <w:rsid w:val="006C3131"/>
     <w:rsid w:val="006C5C14"/>
     <w:rsid w:val="006D1284"/>
     <w:rsid w:val="006D691A"/>
     <w:rsid w:val="006E100E"/>
     <w:rsid w:val="006E19C3"/>
     <w:rsid w:val="006F0716"/>
     <w:rsid w:val="006F2945"/>
     <w:rsid w:val="006F3940"/>
     <w:rsid w:val="006F5D70"/>
     <w:rsid w:val="00705426"/>
     <w:rsid w:val="007054DE"/>
     <w:rsid w:val="00710BF2"/>
     <w:rsid w:val="00712857"/>
     <w:rsid w:val="00712D13"/>
+    <w:rsid w:val="007143A9"/>
     <w:rsid w:val="007159FE"/>
     <w:rsid w:val="00716686"/>
     <w:rsid w:val="00716937"/>
     <w:rsid w:val="00716E0A"/>
     <w:rsid w:val="00720445"/>
     <w:rsid w:val="00722FD6"/>
+    <w:rsid w:val="00723AE2"/>
     <w:rsid w:val="007272D4"/>
     <w:rsid w:val="007300A0"/>
     <w:rsid w:val="007307AD"/>
     <w:rsid w:val="00732305"/>
     <w:rsid w:val="00732367"/>
     <w:rsid w:val="00732F9A"/>
     <w:rsid w:val="00733CD3"/>
     <w:rsid w:val="007372F6"/>
     <w:rsid w:val="007474AA"/>
     <w:rsid w:val="0075063D"/>
     <w:rsid w:val="00751908"/>
     <w:rsid w:val="00755EAA"/>
     <w:rsid w:val="00756AC9"/>
     <w:rsid w:val="00757FF4"/>
     <w:rsid w:val="007600D2"/>
     <w:rsid w:val="0076061D"/>
     <w:rsid w:val="0076475B"/>
     <w:rsid w:val="00767741"/>
     <w:rsid w:val="00767BAE"/>
     <w:rsid w:val="007713EA"/>
     <w:rsid w:val="007759EE"/>
     <w:rsid w:val="0077731C"/>
     <w:rsid w:val="00777E4C"/>
     <w:rsid w:val="00780019"/>
     <w:rsid w:val="007823B0"/>
@@ -23648,130 +24047,134 @@
     <w:rsid w:val="00802392"/>
     <w:rsid w:val="008034D4"/>
     <w:rsid w:val="008036E6"/>
     <w:rsid w:val="00803B0D"/>
     <w:rsid w:val="0080754A"/>
     <w:rsid w:val="008077D3"/>
     <w:rsid w:val="00807F70"/>
     <w:rsid w:val="00811B54"/>
     <w:rsid w:val="00814EFE"/>
     <w:rsid w:val="00816149"/>
     <w:rsid w:val="00823A85"/>
     <w:rsid w:val="008246E2"/>
     <w:rsid w:val="00825790"/>
     <w:rsid w:val="008314AF"/>
     <w:rsid w:val="008334E3"/>
     <w:rsid w:val="00836666"/>
     <w:rsid w:val="0084141F"/>
     <w:rsid w:val="008443F9"/>
     <w:rsid w:val="00847127"/>
     <w:rsid w:val="0085196F"/>
     <w:rsid w:val="008536C6"/>
     <w:rsid w:val="0085565D"/>
     <w:rsid w:val="00856B5F"/>
     <w:rsid w:val="00861839"/>
     <w:rsid w:val="00863279"/>
+    <w:rsid w:val="00863EA3"/>
     <w:rsid w:val="00865D1E"/>
     <w:rsid w:val="00866A04"/>
     <w:rsid w:val="008675B1"/>
     <w:rsid w:val="00867DB5"/>
     <w:rsid w:val="0087175C"/>
     <w:rsid w:val="008721A6"/>
     <w:rsid w:val="00874674"/>
     <w:rsid w:val="008755CA"/>
     <w:rsid w:val="0087625C"/>
     <w:rsid w:val="0087627B"/>
     <w:rsid w:val="00877917"/>
     <w:rsid w:val="008802CD"/>
     <w:rsid w:val="0088262D"/>
     <w:rsid w:val="00883BF0"/>
     <w:rsid w:val="008860ED"/>
     <w:rsid w:val="008902C7"/>
     <w:rsid w:val="00890A88"/>
     <w:rsid w:val="008918CD"/>
     <w:rsid w:val="0089366D"/>
     <w:rsid w:val="00894633"/>
     <w:rsid w:val="00895359"/>
     <w:rsid w:val="00896C85"/>
     <w:rsid w:val="008A42CC"/>
     <w:rsid w:val="008A448E"/>
     <w:rsid w:val="008A48A2"/>
     <w:rsid w:val="008A4F43"/>
     <w:rsid w:val="008B3EA3"/>
+    <w:rsid w:val="008B45E6"/>
     <w:rsid w:val="008B6645"/>
     <w:rsid w:val="008C1F72"/>
     <w:rsid w:val="008C4389"/>
     <w:rsid w:val="008C681C"/>
     <w:rsid w:val="008C6E62"/>
     <w:rsid w:val="008D221B"/>
     <w:rsid w:val="008D2323"/>
     <w:rsid w:val="008D4409"/>
     <w:rsid w:val="008D6D52"/>
     <w:rsid w:val="008D6D6C"/>
     <w:rsid w:val="008D6E0D"/>
     <w:rsid w:val="008D7160"/>
     <w:rsid w:val="008E2BE7"/>
     <w:rsid w:val="008E406E"/>
     <w:rsid w:val="008E5388"/>
     <w:rsid w:val="008F1E94"/>
     <w:rsid w:val="008F4562"/>
     <w:rsid w:val="008F49E9"/>
     <w:rsid w:val="008F6E5F"/>
     <w:rsid w:val="00900874"/>
+    <w:rsid w:val="00901191"/>
     <w:rsid w:val="009031B0"/>
     <w:rsid w:val="00903B41"/>
     <w:rsid w:val="00904C5E"/>
     <w:rsid w:val="00904E19"/>
     <w:rsid w:val="009056E1"/>
     <w:rsid w:val="009071DF"/>
     <w:rsid w:val="00907238"/>
     <w:rsid w:val="00907B1A"/>
     <w:rsid w:val="00910A83"/>
     <w:rsid w:val="00911AC8"/>
     <w:rsid w:val="00912936"/>
     <w:rsid w:val="00912D49"/>
     <w:rsid w:val="00913500"/>
     <w:rsid w:val="00913922"/>
     <w:rsid w:val="00915513"/>
     <w:rsid w:val="00915C38"/>
     <w:rsid w:val="00917416"/>
     <w:rsid w:val="00920839"/>
     <w:rsid w:val="00921881"/>
     <w:rsid w:val="009223EE"/>
     <w:rsid w:val="009269AB"/>
     <w:rsid w:val="0094141B"/>
     <w:rsid w:val="00941C62"/>
     <w:rsid w:val="009428C1"/>
     <w:rsid w:val="0094310A"/>
     <w:rsid w:val="00945BDA"/>
     <w:rsid w:val="00946632"/>
     <w:rsid w:val="00947792"/>
     <w:rsid w:val="00952E81"/>
     <w:rsid w:val="009536DD"/>
     <w:rsid w:val="00954F5F"/>
     <w:rsid w:val="00963550"/>
     <w:rsid w:val="0096478A"/>
+    <w:rsid w:val="00964DE2"/>
     <w:rsid w:val="00972233"/>
     <w:rsid w:val="0097319B"/>
     <w:rsid w:val="0097337B"/>
     <w:rsid w:val="00973E3E"/>
     <w:rsid w:val="00973EAF"/>
     <w:rsid w:val="00981ADD"/>
     <w:rsid w:val="00986A57"/>
     <w:rsid w:val="00991D1A"/>
     <w:rsid w:val="00995240"/>
     <w:rsid w:val="00995481"/>
     <w:rsid w:val="0099583E"/>
     <w:rsid w:val="00996AD1"/>
     <w:rsid w:val="009A11ED"/>
     <w:rsid w:val="009A364D"/>
     <w:rsid w:val="009A3D94"/>
     <w:rsid w:val="009A4C75"/>
     <w:rsid w:val="009A645F"/>
     <w:rsid w:val="009B2652"/>
     <w:rsid w:val="009B3F4E"/>
     <w:rsid w:val="009B4D1D"/>
     <w:rsid w:val="009C0705"/>
     <w:rsid w:val="009C0F68"/>
     <w:rsid w:val="009C13B4"/>
     <w:rsid w:val="009C1B6D"/>
     <w:rsid w:val="009C3B7D"/>
@@ -23783,129 +24186,140 @@
     <w:rsid w:val="009D798E"/>
     <w:rsid w:val="009E0E49"/>
     <w:rsid w:val="009E0F02"/>
     <w:rsid w:val="009E14F8"/>
     <w:rsid w:val="009E6172"/>
     <w:rsid w:val="009E664A"/>
     <w:rsid w:val="009E68CB"/>
     <w:rsid w:val="009F0422"/>
     <w:rsid w:val="009F1A9D"/>
     <w:rsid w:val="009F2999"/>
     <w:rsid w:val="009F3483"/>
     <w:rsid w:val="009F483E"/>
     <w:rsid w:val="009F5486"/>
     <w:rsid w:val="009F7C6E"/>
     <w:rsid w:val="00A01FE5"/>
     <w:rsid w:val="00A03D37"/>
     <w:rsid w:val="00A069FE"/>
     <w:rsid w:val="00A07B63"/>
     <w:rsid w:val="00A12233"/>
     <w:rsid w:val="00A14A23"/>
     <w:rsid w:val="00A168E7"/>
     <w:rsid w:val="00A203EF"/>
     <w:rsid w:val="00A20D39"/>
     <w:rsid w:val="00A24031"/>
     <w:rsid w:val="00A2484E"/>
+    <w:rsid w:val="00A24A07"/>
+    <w:rsid w:val="00A34423"/>
+    <w:rsid w:val="00A3580B"/>
     <w:rsid w:val="00A3676F"/>
     <w:rsid w:val="00A3796A"/>
     <w:rsid w:val="00A400D2"/>
+    <w:rsid w:val="00A4217D"/>
     <w:rsid w:val="00A4234E"/>
     <w:rsid w:val="00A42566"/>
     <w:rsid w:val="00A43341"/>
     <w:rsid w:val="00A46280"/>
     <w:rsid w:val="00A52368"/>
     <w:rsid w:val="00A5531B"/>
     <w:rsid w:val="00A5610A"/>
     <w:rsid w:val="00A578AE"/>
     <w:rsid w:val="00A60595"/>
     <w:rsid w:val="00A60E8E"/>
     <w:rsid w:val="00A64B2E"/>
     <w:rsid w:val="00A66363"/>
     <w:rsid w:val="00A66EFA"/>
     <w:rsid w:val="00A710A6"/>
     <w:rsid w:val="00A72461"/>
     <w:rsid w:val="00A7766A"/>
     <w:rsid w:val="00A805DD"/>
     <w:rsid w:val="00A82AEC"/>
     <w:rsid w:val="00A90E2F"/>
     <w:rsid w:val="00A92A3B"/>
     <w:rsid w:val="00A9304A"/>
     <w:rsid w:val="00A9346D"/>
     <w:rsid w:val="00A936CF"/>
     <w:rsid w:val="00A93E2C"/>
     <w:rsid w:val="00AA0102"/>
     <w:rsid w:val="00AA1494"/>
     <w:rsid w:val="00AA3779"/>
     <w:rsid w:val="00AA6980"/>
     <w:rsid w:val="00AA6E18"/>
     <w:rsid w:val="00AB0BF7"/>
     <w:rsid w:val="00AB1D4D"/>
     <w:rsid w:val="00AB3779"/>
     <w:rsid w:val="00AB39CA"/>
     <w:rsid w:val="00AB7ED7"/>
     <w:rsid w:val="00AC0844"/>
     <w:rsid w:val="00AC2821"/>
     <w:rsid w:val="00AC2C45"/>
     <w:rsid w:val="00AC4367"/>
     <w:rsid w:val="00AC504A"/>
     <w:rsid w:val="00AC5DFA"/>
     <w:rsid w:val="00AC684F"/>
     <w:rsid w:val="00AC6F46"/>
     <w:rsid w:val="00AC7742"/>
     <w:rsid w:val="00AD0AD6"/>
     <w:rsid w:val="00AD25C7"/>
+    <w:rsid w:val="00AD5DB4"/>
+    <w:rsid w:val="00AE1B84"/>
     <w:rsid w:val="00AE2268"/>
     <w:rsid w:val="00AE296D"/>
     <w:rsid w:val="00AE49C8"/>
     <w:rsid w:val="00AE530E"/>
     <w:rsid w:val="00AF16D1"/>
+    <w:rsid w:val="00AF5AA9"/>
     <w:rsid w:val="00B00F5C"/>
     <w:rsid w:val="00B00F6F"/>
     <w:rsid w:val="00B01786"/>
     <w:rsid w:val="00B035EA"/>
     <w:rsid w:val="00B03748"/>
     <w:rsid w:val="00B11039"/>
     <w:rsid w:val="00B13EFD"/>
     <w:rsid w:val="00B17D92"/>
     <w:rsid w:val="00B23258"/>
     <w:rsid w:val="00B27C43"/>
     <w:rsid w:val="00B30F30"/>
     <w:rsid w:val="00B35B14"/>
+    <w:rsid w:val="00B426F4"/>
     <w:rsid w:val="00B46728"/>
     <w:rsid w:val="00B47D79"/>
     <w:rsid w:val="00B47F6F"/>
     <w:rsid w:val="00B501BD"/>
     <w:rsid w:val="00B51BA8"/>
     <w:rsid w:val="00B547C2"/>
     <w:rsid w:val="00B54EF7"/>
+    <w:rsid w:val="00B57B37"/>
     <w:rsid w:val="00B61C36"/>
     <w:rsid w:val="00B65681"/>
     <w:rsid w:val="00B74EE5"/>
+    <w:rsid w:val="00B76C01"/>
     <w:rsid w:val="00B8122A"/>
     <w:rsid w:val="00B82627"/>
     <w:rsid w:val="00B84D76"/>
     <w:rsid w:val="00B8688A"/>
+    <w:rsid w:val="00B90A97"/>
     <w:rsid w:val="00B90CCA"/>
     <w:rsid w:val="00B94139"/>
     <w:rsid w:val="00B96553"/>
     <w:rsid w:val="00BA04CC"/>
     <w:rsid w:val="00BA4A59"/>
     <w:rsid w:val="00BA4C24"/>
     <w:rsid w:val="00BA7EFA"/>
     <w:rsid w:val="00BB3825"/>
     <w:rsid w:val="00BB39E8"/>
     <w:rsid w:val="00BB5551"/>
     <w:rsid w:val="00BC1852"/>
     <w:rsid w:val="00BC40AB"/>
     <w:rsid w:val="00BC6AE3"/>
     <w:rsid w:val="00BC7F6C"/>
     <w:rsid w:val="00BD1EAD"/>
     <w:rsid w:val="00BD265E"/>
     <w:rsid w:val="00BD3C55"/>
     <w:rsid w:val="00BD6642"/>
     <w:rsid w:val="00BD7980"/>
     <w:rsid w:val="00BD7E71"/>
     <w:rsid w:val="00BE2F62"/>
     <w:rsid w:val="00BE3933"/>
     <w:rsid w:val="00BE4654"/>
     <w:rsid w:val="00BE5FFA"/>
     <w:rsid w:val="00BE6F51"/>
@@ -23932,86 +24346,89 @@
     <w:rsid w:val="00C15F8F"/>
     <w:rsid w:val="00C22EE5"/>
     <w:rsid w:val="00C233AA"/>
     <w:rsid w:val="00C25023"/>
     <w:rsid w:val="00C2596F"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C402DB"/>
     <w:rsid w:val="00C4064F"/>
     <w:rsid w:val="00C42BB4"/>
     <w:rsid w:val="00C430D0"/>
     <w:rsid w:val="00C442F5"/>
     <w:rsid w:val="00C452A4"/>
     <w:rsid w:val="00C45378"/>
     <w:rsid w:val="00C454C0"/>
     <w:rsid w:val="00C53197"/>
     <w:rsid w:val="00C54483"/>
     <w:rsid w:val="00C747B7"/>
     <w:rsid w:val="00C766C9"/>
     <w:rsid w:val="00C76853"/>
     <w:rsid w:val="00C82CF0"/>
     <w:rsid w:val="00C86763"/>
     <w:rsid w:val="00C933AF"/>
     <w:rsid w:val="00C940AC"/>
     <w:rsid w:val="00C967C7"/>
     <w:rsid w:val="00C97F9F"/>
+    <w:rsid w:val="00CA277C"/>
     <w:rsid w:val="00CA277E"/>
     <w:rsid w:val="00CA51C6"/>
     <w:rsid w:val="00CA6C51"/>
     <w:rsid w:val="00CA736E"/>
     <w:rsid w:val="00CA7D6C"/>
     <w:rsid w:val="00CB0314"/>
     <w:rsid w:val="00CB0D11"/>
     <w:rsid w:val="00CB1413"/>
     <w:rsid w:val="00CB34AA"/>
     <w:rsid w:val="00CB35D5"/>
     <w:rsid w:val="00CB59CA"/>
     <w:rsid w:val="00CC0407"/>
+    <w:rsid w:val="00CC2562"/>
     <w:rsid w:val="00CC5BD7"/>
     <w:rsid w:val="00CD22EC"/>
     <w:rsid w:val="00CD3463"/>
     <w:rsid w:val="00CD3FFB"/>
     <w:rsid w:val="00CE2245"/>
     <w:rsid w:val="00CE33C8"/>
     <w:rsid w:val="00CF0879"/>
     <w:rsid w:val="00CF2040"/>
     <w:rsid w:val="00CF4149"/>
     <w:rsid w:val="00CF48F2"/>
     <w:rsid w:val="00CF55D0"/>
     <w:rsid w:val="00CF628D"/>
     <w:rsid w:val="00CF68CE"/>
     <w:rsid w:val="00D01D25"/>
     <w:rsid w:val="00D030EB"/>
     <w:rsid w:val="00D05400"/>
     <w:rsid w:val="00D06D18"/>
     <w:rsid w:val="00D06F80"/>
     <w:rsid w:val="00D116EB"/>
     <w:rsid w:val="00D129EE"/>
     <w:rsid w:val="00D12B49"/>
     <w:rsid w:val="00D21BA6"/>
     <w:rsid w:val="00D244C1"/>
     <w:rsid w:val="00D30DB9"/>
+    <w:rsid w:val="00D3156D"/>
     <w:rsid w:val="00D325E1"/>
     <w:rsid w:val="00D3285A"/>
     <w:rsid w:val="00D35110"/>
     <w:rsid w:val="00D37105"/>
     <w:rsid w:val="00D37A08"/>
     <w:rsid w:val="00D40D7A"/>
     <w:rsid w:val="00D412F4"/>
     <w:rsid w:val="00D4175A"/>
     <w:rsid w:val="00D42AD0"/>
     <w:rsid w:val="00D45076"/>
     <w:rsid w:val="00D4702F"/>
     <w:rsid w:val="00D47844"/>
     <w:rsid w:val="00D47ABA"/>
     <w:rsid w:val="00D50DA9"/>
     <w:rsid w:val="00D516DD"/>
     <w:rsid w:val="00D5465B"/>
     <w:rsid w:val="00D557D5"/>
     <w:rsid w:val="00D5653A"/>
     <w:rsid w:val="00D662CC"/>
     <w:rsid w:val="00D66536"/>
     <w:rsid w:val="00D67D0D"/>
     <w:rsid w:val="00D70503"/>
     <w:rsid w:val="00D71098"/>
     <w:rsid w:val="00D73451"/>
     <w:rsid w:val="00D75AFF"/>
@@ -24033,142 +24450,145 @@
     <w:rsid w:val="00DB68BE"/>
     <w:rsid w:val="00DB6A78"/>
     <w:rsid w:val="00DC42CF"/>
     <w:rsid w:val="00DC6D93"/>
     <w:rsid w:val="00DD0450"/>
     <w:rsid w:val="00DD22E2"/>
     <w:rsid w:val="00DD3BD8"/>
     <w:rsid w:val="00DD3E15"/>
     <w:rsid w:val="00DD4383"/>
     <w:rsid w:val="00DD4CDA"/>
     <w:rsid w:val="00DD69BE"/>
     <w:rsid w:val="00DE1C31"/>
     <w:rsid w:val="00DE4A06"/>
     <w:rsid w:val="00DE5359"/>
     <w:rsid w:val="00DF12D3"/>
     <w:rsid w:val="00DF78E9"/>
     <w:rsid w:val="00E025A5"/>
     <w:rsid w:val="00E03B00"/>
     <w:rsid w:val="00E062DB"/>
     <w:rsid w:val="00E0727F"/>
     <w:rsid w:val="00E077A1"/>
     <w:rsid w:val="00E12538"/>
     <w:rsid w:val="00E22793"/>
     <w:rsid w:val="00E24AC5"/>
     <w:rsid w:val="00E266B4"/>
+    <w:rsid w:val="00E31B34"/>
     <w:rsid w:val="00E344F2"/>
     <w:rsid w:val="00E36C8C"/>
     <w:rsid w:val="00E412D4"/>
     <w:rsid w:val="00E41DDD"/>
     <w:rsid w:val="00E41F17"/>
     <w:rsid w:val="00E4388C"/>
     <w:rsid w:val="00E44E73"/>
     <w:rsid w:val="00E4598A"/>
     <w:rsid w:val="00E46A2E"/>
     <w:rsid w:val="00E50892"/>
     <w:rsid w:val="00E50DDD"/>
     <w:rsid w:val="00E52954"/>
     <w:rsid w:val="00E5724D"/>
     <w:rsid w:val="00E57941"/>
     <w:rsid w:val="00E61F36"/>
     <w:rsid w:val="00E63C1D"/>
     <w:rsid w:val="00E678F9"/>
     <w:rsid w:val="00E679B2"/>
     <w:rsid w:val="00E70195"/>
     <w:rsid w:val="00E74798"/>
     <w:rsid w:val="00E75446"/>
     <w:rsid w:val="00E7637F"/>
     <w:rsid w:val="00E802B6"/>
     <w:rsid w:val="00E808FF"/>
     <w:rsid w:val="00E843BD"/>
     <w:rsid w:val="00E86E06"/>
     <w:rsid w:val="00E900D0"/>
     <w:rsid w:val="00E91C1B"/>
     <w:rsid w:val="00E92AFE"/>
     <w:rsid w:val="00E9318F"/>
     <w:rsid w:val="00E96E92"/>
     <w:rsid w:val="00EA06E8"/>
     <w:rsid w:val="00EA0A0E"/>
     <w:rsid w:val="00EA307A"/>
     <w:rsid w:val="00EA4471"/>
     <w:rsid w:val="00EB0BD7"/>
     <w:rsid w:val="00EB0D66"/>
     <w:rsid w:val="00EB4285"/>
     <w:rsid w:val="00EC00AA"/>
     <w:rsid w:val="00EC0A7A"/>
     <w:rsid w:val="00EC608C"/>
     <w:rsid w:val="00EC75FB"/>
+    <w:rsid w:val="00EC7C02"/>
     <w:rsid w:val="00ED074B"/>
     <w:rsid w:val="00ED0E88"/>
     <w:rsid w:val="00ED3237"/>
     <w:rsid w:val="00ED4149"/>
     <w:rsid w:val="00EE50CC"/>
     <w:rsid w:val="00EF375C"/>
     <w:rsid w:val="00EF3FFD"/>
     <w:rsid w:val="00EF7A3E"/>
     <w:rsid w:val="00F01FC9"/>
     <w:rsid w:val="00F050C8"/>
     <w:rsid w:val="00F05C84"/>
     <w:rsid w:val="00F11AB6"/>
     <w:rsid w:val="00F12444"/>
     <w:rsid w:val="00F1413D"/>
     <w:rsid w:val="00F14505"/>
     <w:rsid w:val="00F16192"/>
     <w:rsid w:val="00F179F0"/>
     <w:rsid w:val="00F17AFC"/>
     <w:rsid w:val="00F17E87"/>
     <w:rsid w:val="00F22E8B"/>
     <w:rsid w:val="00F26E44"/>
     <w:rsid w:val="00F27104"/>
     <w:rsid w:val="00F31A3D"/>
     <w:rsid w:val="00F34259"/>
     <w:rsid w:val="00F3722F"/>
     <w:rsid w:val="00F41150"/>
     <w:rsid w:val="00F41465"/>
     <w:rsid w:val="00F438BF"/>
     <w:rsid w:val="00F43AC3"/>
     <w:rsid w:val="00F43CB4"/>
     <w:rsid w:val="00F43D29"/>
     <w:rsid w:val="00F46926"/>
     <w:rsid w:val="00F500C4"/>
     <w:rsid w:val="00F509FE"/>
     <w:rsid w:val="00F51533"/>
     <w:rsid w:val="00F529CF"/>
     <w:rsid w:val="00F54FD4"/>
     <w:rsid w:val="00F5693B"/>
     <w:rsid w:val="00F60E90"/>
     <w:rsid w:val="00F613E9"/>
     <w:rsid w:val="00F65E80"/>
     <w:rsid w:val="00F65F2B"/>
     <w:rsid w:val="00F72F81"/>
     <w:rsid w:val="00F7428C"/>
     <w:rsid w:val="00F80327"/>
     <w:rsid w:val="00F81B97"/>
     <w:rsid w:val="00F83F99"/>
     <w:rsid w:val="00F8415E"/>
     <w:rsid w:val="00F85929"/>
     <w:rsid w:val="00F873DD"/>
+    <w:rsid w:val="00F9079B"/>
     <w:rsid w:val="00F91EBE"/>
     <w:rsid w:val="00F91F52"/>
     <w:rsid w:val="00F92175"/>
     <w:rsid w:val="00F93CEA"/>
     <w:rsid w:val="00F97D93"/>
     <w:rsid w:val="00FA0D31"/>
     <w:rsid w:val="00FA138D"/>
     <w:rsid w:val="00FA34DD"/>
     <w:rsid w:val="00FA43A1"/>
     <w:rsid w:val="00FB1474"/>
     <w:rsid w:val="00FB3455"/>
     <w:rsid w:val="00FB56C8"/>
     <w:rsid w:val="00FC04C7"/>
     <w:rsid w:val="00FC0923"/>
     <w:rsid w:val="00FC1809"/>
     <w:rsid w:val="00FC2864"/>
     <w:rsid w:val="00FC43B2"/>
     <w:rsid w:val="00FD0133"/>
     <w:rsid w:val="00FD0775"/>
     <w:rsid w:val="00FD0DA4"/>
     <w:rsid w:val="00FD1C12"/>
     <w:rsid w:val="00FD2F33"/>
     <w:rsid w:val="00FD3D5B"/>
     <w:rsid w:val="00FE2286"/>
     <w:rsid w:val="00FE47D8"/>
@@ -25079,59 +25499,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010042016E61ECD77C43A7695B35AA3CBE50" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="494e0c9fd234aa9f16565698170c9b69">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d4e97e60-d57b-46f0-8c68-1d25f9ddb920" xmlns:ns3="d4a48426-97cc-4a61-94fb-56c3682b2352" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8132e576ef79f70a3b37f1ab2d2f53c5" ns2:_="" ns3:_="">
     <xsd:import namespace="d4e97e60-d57b-46f0-8c68-1d25f9ddb920"/>
     <xsd:import namespace="d4a48426-97cc-4a61-94fb-56c3682b2352"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -25342,129 +25753,138 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="d4e97e60-d57b-46f0-8c68-1d25f9ddb920">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="d4a48426-97cc-4a61-94fb-56c3682b2352" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54DC3B5C-DB8D-43C3-A743-7B950FD57402}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d4e97e60-d57b-46f0-8c68-1d25f9ddb920"/>
     <ds:schemaRef ds:uri="d4a48426-97cc-4a61-94fb-56c3682b2352"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED82ED8B-D36C-4EEC-82F7-6F4C668D9FC8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="d4e97e60-d57b-46f0-8c68-1d25f9ddb920"/>
     <ds:schemaRef ds:uri="d4a48426-97cc-4a61-94fb-56c3682b2352"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9B44A35-878E-4E6C-9CCE-AC023CBE1890}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>2995</Words>
-  <Characters>17073</Characters>
+  <Words>2981</Words>
+  <Characters>16994</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>142</Lines>
-  <Paragraphs>40</Paragraphs>
+  <Lines>141</Lines>
+  <Paragraphs>39</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20028</CharactersWithSpaces>
+  <CharactersWithSpaces>19936</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Donna BSmith</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010042016E61ECD77C43A7695B35AA3CBE50</vt:lpwstr>
   </property>