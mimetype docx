--- v0 (2025-10-13)
+++ v1 (2026-01-17)
@@ -1,4952 +1,13683 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="43E5B257" w14:textId="77777777" w:rsidR="001C6D5E" w:rsidRDefault="001C6D5E" w:rsidP="00E91CA0">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="78324F4D" w14:textId="475580BE" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00AD25C7" w:rsidP="00AE21D0">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="23"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        </w:tabs>
+      <w:r w:rsidRPr="004E0BA6">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="23"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve">Timekeeping </w:t>
+      </w:r>
+      <w:r w:rsidR="004E0BA6">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="23"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="008007C0" w:rsidRPr="00E91CA0">
+      <w:r w:rsidRPr="004E0BA6">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="23"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>These are the level 2 timekeeping questions which should be completed for accreditation to level 2</w:t>
+        <w:t xml:space="preserve"> Level </w:t>
       </w:r>
-      <w:r w:rsidR="008D7C8E" w:rsidRPr="00E91CA0">
+      <w:r w:rsidR="00F85929" w:rsidRPr="004E0BA6">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="23"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E0BA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA736E" w:rsidRPr="004E0BA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Questions</w:t>
+      </w:r>
+      <w:r w:rsidR="00183C54" w:rsidRPr="004E0BA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Candidate</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EABCEFB" w14:textId="77777777" w:rsidR="00A43DAD" w:rsidRPr="004226BE" w:rsidRDefault="00A43DAD" w:rsidP="00A43DAD">
-[...1 lines deleted...]
-        <w:ind w:left="142"/>
+    <w:p w14:paraId="25079559" w14:textId="31A2F8D4" w:rsidR="00CA736E" w:rsidRDefault="00CA736E" w:rsidP="004E0BA6">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004E0BA6">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Where applicable, please</w:t>
+        <w:t xml:space="preserve">Total </w:t>
       </w:r>
-      <w:r w:rsidRPr="004226BE">
+      <w:r w:rsidR="00F63A2D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> quote </w:t>
+        <w:t>m</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004E0BA6">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">the applicable </w:t>
+        <w:t xml:space="preserve">arks = </w:t>
       </w:r>
-      <w:r w:rsidRPr="004226BE">
+      <w:r w:rsidR="00175A46" w:rsidRPr="004E0BA6">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>rule number</w:t>
+        <w:t>36</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004E0BA6">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Pass mark = </w:t>
+      </w:r>
+      <w:r w:rsidR="00175A46" w:rsidRPr="004E0BA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r w:rsidR="006A5FA0" w:rsidRPr="004E0BA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E0BA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="004226BE">
+      <w:r w:rsidR="00F91EBE" w:rsidRPr="004E0BA6">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>s</w:t>
+        <w:t>7</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="002A698A" w:rsidRPr="004E0BA6">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">). </w:t>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E0BA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>%)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77EFB071" w14:textId="4CA6949F" w:rsidR="008007C0" w:rsidRPr="00E91CA0" w:rsidRDefault="008007C0" w:rsidP="008007C0">
-[...8 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="06CB3050" w14:textId="01F402E1" w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w:rsidRDefault="004E0BA6" w:rsidP="004E0BA6">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E91CA0">
+      <w:r w:rsidRPr="004E0BA6">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>You have been invited to act as a timekeeper at your County Championships and the first track event starts at 11 am</w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">Please circle/tick/insert your answer for each question. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B801EBD" w14:textId="18C63F54" w:rsidR="008007C0" w:rsidRPr="00E91CA0" w:rsidRDefault="008007C0" w:rsidP="008007C0">
-[...8 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="0F58AAAD" w14:textId="21CFA6B9" w:rsidR="007625CB" w:rsidRPr="004E0BA6" w:rsidRDefault="007625CB" w:rsidP="004E0BA6">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...46 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E91CA0">
+      <w:r w:rsidRPr="004E0BA6">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You can use the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="004E0BA6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>UKA Rule Book</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004E0BA6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> , </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="004E0BA6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>WPA Rule Book</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004E0BA6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00F75AB9" w:rsidRPr="004E0BA6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>Timekeepers</w:t>
+        </w:r>
+        <w:r w:rsidR="004E0BA6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>’</w:t>
+        </w:r>
+        <w:r w:rsidR="00F75AB9" w:rsidRPr="004E0BA6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Code of Practice</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00F75AB9" w:rsidRPr="004E0BA6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008007C0" w:rsidRPr="00E91CA0">
+      <w:r w:rsidR="00F75AB9" w:rsidRPr="004E0BA6">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3985 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="003F5AF6">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004E0BA6">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...55 lines deleted...]
-        </w:drawing>
+        <w:t>to support you in answering the below questions</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00102261" w:rsidRPr="003F5AF6" w:rsidSect="001C6D5E">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:p w14:paraId="67493195" w14:textId="52E78BE2" w:rsidR="00E1073C" w:rsidRPr="004E0BA6" w:rsidRDefault="00E1073C" w:rsidP="00E1073C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NAME - </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="704"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="47C70B74" w14:textId="77777777" w:rsidTr="009071DF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="121CA861" w14:textId="335E9790" w:rsidR="009071DF" w:rsidRPr="004E0BA6" w:rsidRDefault="00470EB3" w:rsidP="009071DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="707439EC" w14:textId="77777777" w:rsidR="009071DF" w:rsidRPr="004E0BA6" w:rsidRDefault="009071DF" w:rsidP="009071DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35DF04C7" w14:textId="07CFD083" w:rsidR="009071DF" w:rsidRPr="004E0BA6" w:rsidRDefault="00470EB3" w:rsidP="009071DF">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Who might specify which intermediate times they want to be given over the Public Address System?</w:t>
+            </w:r>
+            <w:r w:rsidR="002A698A" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="779C9D41" w14:textId="77777777" w:rsidTr="009071DF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77298A4D" w14:textId="77777777" w:rsidR="009071DF" w:rsidRPr="004E0BA6" w:rsidRDefault="009071DF" w:rsidP="009071DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FABA117" w14:textId="07DB9BE2" w:rsidR="009071DF" w:rsidRPr="004E0BA6" w:rsidRDefault="001569C6" w:rsidP="009071DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="464F9F3C" w14:textId="48BEBCC7" w:rsidR="009071DF" w:rsidRPr="004E0BA6" w:rsidRDefault="00EA06E8" w:rsidP="009071DF">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>The Chi</w:t>
+            </w:r>
+            <w:r w:rsidR="003956B8" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ef </w:t>
+            </w:r>
+            <w:r w:rsidR="002A698A" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>timekeeper</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="71DDE1E0" w14:textId="77777777" w:rsidTr="002A698A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F85635" w14:textId="6CAF84FA" w:rsidR="009071DF" w:rsidRPr="004E0BA6" w:rsidRDefault="009071DF" w:rsidP="009071DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F0FDE24" w14:textId="5724774A" w:rsidR="009071DF" w:rsidRPr="004E0BA6" w:rsidRDefault="001569C6" w:rsidP="009071DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EC9E188" w14:textId="5CD73FFD" w:rsidR="009071DF" w:rsidRPr="004E0BA6" w:rsidRDefault="00EA06E8" w:rsidP="009071DF">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>The Announcer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="71656894" w14:textId="77777777" w:rsidTr="009071DF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="682F5129" w14:textId="77777777" w:rsidR="009071DF" w:rsidRPr="004E0BA6" w:rsidRDefault="009071DF" w:rsidP="009071DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A498103" w14:textId="223BFB44" w:rsidR="009071DF" w:rsidRPr="004E0BA6" w:rsidRDefault="001569C6" w:rsidP="009071DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70E7383D" w14:textId="585CFF66" w:rsidR="009071DF" w:rsidRPr="004E0BA6" w:rsidRDefault="003956B8" w:rsidP="009071DF">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>The Track referee</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009071DF" w:rsidRPr="004E0BA6" w14:paraId="170CE24E" w14:textId="77777777" w:rsidTr="002A698A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A69EFAC" w14:textId="77777777" w:rsidR="009071DF" w:rsidRPr="004E0BA6" w:rsidRDefault="009071DF" w:rsidP="009071DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D1C87B5" w14:textId="4B860520" w:rsidR="009071DF" w:rsidRPr="004E0BA6" w:rsidRDefault="001569C6" w:rsidP="009071DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A8EE5A6" w14:textId="57C22AFE" w:rsidR="009071DF" w:rsidRPr="004E0BA6" w:rsidRDefault="003956B8" w:rsidP="009071DF">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The </w:t>
+            </w:r>
+            <w:r w:rsidR="000D1FC3" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eeting </w:t>
+            </w:r>
+            <w:r w:rsidR="000D1FC3" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>anager</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="360038BE" w14:textId="6C8979EB" w:rsidR="009071DF" w:rsidRPr="004E0BA6" w:rsidRDefault="009071DF" w:rsidP="009071DF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="5F3F6976" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6342E412" w14:textId="34F414F0" w:rsidR="002A698A" w:rsidRPr="004E0BA6" w:rsidRDefault="00F469BD" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1A</w:t>
+            </w:r>
+            <w:r w:rsidR="002A698A" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1834600B" w14:textId="77777777" w:rsidR="002A698A" w:rsidRPr="004E0BA6" w:rsidRDefault="002A698A" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C554B88" w14:textId="2F58287D" w:rsidR="002A698A" w:rsidRPr="004E0BA6" w:rsidRDefault="0064298E" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please provide the relevant rule number or source </w:t>
+            </w:r>
+            <w:r w:rsidR="002A698A" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>for question 1 (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A698A" w:rsidRPr="004E0BA6" w14:paraId="6FFA0279" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EBDB188" w14:textId="77777777" w:rsidR="002A698A" w:rsidRPr="004E0BA6" w:rsidRDefault="002A698A" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E5063D4" w14:textId="77777777" w:rsidR="002A698A" w:rsidRPr="004E0BA6" w:rsidRDefault="002A698A" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D12A96A" w14:textId="248D5200" w:rsidR="002A698A" w:rsidRPr="004E0BA6" w:rsidRDefault="002A698A" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="26609BBA" w14:textId="77777777" w:rsidR="002A698A" w:rsidRPr="004E0BA6" w:rsidRDefault="002A698A" w:rsidP="009071DF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10456" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="704"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="60DF1279" w14:textId="77777777" w:rsidTr="00567D3C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="464C78F1" w14:textId="69E4A57E" w:rsidR="00567D3C" w:rsidRPr="004E0BA6" w:rsidRDefault="00F469BD" w:rsidP="00567D3C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00567D3C" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EC88CB0" w14:textId="77777777" w:rsidR="00567D3C" w:rsidRPr="004E0BA6" w:rsidRDefault="00567D3C" w:rsidP="00567D3C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01DBC1BD" w14:textId="1CCBA893" w:rsidR="00567D3C" w:rsidRPr="004E0BA6" w:rsidRDefault="00567D3C" w:rsidP="00567D3C">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>In a 4 x 400-meter relay, using short staggers, at which point should you take the split time for each athlete in the team you have been allocated and who start in lane 4? (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="72814264" w14:textId="77777777" w:rsidTr="00567D3C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="68D4A111" w14:textId="5C8F821F" w:rsidR="00567D3C" w:rsidRPr="004E0BA6" w:rsidRDefault="00567D3C" w:rsidP="00567D3C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="403405B5" w14:textId="11EF682B" w:rsidR="00567D3C" w:rsidRPr="004E0BA6" w:rsidRDefault="00567D3C" w:rsidP="00567D3C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="74EE5097" w14:textId="37161979" w:rsidR="00567D3C" w:rsidRPr="004E0BA6" w:rsidRDefault="005D1C43" w:rsidP="00567D3C">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">As the baton crosses the centre of the take-over box </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="79BAED79" w14:textId="77777777" w:rsidTr="00567D3C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BE61856" w14:textId="77777777" w:rsidR="00567D3C" w:rsidRPr="004E0BA6" w:rsidRDefault="00567D3C" w:rsidP="00567D3C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15405DB5" w14:textId="287BFA96" w:rsidR="00567D3C" w:rsidRPr="004E0BA6" w:rsidRDefault="00567D3C" w:rsidP="00567D3C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EF59883" w14:textId="3461EDC5" w:rsidR="00567D3C" w:rsidRPr="004E0BA6" w:rsidRDefault="005D1C43" w:rsidP="00567D3C">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">As the torso of the </w:t>
+            </w:r>
+            <w:r w:rsidR="00725C5D" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>outgoing</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> athlete crosses the centre of the take-over box  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="2CDE5742" w14:textId="77777777" w:rsidTr="00567D3C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="13352DC0" w14:textId="2A883E5C" w:rsidR="00567D3C" w:rsidRPr="004E0BA6" w:rsidRDefault="00567D3C" w:rsidP="00567D3C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A28DCB6" w14:textId="3749127A" w:rsidR="00567D3C" w:rsidRPr="004E0BA6" w:rsidRDefault="00567D3C" w:rsidP="00567D3C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="799CF250" w14:textId="55A43AFC" w:rsidR="00567D3C" w:rsidRPr="004E0BA6" w:rsidRDefault="00567D3C" w:rsidP="00567D3C">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>As the torso of the incoming athlete crosses the centre of the take-over box</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00567D3C" w:rsidRPr="004E0BA6" w14:paraId="115B7446" w14:textId="77777777" w:rsidTr="00567D3C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68C642DC" w14:textId="77777777" w:rsidR="00567D3C" w:rsidRPr="004E0BA6" w:rsidRDefault="00567D3C" w:rsidP="00567D3C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18FFE17E" w14:textId="09569ED3" w:rsidR="00567D3C" w:rsidRPr="004E0BA6" w:rsidRDefault="00567D3C" w:rsidP="00567D3C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26F59E06" w14:textId="1877B263" w:rsidR="00567D3C" w:rsidRPr="004E0BA6" w:rsidRDefault="00567D3C" w:rsidP="00567D3C">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>At the point that the lead runner started the race</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7E942DB7" w14:textId="7117186A" w:rsidR="00CA736E" w:rsidRPr="004E0BA6" w:rsidRDefault="00CA736E" w:rsidP="00CA736E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="3B2D4AE2" w14:textId="77777777" w:rsidTr="004A797F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22B1E593" w14:textId="69AC20DF" w:rsidR="009F1C49" w:rsidRPr="004E0BA6" w:rsidRDefault="00B867BD" w:rsidP="004A797F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2A</w:t>
+            </w:r>
+            <w:r w:rsidR="009F1C49" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DC0F5EC" w14:textId="77777777" w:rsidR="009F1C49" w:rsidRPr="004E0BA6" w:rsidRDefault="009F1C49" w:rsidP="004A797F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EA71715" w14:textId="4AB00D9E" w:rsidR="009F1C49" w:rsidRPr="004E0BA6" w:rsidRDefault="009F1C49" w:rsidP="004A797F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please provide the relevant rule number or source for question </w:t>
+            </w:r>
+            <w:r w:rsidR="00B867BD" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009F1C49" w:rsidRPr="004E0BA6" w14:paraId="181275EB" w14:textId="77777777" w:rsidTr="004A797F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="539E9A2A" w14:textId="77777777" w:rsidR="009F1C49" w:rsidRPr="004E0BA6" w:rsidRDefault="009F1C49" w:rsidP="004A797F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="068D23D7" w14:textId="77777777" w:rsidR="009F1C49" w:rsidRPr="004E0BA6" w:rsidRDefault="009F1C49" w:rsidP="004A797F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA495C4" w14:textId="77777777" w:rsidR="009F1C49" w:rsidRPr="004E0BA6" w:rsidRDefault="009F1C49" w:rsidP="004A797F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6A840FC4" w14:textId="77777777" w:rsidR="009F1C49" w:rsidRPr="004E0BA6" w:rsidRDefault="009F1C49" w:rsidP="00CA736E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="704"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="26ACF8B2" w14:textId="77777777" w:rsidTr="002A698A">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B0587F6" w14:textId="34F5ED4C" w:rsidR="009071DF" w:rsidRPr="004E0BA6" w:rsidRDefault="00B867BD" w:rsidP="009071DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="009071DF" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E3DAA14" w14:textId="77777777" w:rsidR="009071DF" w:rsidRPr="004E0BA6" w:rsidRDefault="009071DF" w:rsidP="009071DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EB2A691" w14:textId="366439D3" w:rsidR="009071DF" w:rsidRPr="004E0BA6" w:rsidRDefault="005A4CCF" w:rsidP="00B00F6F">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Your time, when compared with photo finish, appears to be short (too fast). Give the two most likely reasons for this happening?</w:t>
+            </w:r>
+            <w:r w:rsidR="002A698A" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="58E2D1E3" w14:textId="77777777" w:rsidTr="002A698A">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="585BACC1" w14:textId="51FDA42A" w:rsidR="009071DF" w:rsidRPr="004E0BA6" w:rsidRDefault="009071DF" w:rsidP="009071DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FFF41A7" w14:textId="20BBE24D" w:rsidR="009071DF" w:rsidRPr="004E0BA6" w:rsidRDefault="00B00F6F" w:rsidP="009071DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E867FD5" w14:textId="5288E613" w:rsidR="009071DF" w:rsidRPr="004E0BA6" w:rsidRDefault="002A698A" w:rsidP="00B00F6F">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Started watch when the first athlete moved or distracted at finish by spectators</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="02058EFE" w14:textId="77777777" w:rsidTr="002A698A">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25609F87" w14:textId="77777777" w:rsidR="002A698A" w:rsidRPr="004E0BA6" w:rsidRDefault="002A698A" w:rsidP="009071DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06D4B738" w14:textId="179D338E" w:rsidR="002A698A" w:rsidRPr="004E0BA6" w:rsidRDefault="002A698A" w:rsidP="009071DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29858329" w14:textId="6EA56A53" w:rsidR="002A698A" w:rsidRPr="004E0BA6" w:rsidRDefault="002A698A" w:rsidP="00B00F6F">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Started watch when colleagues watch “beeped” or timed the wrong athlete </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="70028FE3" w14:textId="77777777" w:rsidTr="002A698A">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10FC2EBB" w14:textId="3A08EB26" w:rsidR="008675B1" w:rsidRPr="004E0BA6" w:rsidRDefault="008675B1" w:rsidP="008675B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="359987B0" w14:textId="16976314" w:rsidR="008675B1" w:rsidRPr="004E0BA6" w:rsidRDefault="008675B1" w:rsidP="008675B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DF736EA" w14:textId="0B59A0BB" w:rsidR="008675B1" w:rsidRPr="004E0BA6" w:rsidRDefault="008675B1" w:rsidP="008675B1">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Delayed reaction to the start</w:t>
+            </w:r>
+            <w:r w:rsidR="002A698A" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>nticipating the finish</w:t>
+            </w:r>
+            <w:r w:rsidR="001E30D2" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                           </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008675B1" w:rsidRPr="004E0BA6" w14:paraId="66246BB1" w14:textId="77777777" w:rsidTr="002A698A">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D56F259" w14:textId="4718C19E" w:rsidR="008675B1" w:rsidRPr="004E0BA6" w:rsidRDefault="008675B1" w:rsidP="008675B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B9C15F9" w14:textId="48C0A791" w:rsidR="008675B1" w:rsidRPr="004E0BA6" w:rsidRDefault="008675B1" w:rsidP="008675B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E03E2E6" w14:textId="68EB93E5" w:rsidR="008675B1" w:rsidRPr="004E0BA6" w:rsidRDefault="008675B1" w:rsidP="002A698A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Started watch with the sound of </w:t>
+            </w:r>
+            <w:r w:rsidR="007759EE" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>gun</w:t>
+            </w:r>
+            <w:r w:rsidR="002A698A" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or </w:t>
+            </w:r>
+            <w:r w:rsidR="00630F76" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>topped when colleague’s watch “beeped”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1B031D34" w14:textId="7005AB9C" w:rsidR="00ED074B" w:rsidRPr="004E0BA6" w:rsidRDefault="00ED074B" w:rsidP="00ED074B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10456" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="704"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="22430171" w14:textId="77777777" w:rsidTr="00DF457B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54854F85" w14:textId="02C1E561" w:rsidR="00DF457B" w:rsidRPr="004E0BA6" w:rsidRDefault="00B72926" w:rsidP="00DF457B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF457B" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="194881E7" w14:textId="77777777" w:rsidR="00DF457B" w:rsidRPr="004E0BA6" w:rsidRDefault="00DF457B" w:rsidP="00DF457B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BBAF181" w14:textId="28E2CEF2" w:rsidR="00DF457B" w:rsidRPr="004E0BA6" w:rsidRDefault="00DF457B" w:rsidP="00DF457B">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>You have been asked to call intermediate lap times in an outdoor 1500 metre race. Where would you stand to call the times? (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="290DFD00" w14:textId="77777777" w:rsidTr="00DF457B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F9B15A0" w14:textId="0744022B" w:rsidR="00261579" w:rsidRPr="004E0BA6" w:rsidRDefault="00261579" w:rsidP="00261579">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B99A98F" w14:textId="2F2F3B84" w:rsidR="00261579" w:rsidRPr="004E0BA6" w:rsidRDefault="00261579" w:rsidP="00261579">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7489D095" w14:textId="3CF75D6B" w:rsidR="00261579" w:rsidRPr="004E0BA6" w:rsidRDefault="00261579" w:rsidP="00261579">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Stand on the finishing line and call</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="57192B12" w14:textId="77777777" w:rsidTr="00DF457B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18AFB488" w14:textId="77777777" w:rsidR="00261579" w:rsidRPr="004E0BA6" w:rsidRDefault="00261579" w:rsidP="00261579">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27AD7C7B" w14:textId="420B0A6C" w:rsidR="00261579" w:rsidRPr="004E0BA6" w:rsidRDefault="00261579" w:rsidP="00261579">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B03355E" w14:textId="1FF36CB4" w:rsidR="00261579" w:rsidRPr="004E0BA6" w:rsidRDefault="00261579" w:rsidP="00261579">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Stand approximately two metres after the 1500 metre start line and call</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="3105C2A0" w14:textId="77777777" w:rsidTr="00DF457B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="47AFAC25" w14:textId="77777777" w:rsidR="00261579" w:rsidRPr="004E0BA6" w:rsidRDefault="00261579" w:rsidP="00261579">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="396BE122" w14:textId="7E2A3C16" w:rsidR="00261579" w:rsidRPr="004E0BA6" w:rsidRDefault="00261579" w:rsidP="00261579">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F72F4C3" w14:textId="407C35F9" w:rsidR="00261579" w:rsidRPr="004E0BA6" w:rsidRDefault="00261579" w:rsidP="00261579">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Stand on the 1500 metre start line and call</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00261579" w:rsidRPr="004E0BA6" w14:paraId="65F1582B" w14:textId="77777777" w:rsidTr="00DF457B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="450841AD" w14:textId="0331F2BD" w:rsidR="00261579" w:rsidRPr="004E0BA6" w:rsidRDefault="00261579" w:rsidP="00261579">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68CC639C" w14:textId="0E296B44" w:rsidR="00261579" w:rsidRPr="004E0BA6" w:rsidRDefault="00261579" w:rsidP="00261579">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="197A9212" w14:textId="4B2BF733" w:rsidR="00261579" w:rsidRPr="004E0BA6" w:rsidRDefault="00261579" w:rsidP="00261579">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Stand approximately two metres back from the finish line and call</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1A0EB67F" w14:textId="77777777" w:rsidR="00630F76" w:rsidRPr="004E0BA6" w:rsidRDefault="00630F76" w:rsidP="009071DF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28BBAD5B" w14:textId="77777777" w:rsidR="00E1073C" w:rsidRPr="004E0BA6" w:rsidRDefault="00E1073C" w:rsidP="009071DF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="4613635A" w14:textId="77777777" w:rsidTr="004A797F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="210B53B4" w14:textId="5A4F0136" w:rsidR="00175A46" w:rsidRPr="004E0BA6" w:rsidRDefault="00092FD1" w:rsidP="004A797F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4A</w:t>
+            </w:r>
+            <w:r w:rsidR="00175A46" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A96F296" w14:textId="77777777" w:rsidR="00175A46" w:rsidRPr="004E0BA6" w:rsidRDefault="00175A46" w:rsidP="004A797F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BE5484D" w14:textId="093BE50F" w:rsidR="00175A46" w:rsidRPr="004E0BA6" w:rsidRDefault="00175A46" w:rsidP="004A797F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please provide the relevant rule number or source for question </w:t>
+            </w:r>
+            <w:r w:rsidR="00092FD1" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175A46" w:rsidRPr="004E0BA6" w14:paraId="1A46B820" w14:textId="77777777" w:rsidTr="004A797F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="70D74211" w14:textId="77777777" w:rsidR="00175A46" w:rsidRPr="004E0BA6" w:rsidRDefault="00175A46" w:rsidP="004A797F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D0E863B" w14:textId="77777777" w:rsidR="00175A46" w:rsidRPr="004E0BA6" w:rsidRDefault="00175A46" w:rsidP="004A797F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0140493F" w14:textId="77777777" w:rsidR="00175A46" w:rsidRPr="004E0BA6" w:rsidRDefault="00175A46" w:rsidP="004A797F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2421000A" w14:textId="77777777" w:rsidR="00175A46" w:rsidRPr="004E0BA6" w:rsidRDefault="00175A46" w:rsidP="009071DF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="34ED6E71" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67D32E65" w14:textId="2BE4D93C" w:rsidR="004D03CE" w:rsidRPr="004E0BA6" w:rsidRDefault="00DA7C1C" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="004D03CE" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA7B77A" w14:textId="77777777" w:rsidR="004D03CE" w:rsidRPr="004E0BA6" w:rsidRDefault="004D03CE" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C36948B" w14:textId="4B5B3510" w:rsidR="004D03CE" w:rsidRPr="004E0BA6" w:rsidRDefault="00F85929" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>You have been invited to act as a timekeeper at your County</w:t>
+            </w:r>
+            <w:r w:rsidR="00630F76" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">/Area </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA3CE2" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Championships,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and the first track event starts at 11 am.  What is the latest time by which you should arrive?</w:t>
+            </w:r>
+            <w:r w:rsidR="00630F76" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00630F76" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="0C4381B9" w14:textId="77777777" w:rsidTr="00630F76">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="13B2A5A4" w14:textId="77777777" w:rsidR="004D03CE" w:rsidRPr="004E0BA6" w:rsidRDefault="004D03CE" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="47894E15" w14:textId="77777777" w:rsidR="004D03CE" w:rsidRPr="004E0BA6" w:rsidRDefault="004D03CE" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="79855CBC" w14:textId="6AF842B2" w:rsidR="004D03CE" w:rsidRPr="004E0BA6" w:rsidRDefault="00F85929" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>9am</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="4A2BDF3A" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14D45F91" w14:textId="77777777" w:rsidR="004D03CE" w:rsidRPr="004E0BA6" w:rsidRDefault="004D03CE" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3262EA7C" w14:textId="77777777" w:rsidR="004D03CE" w:rsidRPr="004E0BA6" w:rsidRDefault="004D03CE" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17CA625A" w14:textId="7B4EEC0B" w:rsidR="004D03CE" w:rsidRPr="004E0BA6" w:rsidRDefault="00F85929" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>11 am</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="0E787750" w14:textId="77777777" w:rsidTr="00630F76">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="101F8752" w14:textId="77777777" w:rsidR="004D03CE" w:rsidRPr="004E0BA6" w:rsidRDefault="004D03CE" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="249700B3" w14:textId="77777777" w:rsidR="004D03CE" w:rsidRPr="004E0BA6" w:rsidRDefault="004D03CE" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="50029770" w14:textId="64BD4AEA" w:rsidR="004D03CE" w:rsidRPr="004E0BA6" w:rsidRDefault="00F85929" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>10:45 am</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D03CE" w:rsidRPr="004E0BA6" w14:paraId="616E4749" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E85E073" w14:textId="0211459F" w:rsidR="004D03CE" w:rsidRPr="004E0BA6" w:rsidRDefault="004D03CE" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="310071F2" w14:textId="77777777" w:rsidR="004D03CE" w:rsidRPr="004E0BA6" w:rsidRDefault="004D03CE" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79202667" w14:textId="6C58122F" w:rsidR="004D03CE" w:rsidRPr="004E0BA6" w:rsidRDefault="00F85929" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>10 am</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="58D4ECBF" w14:textId="34F0F42F" w:rsidR="00C76853" w:rsidRPr="004E0BA6" w:rsidRDefault="00C76853" w:rsidP="004D03CE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="3465C289" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="201BE94C" w14:textId="25472505" w:rsidR="00630F76" w:rsidRPr="004E0BA6" w:rsidRDefault="00AB4A3E" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5A</w:t>
+            </w:r>
+            <w:r w:rsidR="00630F76" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69D1D5DC" w14:textId="77777777" w:rsidR="00630F76" w:rsidRPr="004E0BA6" w:rsidRDefault="00630F76" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32063D2D" w14:textId="59082B91" w:rsidR="00630F76" w:rsidRPr="004E0BA6" w:rsidRDefault="0064298E" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please provide the relevant rule number or source </w:t>
+            </w:r>
+            <w:r w:rsidR="00630F76" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">for question </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB4A3E" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00630F76" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00630F76" w:rsidRPr="004E0BA6" w14:paraId="0D707BAE" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EE4DDC8" w14:textId="77777777" w:rsidR="00630F76" w:rsidRPr="004E0BA6" w:rsidRDefault="00630F76" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D1D1D97" w14:textId="77777777" w:rsidR="00630F76" w:rsidRPr="004E0BA6" w:rsidRDefault="00630F76" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="11052531" w14:textId="6BA8A5B9" w:rsidR="00630F76" w:rsidRPr="004E0BA6" w:rsidRDefault="00630F76" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="222B0AF9" w14:textId="77777777" w:rsidR="00630F76" w:rsidRPr="004E0BA6" w:rsidRDefault="00630F76" w:rsidP="004D03CE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="58F868DA" w14:textId="77777777" w:rsidTr="00AD25C7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="116713B6" w14:textId="1CE25FDA" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00AB4A3E" w:rsidP="00AD25C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD25C7" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AC1962F" w14:textId="77777777" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00AD25C7" w:rsidP="00AD25C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A6BE9E2" w14:textId="19C81515" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="001F7D8D" w:rsidP="00AD25C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>When you arrive at the stadium, which officials should you report to? (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="6B454B8C" w14:textId="77777777" w:rsidTr="00630F76">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="28B16AF8" w14:textId="3FEA968E" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00AD25C7" w:rsidP="00AD25C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CE77DB7" w14:textId="367DC9E5" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00AD25C7" w:rsidP="00AD25C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="396177FF" w14:textId="737A5759" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00920839" w:rsidP="00AD25C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Meeting Manager and Chief Timekeeper</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="228F0010" w14:textId="77777777" w:rsidTr="00AD25C7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="025C350F" w14:textId="77777777" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00AD25C7" w:rsidP="00AD25C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E48788B" w14:textId="183B52CB" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00AD25C7" w:rsidP="00AD25C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="266C4490" w14:textId="32AF50FD" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="008721A6" w:rsidP="00AD25C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Track Referee and judges</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="0B4A3617" w14:textId="77777777" w:rsidTr="00630F76">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="40733B8D" w14:textId="77777777" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00AD25C7" w:rsidP="00AD25C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FC06006" w14:textId="3909D2BE" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00AD25C7" w:rsidP="00AD25C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="32308AD1" w14:textId="7A7D0559" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="008721A6" w:rsidP="00AD25C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Starter and </w:t>
+            </w:r>
+            <w:r w:rsidR="00333BE0" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">tart </w:t>
+            </w:r>
+            <w:r w:rsidR="00333BE0" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>o-ordinator</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w14:paraId="08EFBC2B" w14:textId="77777777" w:rsidTr="00AD25C7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BDB6493" w14:textId="0D8129A8" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00AD25C7" w:rsidP="00AD25C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AAE4726" w14:textId="2F27C0B7" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00AD25C7" w:rsidP="00AD25C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AEC5E6F" w14:textId="4ABC3E50" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00A710A6" w:rsidP="00AD25C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Announcer and Field referee</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0FD4F445" w14:textId="6E1A91E0" w:rsidR="00C76853" w:rsidRPr="004E0BA6" w:rsidRDefault="00C76853" w:rsidP="00AD25C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="6EBAB033" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F44BD80" w14:textId="31B985AE" w:rsidR="00630F76" w:rsidRPr="004E0BA6" w:rsidRDefault="00AB4A3E" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6A</w:t>
+            </w:r>
+            <w:r w:rsidR="00630F76" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B26BB9B" w14:textId="77777777" w:rsidR="00630F76" w:rsidRPr="004E0BA6" w:rsidRDefault="00630F76" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27F7F690" w14:textId="01E36D09" w:rsidR="00630F76" w:rsidRPr="004E0BA6" w:rsidRDefault="0064298E" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please provide the relevant rule number or source </w:t>
+            </w:r>
+            <w:r w:rsidR="00630F76" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">for question </w:t>
+            </w:r>
+            <w:r w:rsidR="00900CA0" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00630F76" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00630F76" w:rsidRPr="004E0BA6" w14:paraId="354548CB" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B069615" w14:textId="77777777" w:rsidR="00630F76" w:rsidRPr="004E0BA6" w:rsidRDefault="00630F76" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="16B8595B" w14:textId="77777777" w:rsidR="00630F76" w:rsidRPr="004E0BA6" w:rsidRDefault="00630F76" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3948B49A" w14:textId="259EA92B" w:rsidR="00630F76" w:rsidRPr="004E0BA6" w:rsidRDefault="00630F76" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="77DFDBB8" w14:textId="77777777" w:rsidR="003F10DA" w:rsidRPr="004E0BA6" w:rsidRDefault="003F10DA" w:rsidP="00AD25C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="68C8CA79" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="350BAB2B" w14:textId="7EEFF163" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="004D1CC5" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD25C7" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BB2587B" w14:textId="77777777" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00AD25C7" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="738C4F3D" w14:textId="55F54643" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00B30F30" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A race is normally started by the firing of a gun</w:t>
+            </w:r>
+            <w:r w:rsidR="00737EF0" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or electronic </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF34AE" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">start </w:t>
+            </w:r>
+            <w:r w:rsidR="00A72537" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>system</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>. Which</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9164E" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>signals would you use to start your watch?</w:t>
+            </w:r>
+            <w:r w:rsidR="003F10DA" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="5C53E919" w14:textId="77777777" w:rsidTr="003F10DA">
+        <w:trPr>
+          <w:trHeight w:val="179"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A0C72C6" w14:textId="77777777" w:rsidR="00A97C20" w:rsidRPr="004E0BA6" w:rsidRDefault="00A97C20" w:rsidP="00A97C20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A9C0892" w14:textId="77777777" w:rsidR="00A97C20" w:rsidRPr="004E0BA6" w:rsidRDefault="00A97C20" w:rsidP="00A97C20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F019F94" w14:textId="3AD7F237" w:rsidR="00A97C20" w:rsidRPr="004E0BA6" w:rsidRDefault="00A97C20" w:rsidP="00A97C20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Hearing the instruction “SET” and the sound of the gun / electronic start signal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="69D77B6B" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A225959" w14:textId="77777777" w:rsidR="00A97C20" w:rsidRPr="004E0BA6" w:rsidRDefault="00A97C20" w:rsidP="00A97C20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32CA6913" w14:textId="77777777" w:rsidR="00A97C20" w:rsidRPr="004E0BA6" w:rsidRDefault="00A97C20" w:rsidP="00A97C20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A2DCB28" w14:textId="3A404F33" w:rsidR="00A97C20" w:rsidRPr="004E0BA6" w:rsidRDefault="00A97C20" w:rsidP="00A97C20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Seeing the </w:t>
+            </w:r>
+            <w:r w:rsidR="00A202D3" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>tarter’s assistant shout and wave their white flag</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="22444FA0" w14:textId="77777777" w:rsidTr="003F10DA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA6B96D" w14:textId="77777777" w:rsidR="00A97C20" w:rsidRPr="004E0BA6" w:rsidRDefault="00A97C20" w:rsidP="00A97C20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3924403F" w14:textId="77777777" w:rsidR="00A97C20" w:rsidRPr="004E0BA6" w:rsidRDefault="00A97C20" w:rsidP="00A97C20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EC18CD3" w14:textId="17EA2DD9" w:rsidR="00A97C20" w:rsidRPr="004E0BA6" w:rsidRDefault="00A97C20" w:rsidP="00A97C20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Seeing the athletes begin to move at the sound of the gun / electronic start signal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A97C20" w:rsidRPr="004E0BA6" w14:paraId="08054C96" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31AF5FDA" w14:textId="52CC9975" w:rsidR="00A97C20" w:rsidRPr="004E0BA6" w:rsidRDefault="00A97C20" w:rsidP="00A97C20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FFD06E9" w14:textId="77777777" w:rsidR="00A97C20" w:rsidRPr="004E0BA6" w:rsidRDefault="00A97C20" w:rsidP="00A97C20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18FEF4E2" w14:textId="6F5C44D1" w:rsidR="00A97C20" w:rsidRPr="004E0BA6" w:rsidRDefault="00A97C20" w:rsidP="00A97C20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Seeing the smoke or flash from the gun / electronic start signal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4D1A8FD5" w14:textId="2E3C11BC" w:rsidR="005E07C9" w:rsidRPr="004E0BA6" w:rsidRDefault="005E07C9" w:rsidP="00AD25C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="6BD43696" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B941DBB" w14:textId="204FB0B0" w:rsidR="003F10DA" w:rsidRPr="004E0BA6" w:rsidRDefault="006543BF" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7A</w:t>
+            </w:r>
+            <w:r w:rsidR="003F10DA" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C4578F5" w14:textId="77777777" w:rsidR="003F10DA" w:rsidRPr="004E0BA6" w:rsidRDefault="003F10DA" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="003E29BF" w14:textId="4C987D87" w:rsidR="003F10DA" w:rsidRPr="004E0BA6" w:rsidRDefault="0064298E" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please provide the relevant rule number or source </w:t>
+            </w:r>
+            <w:r w:rsidR="003F10DA" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">for question </w:t>
+            </w:r>
+            <w:r w:rsidR="006543BF" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="003F10DA" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F10DA" w:rsidRPr="004E0BA6" w14:paraId="5F975CBF" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="473F0D28" w14:textId="77777777" w:rsidR="003F10DA" w:rsidRPr="004E0BA6" w:rsidRDefault="003F10DA" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="58E898B6" w14:textId="77777777" w:rsidR="003F10DA" w:rsidRPr="004E0BA6" w:rsidRDefault="003F10DA" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E376E82" w14:textId="0E27F83F" w:rsidR="003F10DA" w:rsidRPr="004E0BA6" w:rsidRDefault="003F10DA" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0FC929F6" w14:textId="77777777" w:rsidR="003F10DA" w:rsidRPr="004E0BA6" w:rsidRDefault="003F10DA" w:rsidP="00AD25C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="3417021F" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D64AC59" w14:textId="5A92B43F" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="006543BF" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD25C7" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A349818" w14:textId="77777777" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00AD25C7" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B695CBA" w14:textId="0F11B8C1" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00305E70" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">You are timing the winner of a road race and see that your watch shows </w:t>
+            </w:r>
+            <w:r w:rsidR="000D6BD4" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1h</w:t>
+            </w:r>
+            <w:r w:rsidR="00775CE2" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">r </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>45 min 59.90</w:t>
+            </w:r>
+            <w:r w:rsidR="003F10DA" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="003F10DA" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">What do you return as the winner’s time? </w:t>
+            </w:r>
+            <w:r w:rsidR="003F10DA" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="7F00995D" w14:textId="77777777" w:rsidTr="003F10DA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="71B91BBA" w14:textId="77777777" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00AD25C7" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="65699ED0" w14:textId="77777777" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00AD25C7" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FFE6F4D" w14:textId="58A92D02" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00775CE2" w:rsidP="00952E81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC1852" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>45.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D4175A" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00181FD1" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="1CD30863" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55086E0F" w14:textId="2E6B3B17" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00AD25C7" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F73173B" w14:textId="77777777" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00AD25C7" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D4F0DD9" w14:textId="7BD0CA5B" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00775CE2" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="007C298F" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>46</w:t>
+            </w:r>
+            <w:r w:rsidR="00732F9A" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="3A8536D8" w14:textId="77777777" w:rsidTr="003F10DA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="66F58D89" w14:textId="77777777" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00AD25C7" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7543BD39" w14:textId="77777777" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00AD25C7" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="42BF2898" w14:textId="7B8D9B7F" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00775CE2" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00732F9A" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>46.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w14:paraId="4F8AA8D7" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2395DE54" w14:textId="77777777" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00AD25C7" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="477EF888" w14:textId="77777777" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00AD25C7" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D116633" w14:textId="6703B386" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00775CE2" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00522BE0" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>46.9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="376DE801" w14:textId="77777777" w:rsidR="00B00F5C" w:rsidRPr="004E0BA6" w:rsidRDefault="00B00F5C" w:rsidP="00952E81">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="643FB723" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F4CB3A9" w14:textId="149585B9" w:rsidR="003F10DA" w:rsidRPr="004E0BA6" w:rsidRDefault="004901CD" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8A</w:t>
+            </w:r>
+            <w:r w:rsidR="003F10DA" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C955DE4" w14:textId="77777777" w:rsidR="003F10DA" w:rsidRPr="004E0BA6" w:rsidRDefault="003F10DA" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="393FEBA4" w14:textId="5D02411B" w:rsidR="003F10DA" w:rsidRPr="004E0BA6" w:rsidRDefault="0064298E" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please provide the relevant rule number or source </w:t>
+            </w:r>
+            <w:r w:rsidR="003F10DA" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">for question </w:t>
+            </w:r>
+            <w:r w:rsidR="004901CD" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="003F10DA" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F10DA" w:rsidRPr="004E0BA6" w14:paraId="141D3222" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B619B45" w14:textId="77777777" w:rsidR="003F10DA" w:rsidRPr="004E0BA6" w:rsidRDefault="003F10DA" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A8E92EF" w14:textId="77777777" w:rsidR="003F10DA" w:rsidRPr="004E0BA6" w:rsidRDefault="003F10DA" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AA7D82D" w14:textId="62C6AFA7" w:rsidR="003F10DA" w:rsidRPr="004E0BA6" w:rsidRDefault="003F10DA" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="69B9DC44" w14:textId="77777777" w:rsidR="00B00F5C" w:rsidRPr="004E0BA6" w:rsidRDefault="00B00F5C" w:rsidP="00952E81">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F5C2911" w14:textId="77777777" w:rsidR="00F75AB9" w:rsidRPr="004E0BA6" w:rsidRDefault="00F75AB9" w:rsidP="00952E81">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="4A2E0BC1" w14:textId="77777777" w:rsidTr="00952E81">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E4A1191" w14:textId="22118B97" w:rsidR="00952E81" w:rsidRPr="004E0BA6" w:rsidRDefault="004901CD" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00952E81" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A90954F" w14:textId="77777777" w:rsidR="00952E81" w:rsidRPr="004E0BA6" w:rsidRDefault="00952E81" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="781B4B8B" w14:textId="2EDF7AFC" w:rsidR="00952E81" w:rsidRPr="004E0BA6" w:rsidRDefault="008F49E9" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">At what point should a timekeeper stop </w:t>
+            </w:r>
+            <w:r w:rsidR="00B95D35" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="00946632" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>heir</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> watch at the finish of the race</w:t>
+            </w:r>
+            <w:r w:rsidR="00946632" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to record an accurate time?</w:t>
+            </w:r>
+            <w:r w:rsidR="00946632" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="040423FB" w14:textId="77777777" w:rsidTr="00946632">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DCE5235" w14:textId="7B4D92C0" w:rsidR="00952E81" w:rsidRPr="004E0BA6" w:rsidRDefault="00952E81" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F346C7B" w14:textId="55D45C7A" w:rsidR="00952E81" w:rsidRPr="004E0BA6" w:rsidRDefault="00952E81" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5932917C" w14:textId="0BCE25D4" w:rsidR="00952E81" w:rsidRPr="004E0BA6" w:rsidRDefault="00D05400" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00686DBF" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>t the moment</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00686DBF" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the torso</w:t>
+            </w:r>
+            <w:r w:rsidR="003B70EF" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> reaches the </w:t>
+            </w:r>
+            <w:r w:rsidR="009F1A9D" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>nearer edge of the finish line</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="16728BED" w14:textId="77777777" w:rsidTr="00952E81">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6385D97B" w14:textId="77777777" w:rsidR="00952E81" w:rsidRPr="004E0BA6" w:rsidRDefault="00952E81" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20F532E1" w14:textId="678904DC" w:rsidR="00952E81" w:rsidRPr="004E0BA6" w:rsidRDefault="00952E81" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79ADAA7E" w14:textId="27F56270" w:rsidR="00002D06" w:rsidRPr="004E0BA6" w:rsidRDefault="00053A4D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>When any part of the athlete’s body reaches the nearer edge of the finish line</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="371056C2" w14:textId="77777777" w:rsidTr="00946632">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="436EC928" w14:textId="77777777" w:rsidR="00952E81" w:rsidRPr="004E0BA6" w:rsidRDefault="00952E81" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C27D701" w14:textId="3C2B38A7" w:rsidR="00952E81" w:rsidRPr="004E0BA6" w:rsidRDefault="00952E81" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F70022C" w14:textId="1C273A54" w:rsidR="00A400D2" w:rsidRPr="004E0BA6" w:rsidRDefault="00A400D2" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>As the athlete approaches the finish line</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00952E81" w:rsidRPr="004E0BA6" w14:paraId="180C0966" w14:textId="77777777" w:rsidTr="00952E81">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08DD2539" w14:textId="77777777" w:rsidR="00952E81" w:rsidRPr="004E0BA6" w:rsidRDefault="00952E81" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26E9BFE5" w14:textId="0241E93E" w:rsidR="00952E81" w:rsidRPr="004E0BA6" w:rsidRDefault="00952E81" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="707372E7" w14:textId="7A4DF7C5" w:rsidR="00952E81" w:rsidRPr="004E0BA6" w:rsidRDefault="0077731C" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Shortly after the athlete </w:t>
+            </w:r>
+            <w:r w:rsidR="00710BF2" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>passes the nearer edge of the finish line</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0918B5BA" w14:textId="0BB9ED45" w:rsidR="00C76853" w:rsidRPr="004E0BA6" w:rsidRDefault="00C76853" w:rsidP="00AD25C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="5531C041" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2836027E" w14:textId="21FA4855" w:rsidR="00946632" w:rsidRPr="004E0BA6" w:rsidRDefault="004901CD" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>9A</w:t>
+            </w:r>
+            <w:r w:rsidR="00946632" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B0A5E3C" w14:textId="77777777" w:rsidR="00946632" w:rsidRPr="004E0BA6" w:rsidRDefault="00946632" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17CE020F" w14:textId="66CAEAEB" w:rsidR="00946632" w:rsidRPr="004E0BA6" w:rsidRDefault="0064298E" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please provide the relevant rule number or source </w:t>
+            </w:r>
+            <w:r w:rsidR="00946632" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">for question </w:t>
+            </w:r>
+            <w:r w:rsidR="004901CD" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00946632" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00946632" w:rsidRPr="004E0BA6" w14:paraId="24B1C442" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="70A97067" w14:textId="77777777" w:rsidR="00946632" w:rsidRPr="004E0BA6" w:rsidRDefault="00946632" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F4A03C0" w14:textId="77777777" w:rsidR="00946632" w:rsidRPr="004E0BA6" w:rsidRDefault="00946632" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="457E989E" w14:textId="6A03BDF8" w:rsidR="00946632" w:rsidRPr="004E0BA6" w:rsidRDefault="00946632" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="45593B5E" w14:textId="77777777" w:rsidR="00946632" w:rsidRPr="004E0BA6" w:rsidRDefault="00946632" w:rsidP="00AD25C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="57345B36" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50C0BF65" w14:textId="7BA662E5" w:rsidR="002358B7" w:rsidRPr="004E0BA6" w:rsidRDefault="00D27659" w:rsidP="002358B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="002358B7" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D7B7590" w14:textId="77777777" w:rsidR="002358B7" w:rsidRPr="004E0BA6" w:rsidRDefault="002358B7" w:rsidP="002358B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62F474DE" w14:textId="0A2170F6" w:rsidR="002358B7" w:rsidRPr="004E0BA6" w:rsidRDefault="002358B7" w:rsidP="002358B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Before the start of each race the Starter will usually blow a whistle to attract the attention of the Chief Timekeeper. Why is this necessary?</w:t>
+            </w:r>
+            <w:r w:rsidR="00946632" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="2A348185" w14:textId="77777777" w:rsidTr="00946632">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E9C1C68" w14:textId="77777777" w:rsidR="002358B7" w:rsidRPr="004E0BA6" w:rsidRDefault="002358B7" w:rsidP="002358B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="15FA89F1" w14:textId="77777777" w:rsidR="002358B7" w:rsidRPr="004E0BA6" w:rsidRDefault="002358B7" w:rsidP="002358B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="478A92F4" w14:textId="3FF74B9D" w:rsidR="002358B7" w:rsidRPr="004E0BA6" w:rsidRDefault="007300A0" w:rsidP="002358B7">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>To let the athletes know that the race is about to start</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="0637467A" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B598DDA" w14:textId="77777777" w:rsidR="002358B7" w:rsidRPr="004E0BA6" w:rsidRDefault="002358B7" w:rsidP="002358B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75A3C96C" w14:textId="77777777" w:rsidR="002358B7" w:rsidRPr="004E0BA6" w:rsidRDefault="002358B7" w:rsidP="002358B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27731D49" w14:textId="0D1CA58E" w:rsidR="002358B7" w:rsidRPr="004E0BA6" w:rsidRDefault="007A2DF8" w:rsidP="002358B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">To </w:t>
+            </w:r>
+            <w:r w:rsidR="004736DA" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">check that the </w:t>
+            </w:r>
+            <w:r w:rsidR="003A3C9A" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">announcer </w:t>
+            </w:r>
+            <w:r w:rsidR="004736DA" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>is ready for the next race</w:t>
+            </w:r>
+            <w:r w:rsidR="007054DE" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003A3C9A" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r w:rsidR="007054DE" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">alert the </w:t>
+            </w:r>
+            <w:r w:rsidR="003A3C9A" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>spectators that the next race is about to start</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="3B78AD57" w14:textId="77777777" w:rsidTr="00946632">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="11975857" w14:textId="2C9BB46D" w:rsidR="002358B7" w:rsidRPr="004E0BA6" w:rsidRDefault="002358B7" w:rsidP="002358B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7624C6E9" w14:textId="77777777" w:rsidR="002358B7" w:rsidRPr="004E0BA6" w:rsidRDefault="002358B7" w:rsidP="002358B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BEFD985" w14:textId="7DDE22C6" w:rsidR="002358B7" w:rsidRPr="004E0BA6" w:rsidRDefault="00B00F5C" w:rsidP="002358B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">For the </w:t>
+            </w:r>
+            <w:r w:rsidR="009056E1" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Chief Timekeeper</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to check the</w:t>
+            </w:r>
+            <w:r w:rsidR="00946632" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> team of timekeepers and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ask the </w:t>
+            </w:r>
+            <w:r w:rsidR="00946632" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>track judges</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, if both are</w:t>
+            </w:r>
+            <w:r w:rsidR="00946632" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ready for the next race and that the race is about to start </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002358B7" w:rsidRPr="004E0BA6" w14:paraId="4909BC42" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F9EBD59" w14:textId="77777777" w:rsidR="002358B7" w:rsidRPr="004E0BA6" w:rsidRDefault="002358B7" w:rsidP="002358B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27D2B189" w14:textId="77777777" w:rsidR="002358B7" w:rsidRPr="004E0BA6" w:rsidRDefault="002358B7" w:rsidP="002358B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58F1A312" w14:textId="6F00B7B5" w:rsidR="002358B7" w:rsidRPr="004E0BA6" w:rsidRDefault="00341AB3" w:rsidP="002358B7">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">To warn the </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3FFD" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Field officials and athletes to keep clear of the track as the next race is about to start</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1C133AF2" w14:textId="29ED5ED3" w:rsidR="00C76853" w:rsidRPr="004E0BA6" w:rsidRDefault="00C76853" w:rsidP="00C76853">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="254" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="66AFCD9F" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6653FBCB" w14:textId="0239BADB" w:rsidR="00946632" w:rsidRPr="004E0BA6" w:rsidRDefault="00D27659" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>10A</w:t>
+            </w:r>
+            <w:r w:rsidR="00946632" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EEF819F" w14:textId="77777777" w:rsidR="00946632" w:rsidRPr="004E0BA6" w:rsidRDefault="00946632" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="054C99AA" w14:textId="30EA4685" w:rsidR="00946632" w:rsidRPr="004E0BA6" w:rsidRDefault="00946632" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Please provide the relevant rule number</w:t>
+            </w:r>
+            <w:r w:rsidR="0064298E" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or source</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for question </w:t>
+            </w:r>
+            <w:r w:rsidR="00D27659" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="21F7F13C" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="017035D1" w14:textId="77777777" w:rsidR="00946632" w:rsidRPr="004E0BA6" w:rsidRDefault="00946632" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="48CD395D" w14:textId="77777777" w:rsidR="00946632" w:rsidRPr="004E0BA6" w:rsidRDefault="00946632" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="041E8599" w14:textId="5B1EA89E" w:rsidR="00946632" w:rsidRPr="004E0BA6" w:rsidRDefault="00946632" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="46A7E405" w14:textId="77777777" w:rsidR="00946632" w:rsidRPr="004E0BA6" w:rsidRDefault="00946632" w:rsidP="00C76853">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="254" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="02CB8327" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38C938E9" w14:textId="7238BE5B" w:rsidR="008F1E94" w:rsidRPr="004E0BA6" w:rsidRDefault="00D27659" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="008F1E94" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A9908A1" w14:textId="77777777" w:rsidR="008F1E94" w:rsidRPr="004E0BA6" w:rsidRDefault="008F1E94" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59A0A44A" w14:textId="6697FD3A" w:rsidR="008F1E94" w:rsidRPr="004E0BA6" w:rsidRDefault="00B00F5C" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>As Chief Timekeeper, w</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0F68" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">hen you see the runners are assembled on the track prior to the start of the race, </w:t>
+            </w:r>
+            <w:r w:rsidR="00627AD8" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">what </w:t>
+            </w:r>
+            <w:r w:rsidR="009C0F68" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>important checks should be made</w:t>
+            </w:r>
+            <w:r w:rsidR="00946632" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>? (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="0EC2E649" w14:textId="77777777" w:rsidTr="00946632">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="54732198" w14:textId="77777777" w:rsidR="008F1E94" w:rsidRPr="004E0BA6" w:rsidRDefault="008F1E94" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FDCA76D" w14:textId="77777777" w:rsidR="008F1E94" w:rsidRPr="004E0BA6" w:rsidRDefault="008F1E94" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F0FDDF6" w14:textId="488929D9" w:rsidR="008F1E94" w:rsidRPr="004E0BA6" w:rsidRDefault="00EA307A" w:rsidP="00762A86">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">That </w:t>
+            </w:r>
+            <w:r w:rsidR="00777E4C" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>they</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0087627B" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">have checked </w:t>
+            </w:r>
+            <w:r w:rsidR="00904C5E" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>their</w:t>
+            </w:r>
+            <w:r w:rsidR="0087627B" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> blocks and are </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>in the correct lane</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="4659B74B" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66092FAC" w14:textId="77777777" w:rsidR="008F1E94" w:rsidRPr="004E0BA6" w:rsidRDefault="008F1E94" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0976B952" w14:textId="77777777" w:rsidR="008F1E94" w:rsidRPr="004E0BA6" w:rsidRDefault="008F1E94" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AB03E7B" w14:textId="49D697C5" w:rsidR="008F1E94" w:rsidRPr="004E0BA6" w:rsidRDefault="003D073E" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">That </w:t>
+            </w:r>
+            <w:r w:rsidR="00777E4C" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>their</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> coach is paying attention and able to advise you when the race is finished</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="4EBBE794" w14:textId="77777777" w:rsidTr="00946632">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AD9A470" w14:textId="77777777" w:rsidR="008F1E94" w:rsidRPr="004E0BA6" w:rsidRDefault="008F1E94" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A8667FC" w14:textId="77777777" w:rsidR="008F1E94" w:rsidRPr="004E0BA6" w:rsidRDefault="008F1E94" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="614FD56F" w14:textId="25DDD239" w:rsidR="008F1E94" w:rsidRPr="004E0BA6" w:rsidRDefault="008246E2" w:rsidP="008F1E94">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>That the start team are close by and ready for the next race</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F1E94" w:rsidRPr="004E0BA6" w14:paraId="4144B447" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19AFF3F5" w14:textId="4237A797" w:rsidR="008F1E94" w:rsidRPr="004E0BA6" w:rsidRDefault="008F1E94" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E2EB3A8" w14:textId="77777777" w:rsidR="008F1E94" w:rsidRPr="004E0BA6" w:rsidRDefault="008F1E94" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30AEE99B" w14:textId="76EB3F2E" w:rsidR="008F1E94" w:rsidRPr="004E0BA6" w:rsidRDefault="008B4686" w:rsidP="00762A86">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>That your watch has been returned to zero, finish area is clear and ready for the next race, and checking the number of athletes that are in the race</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6C163729" w14:textId="77777777" w:rsidR="003E1371" w:rsidRPr="004E0BA6" w:rsidRDefault="003E1371" w:rsidP="00AD25C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="08E7A30F" w14:textId="77777777" w:rsidTr="00946632">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ED7050E" w14:textId="3B9C3477" w:rsidR="00946632" w:rsidRPr="004E0BA6" w:rsidRDefault="00D27659" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="00946632" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29E9D190" w14:textId="77777777" w:rsidR="00946632" w:rsidRPr="004E0BA6" w:rsidRDefault="00946632" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A19553C" w14:textId="5820B357" w:rsidR="00946632" w:rsidRPr="004E0BA6" w:rsidRDefault="00946632" w:rsidP="00762A86">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Your watch fails to start when the gun is fired. Who should you inform?</w:t>
+            </w:r>
+            <w:r w:rsidR="000D1FC3" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="580C2A87" w14:textId="77777777" w:rsidTr="000D1FC3">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE9B3CA" w14:textId="77777777" w:rsidR="008F1E94" w:rsidRPr="004E0BA6" w:rsidRDefault="008F1E94" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="79A32399" w14:textId="77777777" w:rsidR="008F1E94" w:rsidRPr="004E0BA6" w:rsidRDefault="008F1E94" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="02998EE9" w14:textId="59B5634F" w:rsidR="008F1E94" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="00762A86">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="00A82AEC" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>rack</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> R</w:t>
+            </w:r>
+            <w:r w:rsidR="00A82AEC" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>eferee</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="690B11A2" w14:textId="77777777" w:rsidTr="000D1FC3">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7469B6B9" w14:textId="77777777" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="000D1FC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1693C401" w14:textId="4555F4FF" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="000D1FC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DD32A50" w14:textId="0DA4A6B1" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="000D1FC3">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Start Coordinator</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="6617FBD0" w14:textId="77777777" w:rsidTr="000D1FC3">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED6F980" w14:textId="6C251ECC" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="682E4CEF" w14:textId="61186CAC" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="534A57D2" w14:textId="2B3D5099" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="00762A86">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Chief Timekeeper</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E2BEA" w:rsidRPr="004E0BA6" w14:paraId="64E83D37" w14:textId="77777777" w:rsidTr="00946632">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6463B3ED" w14:textId="77777777" w:rsidR="005E2BEA" w:rsidRPr="004E0BA6" w:rsidRDefault="005E2BEA" w:rsidP="005E2BEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FFA81C8" w14:textId="3680A3FF" w:rsidR="005E2BEA" w:rsidRPr="004E0BA6" w:rsidRDefault="005E2BEA" w:rsidP="005E2BEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2851CB12" w14:textId="0ED7D1F7" w:rsidR="005E2BEA" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="005E2BEA">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00A82AEC" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>nnouncer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6E54231F" w14:textId="125C37FF" w:rsidR="00C76853" w:rsidRPr="004E0BA6" w:rsidRDefault="00C76853" w:rsidP="008F1E94">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="22E5C1D5" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="452190BC" w14:textId="29DE78E6" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="00816E8A" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>12A</w:t>
+            </w:r>
+            <w:r w:rsidR="000D1FC3" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33BA60C7" w14:textId="77777777" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="101F7C07" w14:textId="3D1FE51E" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="0064298E" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please provide the relevant rule number or source </w:t>
+            </w:r>
+            <w:r w:rsidR="000D1FC3" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">for question </w:t>
+            </w:r>
+            <w:r w:rsidR="00816E8A" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="000D1FC3" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="08B3779A" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6349BF13" w14:textId="77777777" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F342CAC" w14:textId="77777777" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FA2841F" w14:textId="671B7B3B" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1386D576" w14:textId="77777777" w:rsidR="00B00F5C" w:rsidRPr="004E0BA6" w:rsidRDefault="00B00F5C" w:rsidP="008F1E94">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="6FD1EB87" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D54C7A" w14:textId="471450BA" w:rsidR="005E2BEA" w:rsidRPr="004E0BA6" w:rsidRDefault="006675DA" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidR="005E2BEA" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EE3A881" w14:textId="77777777" w:rsidR="005E2BEA" w:rsidRPr="004E0BA6" w:rsidRDefault="005E2BEA" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BD46FCE" w14:textId="68BF0B7B" w:rsidR="005E2BEA" w:rsidRPr="004E0BA6" w:rsidRDefault="00192DFC" w:rsidP="005E2BEA">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">The UKA rule book states that the times for all finishers shall be recorded. </w:t>
+            </w:r>
+            <w:r w:rsidR="002D640F" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">n </w:t>
+            </w:r>
+            <w:r w:rsidR="002D640F" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">addition, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>explain what other times should be recorde</w:t>
+            </w:r>
+            <w:r w:rsidR="000D1FC3" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>d? (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="445FF287" w14:textId="77777777" w:rsidTr="000D1FC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="63459500" w14:textId="245381D8" w:rsidR="005E2BEA" w:rsidRPr="004E0BA6" w:rsidRDefault="005E2BEA" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F71FDAF" w14:textId="77777777" w:rsidR="005E2BEA" w:rsidRPr="004E0BA6" w:rsidRDefault="005E2BEA" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="531E16DD" w14:textId="257337F9" w:rsidR="005E2BEA" w:rsidRPr="004E0BA6" w:rsidRDefault="00BE3933" w:rsidP="00AA6980">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lap times in races of 800m and over</w:t>
+            </w:r>
+            <w:r w:rsidR="000D1FC3" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB3779" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r w:rsidR="00D9578A" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Intermediate times</w:t>
+            </w:r>
+            <w:r w:rsidR="0040376C" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, every 1000m </w:t>
+            </w:r>
+            <w:r w:rsidR="003A2BA2" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>in races over 3000m</w:t>
+            </w:r>
+            <w:r w:rsidR="0040376C" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, should be recorded</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="7699537F" w14:textId="77777777" w:rsidTr="000D1FC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CF47FF4" w14:textId="77777777" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="000D1FC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ADDBA96" w14:textId="03AB8C2F" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="000D1FC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="374BEB94" w14:textId="672D8D36" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="000D1FC3">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lap times for all athletes should be recorded</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="19659836" w14:textId="77777777" w:rsidTr="000D1FC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="28CC32FC" w14:textId="77777777" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="000D1FC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CCCBB53" w14:textId="598F3BEA" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="000D1FC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="153B2776" w14:textId="66FA5E0A" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="000D1FC3">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lap times for all athletes in races over 3000m should be recorded</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E2BEA" w:rsidRPr="004E0BA6" w14:paraId="63D47106" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B8C9560" w14:textId="77777777" w:rsidR="005E2BEA" w:rsidRPr="004E0BA6" w:rsidRDefault="005E2BEA" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B4B3DDF" w14:textId="77777777" w:rsidR="005E2BEA" w:rsidRPr="004E0BA6" w:rsidRDefault="005E2BEA" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00915E1F" w14:textId="7D523BC6" w:rsidR="005E2BEA" w:rsidRPr="004E0BA6" w:rsidRDefault="00913922" w:rsidP="005E2BEA">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>The i</w:t>
+            </w:r>
+            <w:r w:rsidR="00363E90" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ntermediate </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA3779" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1000m time </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>for 1500m races</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA3779" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> should be recorded</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="10FA1E18" w14:textId="77777777" w:rsidR="00C76853" w:rsidRPr="004E0BA6" w:rsidRDefault="00C76853" w:rsidP="00C76853">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="0F300E80" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43E131FC" w14:textId="26ECCB77" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="006675DA" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>13A</w:t>
+            </w:r>
+            <w:r w:rsidR="000D1FC3" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31476F42" w14:textId="77777777" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C84013C" w14:textId="0B4A9BF4" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="0064298E" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please provide the relevant rule number or source </w:t>
+            </w:r>
+            <w:r w:rsidR="000D1FC3" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">for question </w:t>
+            </w:r>
+            <w:r w:rsidR="006675DA" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidR="000D1FC3" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="6BF0A5F3" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="41A904B7" w14:textId="77777777" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C26AD83" w14:textId="77777777" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="42DB2393" w14:textId="32A8F52A" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5CF7D439" w14:textId="77777777" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="00C76853">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="26A3C732" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F8E456B" w14:textId="729DB67B" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="00225910" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidR="000D1FC3" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3009D6A4" w14:textId="77777777" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="047C10F9" w14:textId="5FCA75E3" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="00A5610A" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">You have been asked to call the intermediate times to runners in an indoor 800m race. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="003672AE" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">t what </w:t>
+            </w:r>
+            <w:r w:rsidR="003672AE" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>distances</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> should the </w:t>
+            </w:r>
+            <w:r w:rsidR="003672AE" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">intermediate </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>times</w:t>
+            </w:r>
+            <w:r w:rsidR="003672AE" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be called? </w:t>
+            </w:r>
+            <w:r w:rsidR="000D1FC3" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="0CED58F7" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="741D9F7B" w14:textId="32AF0AD8" w:rsidR="008034D4" w:rsidRPr="004E0BA6" w:rsidRDefault="008034D4" w:rsidP="008034D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F7C151D" w14:textId="77777777" w:rsidR="008034D4" w:rsidRPr="004E0BA6" w:rsidRDefault="008034D4" w:rsidP="008034D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4642D4DF" w14:textId="61508417" w:rsidR="008034D4" w:rsidRPr="004E0BA6" w:rsidRDefault="008034D4" w:rsidP="008034D4">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Every 200m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="2FB15F03" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="087AA911" w14:textId="77777777" w:rsidR="008034D4" w:rsidRPr="004E0BA6" w:rsidRDefault="008034D4" w:rsidP="008034D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="64B4A087" w14:textId="77777777" w:rsidR="008034D4" w:rsidRPr="004E0BA6" w:rsidRDefault="008034D4" w:rsidP="008034D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="007F5375" w14:textId="32665F27" w:rsidR="008034D4" w:rsidRPr="004E0BA6" w:rsidRDefault="008034D4" w:rsidP="008034D4">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>One intermediate time should be called at 400m, plus one at the Bell time (600m)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="13C39258" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4296AFB6" w14:textId="77777777" w:rsidR="008034D4" w:rsidRPr="004E0BA6" w:rsidRDefault="008034D4" w:rsidP="008034D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="29DFB23F" w14:textId="77777777" w:rsidR="008034D4" w:rsidRPr="004E0BA6" w:rsidRDefault="008034D4" w:rsidP="008034D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="05C5E3DF" w14:textId="3F87F6BC" w:rsidR="008034D4" w:rsidRPr="004E0BA6" w:rsidRDefault="008034D4" w:rsidP="008034D4">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Only the one at 400m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008034D4" w:rsidRPr="004E0BA6" w14:paraId="03E34F41" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50D1F383" w14:textId="16D220DB" w:rsidR="008034D4" w:rsidRPr="004E0BA6" w:rsidRDefault="008034D4" w:rsidP="008034D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2177D59D" w14:textId="77777777" w:rsidR="008034D4" w:rsidRPr="004E0BA6" w:rsidRDefault="008034D4" w:rsidP="008034D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D4AA687" w14:textId="5B07D239" w:rsidR="008034D4" w:rsidRPr="004E0BA6" w:rsidRDefault="008034D4" w:rsidP="008034D4">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>One at 200m, plus another at 600m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6F085F68" w14:textId="77777777" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="00C76853">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="2FBE31ED" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E925D5C" w14:textId="2AF1F697" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="00225910" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>14A</w:t>
+            </w:r>
+            <w:r w:rsidR="000D1FC3" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40145974" w14:textId="77777777" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67B89878" w14:textId="14097B36" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="0064298E" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please provide the relevant rule number or source </w:t>
+            </w:r>
+            <w:r w:rsidR="000D1FC3" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">for question </w:t>
+            </w:r>
+            <w:r w:rsidR="00777F40" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidR="000D1FC3" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="7B3EA404" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E8E0E04" w14:textId="77777777" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ABC7CC8" w14:textId="77777777" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C0BC984" w14:textId="164327CF" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="76335704" w14:textId="77777777" w:rsidR="000D1FC3" w:rsidRPr="004E0BA6" w:rsidRDefault="000D1FC3" w:rsidP="00C76853">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="1341890F" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58D02457" w14:textId="52E8456D" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00777F40" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="00A5610A" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="440F11F8" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08CC336D" w14:textId="77777777" w:rsidR="004E5315" w:rsidRDefault="0059118C" w:rsidP="00316A9D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>What</w:t>
+            </w:r>
+            <w:r w:rsidR="009536DD" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> time should you return </w:t>
+            </w:r>
+            <w:r w:rsidR="00D91056">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>when two of the tree timekeepers agree and the third disagrees</w:t>
+            </w:r>
+            <w:r w:rsidR="009536DD" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">? </w:t>
+            </w:r>
+            <w:r w:rsidR="00F11AB6" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BD3466D" w14:textId="527EAECA" w:rsidR="00F11AB6" w:rsidRPr="004E5315" w:rsidRDefault="00F11AB6" w:rsidP="004E5315">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="1A5912C5" w14:textId="77777777" w:rsidTr="00F11AB6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5433C689" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6154578D" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BAF97A2" w14:textId="368D788B" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00A64B2E" w:rsidP="00F11AB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Your own time</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="53AD6F0E" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6631DF37" w14:textId="17A01897" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="224D1E0B" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03865667" w14:textId="02AFAE74" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00CC0BE3" w:rsidP="00316A9D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="001E6B7C" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>he two who agre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="1C2C3A54" w14:textId="77777777" w:rsidTr="00F11AB6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F8A4A6C" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3755DF03" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EBB8D66" w14:textId="11836387" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00691658" w:rsidP="00F11AB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>The average of both times</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w14:paraId="472B9258" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67C66BCD" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="422275A8" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F08943C" w14:textId="6FAA180C" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00712D13" w:rsidP="00F11AB6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>The longest time</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="75E5482A" w14:textId="6CBCAC72" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00AD25C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="5E00BDD0" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56B4B717" w14:textId="2BDF0C5A" w:rsidR="00F11AB6" w:rsidRPr="004E0BA6" w:rsidRDefault="00777F40" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>15A</w:t>
+            </w:r>
+            <w:r w:rsidR="00F11AB6" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DE0BFED" w14:textId="77777777" w:rsidR="00F11AB6" w:rsidRPr="004E0BA6" w:rsidRDefault="00F11AB6" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="622FC761" w14:textId="0EC7C5E7" w:rsidR="00F11AB6" w:rsidRPr="004E0BA6" w:rsidRDefault="0064298E" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please provide the relevant rule number or source </w:t>
+            </w:r>
+            <w:r w:rsidR="00F11AB6" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">for question </w:t>
+            </w:r>
+            <w:r w:rsidR="00777F40" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="00F11AB6" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="415D2484" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D7EABC7" w14:textId="77777777" w:rsidR="00F11AB6" w:rsidRPr="004E0BA6" w:rsidRDefault="00F11AB6" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F90DB9D" w14:textId="77777777" w:rsidR="00F11AB6" w:rsidRPr="004E0BA6" w:rsidRDefault="00F11AB6" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="53460C92" w14:textId="73DC0A15" w:rsidR="00F11AB6" w:rsidRPr="004E0BA6" w:rsidRDefault="00F11AB6" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6DE0C3F9" w14:textId="77777777" w:rsidR="00F11AB6" w:rsidRPr="004E0BA6" w:rsidRDefault="00F11AB6" w:rsidP="00AD25C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="59896959" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3841E12D" w14:textId="4CBB209A" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="0042518B" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidR="00316A9D" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="526855C9" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20543531" w14:textId="11A45087" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00751908" w:rsidP="00F11AB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">For races on the track, what times would you return if your watch reads </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA6A8C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>29.1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">? </w:t>
+            </w:r>
+            <w:r w:rsidR="00F11AB6" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">(1 mark) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="574290D5" w14:textId="77777777" w:rsidTr="00F11AB6">
+        <w:trPr>
+          <w:trHeight w:val="132"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="079B5F4A" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA35932" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA1BFAA" w14:textId="1191D715" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00EA6A8C" w:rsidP="0080754A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>29.9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="203AEEA3" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FBB1E6F" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="388B671C" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56FF6E65" w14:textId="5B3A1514" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00182E97" w:rsidP="00B47D79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>29.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="29B4C5C7" w14:textId="77777777" w:rsidTr="00F11AB6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FE1A3CE" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E55DF57" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="245D488B" w14:textId="2A036C53" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00182E97" w:rsidP="00363489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>30.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w14:paraId="3C19F870" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17142F7F" w14:textId="5B7BAE6E" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C6EEA8F" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46295E78" w14:textId="48453F34" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00182E97" w:rsidP="008F6E5F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>30.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3C1747C9" w14:textId="77777777" w:rsidR="00B00F5C" w:rsidRPr="004E0BA6" w:rsidRDefault="00B00F5C" w:rsidP="00AD25C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="55AD7DD6" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17A41E38" w14:textId="692B03AB" w:rsidR="00F11AB6" w:rsidRPr="004E0BA6" w:rsidRDefault="00E9333A" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>16A</w:t>
+            </w:r>
+            <w:r w:rsidR="00F11AB6" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E280132" w14:textId="77777777" w:rsidR="00F11AB6" w:rsidRPr="004E0BA6" w:rsidRDefault="00F11AB6" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FC28D24" w14:textId="5CCB409C" w:rsidR="00F11AB6" w:rsidRPr="004E0BA6" w:rsidRDefault="0064298E" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please provide the relevant rule number or source </w:t>
+            </w:r>
+            <w:r w:rsidR="00F11AB6" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">for question </w:t>
+            </w:r>
+            <w:r w:rsidR="00E9333A" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidR="00F11AB6" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="64B538B4" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BC159D3" w14:textId="77777777" w:rsidR="00F11AB6" w:rsidRPr="004E0BA6" w:rsidRDefault="00F11AB6" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="439FE0BF" w14:textId="77777777" w:rsidR="00F11AB6" w:rsidRPr="004E0BA6" w:rsidRDefault="00F11AB6" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="677DEB35" w14:textId="32DF93E5" w:rsidR="00F11AB6" w:rsidRPr="004E0BA6" w:rsidRDefault="00F11AB6" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="484F8E91" w14:textId="77777777" w:rsidR="00F75AB9" w:rsidRPr="004E0BA6" w:rsidRDefault="00F75AB9" w:rsidP="00AD25C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="534D78D1" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76198BEC" w14:textId="1DD242D9" w:rsidR="00B47F6F" w:rsidRPr="004E0BA6" w:rsidRDefault="00BB3E84" w:rsidP="00B47F6F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidR="00A5610A" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D19D9F0" w14:textId="77777777" w:rsidR="00B47F6F" w:rsidRPr="004E0BA6" w:rsidRDefault="00B47F6F" w:rsidP="00B47F6F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AE0F615" w14:textId="65CAB9BD" w:rsidR="00B47F6F" w:rsidRPr="004E0BA6" w:rsidRDefault="00B47F6F" w:rsidP="00B47F6F">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Why is it possible for two athletes to be placed in different positions (</w:t>
+            </w:r>
+            <w:r w:rsidR="00F11AB6" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>e.g.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4th and 5th) at the end of a 100m</w:t>
+            </w:r>
+            <w:r w:rsidR="002232FC" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> track</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> race, yet be given the same manual time?</w:t>
+            </w:r>
+            <w:r w:rsidR="00F11AB6" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="5EE52C5B" w14:textId="77777777" w:rsidTr="00F11AB6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="39C55572" w14:textId="77777777" w:rsidR="00F11AB6" w:rsidRPr="004E0BA6" w:rsidRDefault="00F11AB6" w:rsidP="00F11AB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="626BC709" w14:textId="577DBC04" w:rsidR="00F11AB6" w:rsidRPr="004E0BA6" w:rsidRDefault="00F11AB6" w:rsidP="00F11AB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BBF8F31" w14:textId="0DA2CA29" w:rsidR="00F11AB6" w:rsidRPr="004E0BA6" w:rsidRDefault="00F11AB6" w:rsidP="00F11AB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>The timekeeper can make a mistake when two athletes are in a very close finish</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="75CD3E85" w14:textId="77777777" w:rsidTr="00F11AB6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27D68751" w14:textId="77777777" w:rsidR="00F11AB6" w:rsidRPr="004E0BA6" w:rsidRDefault="00F11AB6" w:rsidP="00F11AB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C11E74B" w14:textId="39323F2B" w:rsidR="00F11AB6" w:rsidRPr="004E0BA6" w:rsidRDefault="00F11AB6" w:rsidP="00F11AB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05E32348" w14:textId="57AE17E8" w:rsidR="00F11AB6" w:rsidRPr="004E0BA6" w:rsidRDefault="00F11AB6" w:rsidP="00F11AB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>The judges can make a mistake when two athletes are in a very close finish</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="1D24ADA3" w14:textId="77777777" w:rsidTr="00F11AB6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="40EEC1CB" w14:textId="46397B2D" w:rsidR="00B47F6F" w:rsidRPr="004E0BA6" w:rsidRDefault="00B47F6F" w:rsidP="00B47F6F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="228D704D" w14:textId="77777777" w:rsidR="00B47F6F" w:rsidRPr="004E0BA6" w:rsidRDefault="00B47F6F" w:rsidP="00B47F6F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="28DF64A4" w14:textId="3C953ADE" w:rsidR="00B47F6F" w:rsidRPr="004E0BA6" w:rsidRDefault="00D874A1" w:rsidP="00B47F6F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Two different m</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF628D" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>anual times, when rounded up</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, can equate to the same tenth</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B47F6F" w:rsidRPr="004E0BA6" w14:paraId="4A2A2AA3" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="232619B0" w14:textId="77777777" w:rsidR="00B47F6F" w:rsidRPr="004E0BA6" w:rsidRDefault="00B47F6F" w:rsidP="00B47F6F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07B435C1" w14:textId="77777777" w:rsidR="00B47F6F" w:rsidRPr="004E0BA6" w:rsidRDefault="00B47F6F" w:rsidP="00B47F6F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="277EE529" w14:textId="771D5D67" w:rsidR="00B47F6F" w:rsidRPr="004E0BA6" w:rsidRDefault="00F22E8B" w:rsidP="00B47F6F">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>The battery in your watch needs replacing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="402103E2" w14:textId="75128160" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00316A9D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="28459BE1" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F17C6E1" w14:textId="620D84EB" w:rsidR="00F11AB6" w:rsidRPr="004E0BA6" w:rsidRDefault="00DA0779" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>17A</w:t>
+            </w:r>
+            <w:r w:rsidR="00F11AB6" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E35A916" w14:textId="77777777" w:rsidR="00F11AB6" w:rsidRPr="004E0BA6" w:rsidRDefault="00F11AB6" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BA4B1CB" w14:textId="5B8A115B" w:rsidR="00F11AB6" w:rsidRPr="004E0BA6" w:rsidRDefault="0064298E" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please provide the relevant rule number or source </w:t>
+            </w:r>
+            <w:r w:rsidR="00F11AB6" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">for question </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA0779" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidR="00F11AB6" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="660FF71D" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1179C635" w14:textId="77777777" w:rsidR="00F11AB6" w:rsidRPr="004E0BA6" w:rsidRDefault="00F11AB6" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="07B58CF7" w14:textId="77777777" w:rsidR="00F11AB6" w:rsidRPr="004E0BA6" w:rsidRDefault="00F11AB6" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AED8B90" w14:textId="26375606" w:rsidR="00F11AB6" w:rsidRPr="004E0BA6" w:rsidRDefault="00F11AB6" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2F5D6D2B" w14:textId="3CC9565B" w:rsidR="004E0BA6" w:rsidRDefault="004E0BA6" w:rsidP="00316A9D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1302C4A4" w14:textId="77777777" w:rsidR="004E0BA6" w:rsidRDefault="004E0BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="7CB078A0" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14C9C6CD" w14:textId="37408EB1" w:rsidR="00B46728" w:rsidRPr="004E0BA6" w:rsidRDefault="00804B8F" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidR="00F11AB6" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BDC73E0" w14:textId="77777777" w:rsidR="00B46728" w:rsidRPr="004E0BA6" w:rsidRDefault="00B46728" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73562433" w14:textId="77777777" w:rsidR="00B46728" w:rsidRPr="004E0BA6" w:rsidRDefault="00B46728" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">You are asked to call lap times in a 3000m steeplechase with an inside water jump. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="042E3B95" w14:textId="110BB7AF" w:rsidR="00B46728" w:rsidRPr="004E0BA6" w:rsidRDefault="00B46728" w:rsidP="00762A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Where would you stand and how many laps would you call?</w:t>
+            </w:r>
+            <w:r w:rsidR="00B00F5C" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="363AA118" w14:textId="77777777" w:rsidTr="00B00F5C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1910867E" w14:textId="77777777" w:rsidR="00DD22E2" w:rsidRPr="004E0BA6" w:rsidRDefault="00DD22E2" w:rsidP="00DD22E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A0446B3" w14:textId="77777777" w:rsidR="00DD22E2" w:rsidRPr="004E0BA6" w:rsidRDefault="00DD22E2" w:rsidP="00DD22E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0118F9FA" w14:textId="64F08BFA" w:rsidR="00DD22E2" w:rsidRPr="004E0BA6" w:rsidRDefault="00DD22E2" w:rsidP="00DD22E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>At the finish line. Calling 7 laps</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="32F180E0" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0242F52F" w14:textId="77777777" w:rsidR="00DD22E2" w:rsidRPr="004E0BA6" w:rsidRDefault="00DD22E2" w:rsidP="00DD22E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC4B462" w14:textId="77777777" w:rsidR="00DD22E2" w:rsidRPr="004E0BA6" w:rsidRDefault="00DD22E2" w:rsidP="00DD22E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E49092A" w14:textId="00E05709" w:rsidR="00DD22E2" w:rsidRPr="004E0BA6" w:rsidRDefault="00DD22E2" w:rsidP="00DD22E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>At the start line of the 3000m. Calling 6 laps</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="5FBE9C27" w14:textId="77777777" w:rsidTr="00B00F5C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="75E9EB70" w14:textId="77777777" w:rsidR="00DD22E2" w:rsidRPr="004E0BA6" w:rsidRDefault="00DD22E2" w:rsidP="00DD22E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="29FA0E44" w14:textId="77777777" w:rsidR="00DD22E2" w:rsidRPr="004E0BA6" w:rsidRDefault="00DD22E2" w:rsidP="00DD22E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="790213CD" w14:textId="3F2E9344" w:rsidR="00DD22E2" w:rsidRPr="004E0BA6" w:rsidRDefault="00DD22E2" w:rsidP="00DD22E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>At the finish line. Calling just the bell</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD22E2" w:rsidRPr="004E0BA6" w14:paraId="49CBBB98" w14:textId="77777777" w:rsidTr="00762A86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E796799" w14:textId="33EBF481" w:rsidR="00DD22E2" w:rsidRPr="004E0BA6" w:rsidRDefault="00DD22E2" w:rsidP="00DD22E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="028833D9" w14:textId="77777777" w:rsidR="00DD22E2" w:rsidRPr="004E0BA6" w:rsidRDefault="00DD22E2" w:rsidP="00DD22E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E39C873" w14:textId="08FAD456" w:rsidR="00DD22E2" w:rsidRPr="004E0BA6" w:rsidRDefault="00DD22E2" w:rsidP="00DD22E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>At the start line of the race. Calling 6 laps</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="27E8A291" w14:textId="48DE0105" w:rsidR="00B46728" w:rsidRPr="004E0BA6" w:rsidRDefault="00B46728" w:rsidP="00B46728">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="1AAE310A" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57779BE7" w14:textId="1124F996" w:rsidR="00B00F5C" w:rsidRPr="004E0BA6" w:rsidRDefault="00804B8F" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>18A</w:t>
+            </w:r>
+            <w:r w:rsidR="00B00F5C" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22A4E0E9" w14:textId="77777777" w:rsidR="00B00F5C" w:rsidRPr="004E0BA6" w:rsidRDefault="00B00F5C" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A550504" w14:textId="23122098" w:rsidR="00B00F5C" w:rsidRPr="004E0BA6" w:rsidRDefault="0064298E" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please provide the relevant rule number or source </w:t>
+            </w:r>
+            <w:r w:rsidR="00B00F5C" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">for question </w:t>
+            </w:r>
+            <w:r w:rsidR="00804B8F" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidR="00B00F5C" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="157C0719" w14:textId="77777777" w:rsidTr="000F0DC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="279C0428" w14:textId="77777777" w:rsidR="00B00F5C" w:rsidRPr="004E0BA6" w:rsidRDefault="00B00F5C" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="27583CDD" w14:textId="77777777" w:rsidR="00B00F5C" w:rsidRPr="004E0BA6" w:rsidRDefault="00B00F5C" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F23A4F3" w14:textId="7E0FC7E9" w:rsidR="00B00F5C" w:rsidRPr="004E0BA6" w:rsidRDefault="00B00F5C" w:rsidP="000F0DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3A875D78" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00AD25C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="5457CE4F" w14:textId="77777777" w:rsidTr="003900B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EF5A8E7" w14:textId="530248B5" w:rsidR="00172A9A" w:rsidRPr="004E0BA6" w:rsidRDefault="009069DE" w:rsidP="00172A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="00172A9A" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="615DA106" w14:textId="77777777" w:rsidR="00172A9A" w:rsidRPr="004E0BA6" w:rsidRDefault="00172A9A" w:rsidP="00172A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D709D85" w14:textId="3A2852E9" w:rsidR="00172A9A" w:rsidRPr="004E0BA6" w:rsidRDefault="00172A9A" w:rsidP="00172A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">In a wheelchair or frame </w:t>
+            </w:r>
+            <w:r w:rsidR="002B229B" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">unning race, what is used to judge the </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED4149" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>finishing time of each athlete</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">? (1 mark) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="4E4D3055" w14:textId="77777777" w:rsidTr="003900B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4792821E" w14:textId="77777777" w:rsidR="00172A9A" w:rsidRPr="004E0BA6" w:rsidRDefault="00172A9A" w:rsidP="00172A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A96956F" w14:textId="77777777" w:rsidR="00172A9A" w:rsidRPr="004E0BA6" w:rsidRDefault="00172A9A" w:rsidP="00172A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DEFA9AD" w14:textId="42D35A4D" w:rsidR="00172A9A" w:rsidRPr="004E0BA6" w:rsidRDefault="00856B5F" w:rsidP="00172A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>The centre axle of the leading wheel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="02DD0943" w14:textId="77777777" w:rsidTr="003900B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02440898" w14:textId="77777777" w:rsidR="00172A9A" w:rsidRPr="004E0BA6" w:rsidRDefault="00172A9A" w:rsidP="00172A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="070A6F49" w14:textId="77777777" w:rsidR="00172A9A" w:rsidRPr="004E0BA6" w:rsidRDefault="00172A9A" w:rsidP="00172A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="365C029D" w14:textId="088A0856" w:rsidR="00172A9A" w:rsidRPr="004E0BA6" w:rsidRDefault="00856B5F" w:rsidP="00172A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>The athletes’ helmet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="54664B1A" w14:textId="77777777" w:rsidTr="003900B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="74B8F76C" w14:textId="77777777" w:rsidR="00172A9A" w:rsidRPr="004E0BA6" w:rsidRDefault="00172A9A" w:rsidP="00172A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="76F8F141" w14:textId="77777777" w:rsidR="00172A9A" w:rsidRPr="004E0BA6" w:rsidRDefault="00172A9A" w:rsidP="00172A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="474C47AB" w14:textId="062D7C1D" w:rsidR="00172A9A" w:rsidRPr="004E0BA6" w:rsidRDefault="00172A9A" w:rsidP="00172A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>The athlete’s torso</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00172A9A" w:rsidRPr="004E0BA6" w14:paraId="76D971A9" w14:textId="77777777" w:rsidTr="003900B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="735C186E" w14:textId="77777777" w:rsidR="00172A9A" w:rsidRPr="004E0BA6" w:rsidRDefault="00172A9A" w:rsidP="00172A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F223B0F" w14:textId="77777777" w:rsidR="00172A9A" w:rsidRPr="004E0BA6" w:rsidRDefault="00172A9A" w:rsidP="00172A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F40751B" w14:textId="69042B60" w:rsidR="00172A9A" w:rsidRPr="004E0BA6" w:rsidRDefault="00172A9A" w:rsidP="00172A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>The front edge of the leading wheel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="69823D42" w14:textId="77777777" w:rsidR="00172A9A" w:rsidRPr="004E0BA6" w:rsidRDefault="00172A9A" w:rsidP="00AD25C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="25C3B78E" w14:textId="77777777" w:rsidTr="003900B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B320DCE" w14:textId="389BD44F" w:rsidR="005A3CFF" w:rsidRPr="004E0BA6" w:rsidRDefault="009069DE" w:rsidP="003900B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>19A</w:t>
+            </w:r>
+            <w:r w:rsidR="005A3CFF" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A487952" w14:textId="77777777" w:rsidR="005A3CFF" w:rsidRPr="004E0BA6" w:rsidRDefault="005A3CFF" w:rsidP="003900B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3962FE54" w14:textId="71ECAF40" w:rsidR="005A3CFF" w:rsidRPr="004E0BA6" w:rsidRDefault="005A3CFF" w:rsidP="003900B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please provide the relevant rule number or source for question </w:t>
+            </w:r>
+            <w:r w:rsidR="009069DE" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 mark)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="1E6841E6" w14:textId="77777777" w:rsidTr="003900B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="606590A9" w14:textId="77777777" w:rsidR="005A3CFF" w:rsidRPr="004E0BA6" w:rsidRDefault="005A3CFF" w:rsidP="003900B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="336B8793" w14:textId="77777777" w:rsidR="005A3CFF" w:rsidRPr="004E0BA6" w:rsidRDefault="005A3CFF" w:rsidP="003900B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F3CE69F" w14:textId="0B3A575E" w:rsidR="005A3CFF" w:rsidRPr="004E0BA6" w:rsidRDefault="005A3CFF" w:rsidP="003900B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4659E1ED" w14:textId="77777777" w:rsidR="005A3CFF" w:rsidRPr="004E0BA6" w:rsidRDefault="005A3CFF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="005A3CFF" w:rsidRPr="004E0BA6" w:rsidSect="004E0BA6">
+      <w:headerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="567" w:footer="283" w:gutter="0"/>
+      <w:pgMar w:top="2031" w:right="720" w:bottom="284" w:left="720" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="39F906D8" w14:textId="77777777" w:rsidR="0057524E" w:rsidRDefault="0057524E" w:rsidP="00E91CA0">
+    <w:p w14:paraId="315D104A" w14:textId="77777777" w:rsidR="0008242E" w:rsidRDefault="0008242E" w:rsidP="00C76853">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="06B8CE2C" w14:textId="77777777" w:rsidR="0057524E" w:rsidRDefault="0057524E" w:rsidP="00E91CA0">
+    <w:p w14:paraId="632EFAFC" w14:textId="77777777" w:rsidR="0008242E" w:rsidRDefault="0008242E" w:rsidP="00C76853">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5439F415" w14:textId="77777777" w:rsidR="0057524E" w:rsidRDefault="0057524E" w:rsidP="00E91CA0">
+    <w:p w14:paraId="35539D17" w14:textId="77777777" w:rsidR="0008242E" w:rsidRDefault="0008242E" w:rsidP="00C76853">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4533B25D" w14:textId="77777777" w:rsidR="0057524E" w:rsidRDefault="0057524E" w:rsidP="00E91CA0">
+    <w:p w14:paraId="16A95E6B" w14:textId="77777777" w:rsidR="0008242E" w:rsidRDefault="0008242E" w:rsidP="00C76853">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="2D0C6848" w14:textId="639B9675" w:rsidR="001C6D5E" w:rsidRDefault="001C6D5E" w:rsidP="001C6D5E">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47279D0C" w14:textId="34365FD3" w:rsidR="00C76853" w:rsidRDefault="00C76853">
     <w:pPr>
       <w:pStyle w:val="Header"/>
-      <w:jc w:val="center"/>
-[...2 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00921D68">
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="62E7FA7E" wp14:editId="78819481">
-[...8 lines deleted...]
-          </wp:docPr>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E44F07B" wp14:editId="281204BB">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>1600200</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-130175</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="3543300" cy="811274"/>
+          <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+          <wp:wrapNone/>
+          <wp:docPr id="515452057" name="Picture 4" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 3">
-[...5 lines deleted...]
-                  </pic:cNvPr>
+                  <pic:cNvPr id="824061101" name="Picture 4" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect t="-7617" r="31203"/>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="3962400" cy="971550"/>
+                    <a:ext cx="3543300" cy="811274"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
-                  <a:ln>
-[...1 lines deleted...]
-                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:inline>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
       </w:drawing>
     </w:r>
-  </w:p>
-[...3 lines deleted...]
-      <w:jc w:val="center"/>
+    <w:r w:rsidR="00837E22">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
-    </w:pPr>
-[...16 lines deleted...]
-      <w:t>LEVEL 2 TIMEKEEPER QUESTIONS</w:t>
+      <w:t>Version 1</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="56FF35A9"/>
-[...16 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+    <w:nsid w:val="040C7358"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B492D64A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="576343F1"/>
+    <w:nsid w:val="064D75A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3260E65E"/>
-[...2 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:tmpl w:val="DAB25D98"/>
+    <w:lvl w:ilvl="0" w:tplc="926A9114">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b/>
-        <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="08F85387"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2D48881E"/>
+    <w:lvl w:ilvl="0" w:tplc="BFB63B38">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="091D53D2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E110B038"/>
+    <w:lvl w:ilvl="0" w:tplc="08090015">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0DA81F63"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C958D55C"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17E31E62"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="911E8DFA"/>
+    <w:lvl w:ilvl="0" w:tplc="926A9114">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="246E53F5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3BCEAB48"/>
+    <w:lvl w:ilvl="0" w:tplc="ACD86146">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26B51E57"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="05E0C214"/>
+    <w:lvl w:ilvl="0" w:tplc="836E8C0A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1690914211">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27BB63BD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E8A0081C"/>
+    <w:lvl w:ilvl="0" w:tplc="08090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28E1024B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="53344B14"/>
+    <w:lvl w:ilvl="0" w:tplc="519A12EC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2B150749"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="54EC5926"/>
+    <w:lvl w:ilvl="0" w:tplc="926A9114">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="33784CEC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C7360498"/>
+    <w:lvl w:ilvl="0" w:tplc="C3AA02B2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="35B10FA0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="299A6948"/>
+    <w:lvl w:ilvl="0" w:tplc="926A9114">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="37046124"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="00EA6B2C"/>
+    <w:lvl w:ilvl="0" w:tplc="D6D4FB94">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A0F719A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="89B68BEA"/>
+    <w:lvl w:ilvl="0" w:tplc="0F3263A8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A1B429A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BFAA95F0"/>
+    <w:lvl w:ilvl="0" w:tplc="6F5A4A38">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53830D9C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C77EBAF4"/>
+    <w:lvl w:ilvl="0" w:tplc="961C5DC6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="541D2ED5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F8CEB8BE"/>
+    <w:lvl w:ilvl="0" w:tplc="AC96918A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5470251E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="67E40144"/>
+    <w:lvl w:ilvl="0" w:tplc="967A654A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="560541FE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C074C264"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5B1D1F0E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="909E60FC"/>
+    <w:lvl w:ilvl="0" w:tplc="4F001C86">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68111B81"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B99E5744"/>
+    <w:lvl w:ilvl="0" w:tplc="08090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68124656"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A7669FDC"/>
+    <w:lvl w:ilvl="0" w:tplc="132AB4EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6FCC4201"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EA626EDC"/>
+    <w:lvl w:ilvl="0" w:tplc="926A9114">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="711D260E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9106F978"/>
+    <w:lvl w:ilvl="0" w:tplc="08090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="72340A27"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4394E054"/>
+    <w:lvl w:ilvl="0" w:tplc="431AAC66">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77F720C7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FF482A5E"/>
+    <w:lvl w:ilvl="0" w:tplc="5E14B00A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B7A3C78"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BDD4DDD0"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="926A9114">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="138958481">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="309020158">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1431899392">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="912393342">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="13074315">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="710768213">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="10033022">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="255023216">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1608073798">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="2007126484">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="291405180">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="11" w16cid:durableId="429931257">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="2035424070">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="908029800">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="81269773">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="107312952">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1155493393">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1209297667">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1551501306">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1935940621">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="292753962">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1878003625">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="117139598">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1061176365">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="10957527">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="166094896">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1001808457">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="2131437695">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="997198021">
+    <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008007C0"/>
-[...89 lines deleted...]
-    <w:rsid w:val="00F863D0"/>
+    <w:rsidRoot w:val="00AD25C7"/>
+    <w:rsid w:val="00002D06"/>
+    <w:rsid w:val="000033F5"/>
+    <w:rsid w:val="00015759"/>
+    <w:rsid w:val="00017268"/>
+    <w:rsid w:val="00025334"/>
+    <w:rsid w:val="0003303C"/>
+    <w:rsid w:val="00037AA1"/>
+    <w:rsid w:val="00041B40"/>
+    <w:rsid w:val="0004788C"/>
+    <w:rsid w:val="00050373"/>
+    <w:rsid w:val="0005261D"/>
+    <w:rsid w:val="00053A4D"/>
+    <w:rsid w:val="00054081"/>
+    <w:rsid w:val="00082221"/>
+    <w:rsid w:val="0008242E"/>
+    <w:rsid w:val="00082C1F"/>
+    <w:rsid w:val="000861EC"/>
+    <w:rsid w:val="00086859"/>
+    <w:rsid w:val="00090C67"/>
+    <w:rsid w:val="00092FD1"/>
+    <w:rsid w:val="0009366E"/>
+    <w:rsid w:val="000A0009"/>
+    <w:rsid w:val="000A226D"/>
+    <w:rsid w:val="000A2DFE"/>
+    <w:rsid w:val="000A67F2"/>
+    <w:rsid w:val="000B6FC1"/>
+    <w:rsid w:val="000C6B33"/>
+    <w:rsid w:val="000D1FC3"/>
+    <w:rsid w:val="000D6BD4"/>
+    <w:rsid w:val="000E0F5D"/>
+    <w:rsid w:val="000E3F5E"/>
+    <w:rsid w:val="000F0CA9"/>
+    <w:rsid w:val="001000DA"/>
+    <w:rsid w:val="00100365"/>
+    <w:rsid w:val="00107277"/>
+    <w:rsid w:val="00111D6E"/>
+    <w:rsid w:val="00126DAF"/>
+    <w:rsid w:val="00127AE6"/>
+    <w:rsid w:val="00135687"/>
+    <w:rsid w:val="001517CB"/>
+    <w:rsid w:val="00154B3A"/>
+    <w:rsid w:val="001569C6"/>
+    <w:rsid w:val="00161DB0"/>
+    <w:rsid w:val="00164404"/>
+    <w:rsid w:val="0017144C"/>
+    <w:rsid w:val="00172A9A"/>
+    <w:rsid w:val="00175A46"/>
+    <w:rsid w:val="00181F71"/>
+    <w:rsid w:val="00181FD1"/>
+    <w:rsid w:val="00182E97"/>
+    <w:rsid w:val="001832E2"/>
+    <w:rsid w:val="00183C54"/>
+    <w:rsid w:val="00192DFC"/>
+    <w:rsid w:val="001A6A56"/>
+    <w:rsid w:val="001A7CB3"/>
+    <w:rsid w:val="001B1819"/>
+    <w:rsid w:val="001B4F2F"/>
+    <w:rsid w:val="001C4CA5"/>
+    <w:rsid w:val="001C56A5"/>
+    <w:rsid w:val="001D6A8C"/>
+    <w:rsid w:val="001E30D2"/>
+    <w:rsid w:val="001E6B7C"/>
+    <w:rsid w:val="001E71F7"/>
+    <w:rsid w:val="001F7D8D"/>
+    <w:rsid w:val="001F7F31"/>
+    <w:rsid w:val="00201650"/>
+    <w:rsid w:val="00202713"/>
+    <w:rsid w:val="00210F4F"/>
+    <w:rsid w:val="002139E0"/>
+    <w:rsid w:val="002232FC"/>
+    <w:rsid w:val="00225910"/>
+    <w:rsid w:val="00225CD8"/>
+    <w:rsid w:val="00226091"/>
+    <w:rsid w:val="0023167C"/>
+    <w:rsid w:val="00233CBE"/>
+    <w:rsid w:val="002358B7"/>
+    <w:rsid w:val="00237A70"/>
+    <w:rsid w:val="0024503F"/>
+    <w:rsid w:val="00245701"/>
+    <w:rsid w:val="00250526"/>
+    <w:rsid w:val="00253715"/>
+    <w:rsid w:val="00255084"/>
+    <w:rsid w:val="00257706"/>
+    <w:rsid w:val="0026150E"/>
+    <w:rsid w:val="00261579"/>
+    <w:rsid w:val="00262AA5"/>
+    <w:rsid w:val="00267091"/>
+    <w:rsid w:val="0027257C"/>
+    <w:rsid w:val="002725F2"/>
+    <w:rsid w:val="00284A22"/>
+    <w:rsid w:val="00284F48"/>
+    <w:rsid w:val="00294935"/>
+    <w:rsid w:val="002A424F"/>
+    <w:rsid w:val="002A42AF"/>
+    <w:rsid w:val="002A698A"/>
+    <w:rsid w:val="002B1FF2"/>
+    <w:rsid w:val="002B229B"/>
+    <w:rsid w:val="002B6870"/>
+    <w:rsid w:val="002C4589"/>
+    <w:rsid w:val="002D2C56"/>
+    <w:rsid w:val="002D640F"/>
+    <w:rsid w:val="002E0D49"/>
+    <w:rsid w:val="002E4527"/>
+    <w:rsid w:val="002F4241"/>
+    <w:rsid w:val="002F469A"/>
+    <w:rsid w:val="003042E7"/>
+    <w:rsid w:val="00305E70"/>
+    <w:rsid w:val="003140C5"/>
+    <w:rsid w:val="00316A9D"/>
+    <w:rsid w:val="003233FC"/>
+    <w:rsid w:val="00325130"/>
+    <w:rsid w:val="0033134B"/>
+    <w:rsid w:val="00332FBA"/>
+    <w:rsid w:val="00333BE0"/>
+    <w:rsid w:val="00340CFC"/>
+    <w:rsid w:val="00341AB3"/>
+    <w:rsid w:val="00341E6F"/>
+    <w:rsid w:val="00354D8F"/>
+    <w:rsid w:val="00356E11"/>
+    <w:rsid w:val="00357318"/>
+    <w:rsid w:val="00360706"/>
+    <w:rsid w:val="00363489"/>
+    <w:rsid w:val="00363E90"/>
+    <w:rsid w:val="00365293"/>
+    <w:rsid w:val="003672AE"/>
+    <w:rsid w:val="00373C7F"/>
+    <w:rsid w:val="00377116"/>
+    <w:rsid w:val="00383895"/>
+    <w:rsid w:val="003956B8"/>
+    <w:rsid w:val="00395704"/>
+    <w:rsid w:val="003959EC"/>
+    <w:rsid w:val="003A08C3"/>
+    <w:rsid w:val="003A19A9"/>
+    <w:rsid w:val="003A2BA2"/>
+    <w:rsid w:val="003A3C9A"/>
+    <w:rsid w:val="003A4EB2"/>
+    <w:rsid w:val="003B70EF"/>
+    <w:rsid w:val="003B7747"/>
+    <w:rsid w:val="003D02AA"/>
+    <w:rsid w:val="003D073E"/>
+    <w:rsid w:val="003E1371"/>
+    <w:rsid w:val="003E2F93"/>
+    <w:rsid w:val="003F10DA"/>
+    <w:rsid w:val="003F5C14"/>
+    <w:rsid w:val="003F762B"/>
+    <w:rsid w:val="004012C6"/>
+    <w:rsid w:val="00401A9D"/>
+    <w:rsid w:val="0040376C"/>
+    <w:rsid w:val="0040403D"/>
+    <w:rsid w:val="004162A5"/>
+    <w:rsid w:val="0042518B"/>
+    <w:rsid w:val="00431AF8"/>
+    <w:rsid w:val="0044022E"/>
+    <w:rsid w:val="00440321"/>
+    <w:rsid w:val="00444A51"/>
+    <w:rsid w:val="0044551F"/>
+    <w:rsid w:val="0045041C"/>
+    <w:rsid w:val="00455038"/>
+    <w:rsid w:val="004552DC"/>
+    <w:rsid w:val="004568C5"/>
+    <w:rsid w:val="00456E39"/>
+    <w:rsid w:val="00457102"/>
+    <w:rsid w:val="00465739"/>
+    <w:rsid w:val="00470EB3"/>
+    <w:rsid w:val="004736DA"/>
+    <w:rsid w:val="004754E5"/>
+    <w:rsid w:val="00484DD8"/>
+    <w:rsid w:val="004901CD"/>
+    <w:rsid w:val="004A2789"/>
+    <w:rsid w:val="004A38CE"/>
+    <w:rsid w:val="004A422E"/>
+    <w:rsid w:val="004B2258"/>
+    <w:rsid w:val="004B7D65"/>
+    <w:rsid w:val="004C1287"/>
+    <w:rsid w:val="004C3768"/>
+    <w:rsid w:val="004D03CE"/>
+    <w:rsid w:val="004D1CC5"/>
+    <w:rsid w:val="004E0BA6"/>
+    <w:rsid w:val="004E2C0B"/>
+    <w:rsid w:val="004E4985"/>
+    <w:rsid w:val="004E5315"/>
+    <w:rsid w:val="004F3A69"/>
+    <w:rsid w:val="00501AE5"/>
+    <w:rsid w:val="00505D1C"/>
+    <w:rsid w:val="00510738"/>
+    <w:rsid w:val="005131F8"/>
+    <w:rsid w:val="00520A5D"/>
+    <w:rsid w:val="00520FE6"/>
+    <w:rsid w:val="00522BE0"/>
+    <w:rsid w:val="00524C64"/>
+    <w:rsid w:val="005251C1"/>
+    <w:rsid w:val="00526387"/>
+    <w:rsid w:val="00533CF1"/>
+    <w:rsid w:val="005368D5"/>
+    <w:rsid w:val="00544A79"/>
+    <w:rsid w:val="00544A96"/>
+    <w:rsid w:val="00547683"/>
+    <w:rsid w:val="00550820"/>
+    <w:rsid w:val="00550964"/>
+    <w:rsid w:val="00552634"/>
+    <w:rsid w:val="00555794"/>
+    <w:rsid w:val="00562ACA"/>
+    <w:rsid w:val="005649DE"/>
+    <w:rsid w:val="00567D3C"/>
+    <w:rsid w:val="0057048D"/>
+    <w:rsid w:val="0057569B"/>
+    <w:rsid w:val="00582F8D"/>
+    <w:rsid w:val="0058464E"/>
+    <w:rsid w:val="00584968"/>
+    <w:rsid w:val="00590087"/>
+    <w:rsid w:val="0059118C"/>
+    <w:rsid w:val="005966B2"/>
+    <w:rsid w:val="005A1660"/>
+    <w:rsid w:val="005A274D"/>
+    <w:rsid w:val="005A35BF"/>
+    <w:rsid w:val="005A3CFF"/>
+    <w:rsid w:val="005A4CCF"/>
+    <w:rsid w:val="005A59B7"/>
+    <w:rsid w:val="005B544B"/>
+    <w:rsid w:val="005C0FAE"/>
+    <w:rsid w:val="005D109C"/>
+    <w:rsid w:val="005D1C43"/>
+    <w:rsid w:val="005D5536"/>
+    <w:rsid w:val="005E07C9"/>
+    <w:rsid w:val="005E2BEA"/>
+    <w:rsid w:val="005F0305"/>
+    <w:rsid w:val="005F45AF"/>
+    <w:rsid w:val="00605140"/>
+    <w:rsid w:val="00605BDA"/>
+    <w:rsid w:val="006110B7"/>
+    <w:rsid w:val="006175CD"/>
+    <w:rsid w:val="0062728C"/>
+    <w:rsid w:val="00627AD8"/>
+    <w:rsid w:val="00630F76"/>
+    <w:rsid w:val="006360A6"/>
+    <w:rsid w:val="00636FF0"/>
+    <w:rsid w:val="00641F26"/>
+    <w:rsid w:val="0064298E"/>
+    <w:rsid w:val="006538C3"/>
+    <w:rsid w:val="006543BF"/>
+    <w:rsid w:val="0066176E"/>
+    <w:rsid w:val="00666693"/>
+    <w:rsid w:val="006673D9"/>
+    <w:rsid w:val="006675DA"/>
+    <w:rsid w:val="00684C06"/>
+    <w:rsid w:val="00685BA4"/>
+    <w:rsid w:val="00686DBF"/>
+    <w:rsid w:val="00690819"/>
+    <w:rsid w:val="00691658"/>
+    <w:rsid w:val="006927BB"/>
+    <w:rsid w:val="00692F48"/>
+    <w:rsid w:val="00695923"/>
+    <w:rsid w:val="00696F24"/>
+    <w:rsid w:val="00697443"/>
+    <w:rsid w:val="006A5FA0"/>
+    <w:rsid w:val="006B069E"/>
+    <w:rsid w:val="006B4C12"/>
+    <w:rsid w:val="006B789D"/>
+    <w:rsid w:val="006C3131"/>
+    <w:rsid w:val="006D1284"/>
+    <w:rsid w:val="006D358C"/>
+    <w:rsid w:val="006F0716"/>
+    <w:rsid w:val="006F593E"/>
+    <w:rsid w:val="007054DE"/>
+    <w:rsid w:val="00710BF2"/>
+    <w:rsid w:val="00712D13"/>
+    <w:rsid w:val="00716686"/>
+    <w:rsid w:val="00722FD6"/>
+    <w:rsid w:val="00725C5D"/>
+    <w:rsid w:val="007263A0"/>
+    <w:rsid w:val="007272D4"/>
+    <w:rsid w:val="007300A0"/>
+    <w:rsid w:val="00732F9A"/>
+    <w:rsid w:val="007372F6"/>
+    <w:rsid w:val="00737EF0"/>
+    <w:rsid w:val="00751908"/>
+    <w:rsid w:val="00755B56"/>
+    <w:rsid w:val="00757FF4"/>
+    <w:rsid w:val="007600D2"/>
+    <w:rsid w:val="0076061D"/>
+    <w:rsid w:val="007625CB"/>
+    <w:rsid w:val="0076475B"/>
+    <w:rsid w:val="007759EE"/>
+    <w:rsid w:val="00775CE2"/>
+    <w:rsid w:val="0077731C"/>
+    <w:rsid w:val="00777E4C"/>
+    <w:rsid w:val="00777F40"/>
+    <w:rsid w:val="007828D0"/>
+    <w:rsid w:val="007831D2"/>
+    <w:rsid w:val="007929FE"/>
+    <w:rsid w:val="00794E29"/>
+    <w:rsid w:val="007A2B06"/>
+    <w:rsid w:val="007A2DF8"/>
+    <w:rsid w:val="007A3E4D"/>
+    <w:rsid w:val="007A6B66"/>
+    <w:rsid w:val="007B73FA"/>
+    <w:rsid w:val="007C298F"/>
+    <w:rsid w:val="007C5483"/>
+    <w:rsid w:val="007C5546"/>
+    <w:rsid w:val="007C624E"/>
+    <w:rsid w:val="007D67AD"/>
+    <w:rsid w:val="007D6D32"/>
+    <w:rsid w:val="007D7FD5"/>
+    <w:rsid w:val="007D7FF5"/>
+    <w:rsid w:val="007E28C5"/>
+    <w:rsid w:val="007E5136"/>
+    <w:rsid w:val="007E5BCE"/>
+    <w:rsid w:val="007F1B2F"/>
+    <w:rsid w:val="007F34A7"/>
+    <w:rsid w:val="008034D4"/>
+    <w:rsid w:val="008036E6"/>
+    <w:rsid w:val="00803B0D"/>
+    <w:rsid w:val="00804B8F"/>
+    <w:rsid w:val="0080754A"/>
+    <w:rsid w:val="00816149"/>
+    <w:rsid w:val="00816E8A"/>
+    <w:rsid w:val="00823A85"/>
+    <w:rsid w:val="008246E2"/>
+    <w:rsid w:val="00825790"/>
+    <w:rsid w:val="008334E3"/>
+    <w:rsid w:val="00837E22"/>
+    <w:rsid w:val="0084141F"/>
+    <w:rsid w:val="0085565D"/>
+    <w:rsid w:val="00856B5F"/>
+    <w:rsid w:val="00861839"/>
+    <w:rsid w:val="00863279"/>
+    <w:rsid w:val="00865D1E"/>
+    <w:rsid w:val="008675B1"/>
+    <w:rsid w:val="008721A6"/>
+    <w:rsid w:val="008755CA"/>
+    <w:rsid w:val="0087627B"/>
+    <w:rsid w:val="008802CD"/>
+    <w:rsid w:val="0088262D"/>
+    <w:rsid w:val="008860ED"/>
+    <w:rsid w:val="008902C7"/>
+    <w:rsid w:val="00895520"/>
+    <w:rsid w:val="008A42CC"/>
+    <w:rsid w:val="008A48A2"/>
+    <w:rsid w:val="008A4F43"/>
+    <w:rsid w:val="008B4686"/>
+    <w:rsid w:val="008B4ED5"/>
+    <w:rsid w:val="008B6645"/>
+    <w:rsid w:val="008C1912"/>
+    <w:rsid w:val="008D1D0F"/>
+    <w:rsid w:val="008D221B"/>
+    <w:rsid w:val="008D6D52"/>
+    <w:rsid w:val="008D6E0D"/>
+    <w:rsid w:val="008E5388"/>
+    <w:rsid w:val="008F1E94"/>
+    <w:rsid w:val="008F4562"/>
+    <w:rsid w:val="008F49E9"/>
+    <w:rsid w:val="008F6E5F"/>
+    <w:rsid w:val="00900CA0"/>
+    <w:rsid w:val="009031B0"/>
+    <w:rsid w:val="00904C5E"/>
+    <w:rsid w:val="009056E1"/>
+    <w:rsid w:val="009069DE"/>
+    <w:rsid w:val="009071DF"/>
+    <w:rsid w:val="00910A83"/>
+    <w:rsid w:val="00912D49"/>
+    <w:rsid w:val="00913500"/>
+    <w:rsid w:val="00913922"/>
+    <w:rsid w:val="00917416"/>
+    <w:rsid w:val="00920839"/>
+    <w:rsid w:val="009269AB"/>
+    <w:rsid w:val="00945BDA"/>
+    <w:rsid w:val="00946632"/>
+    <w:rsid w:val="00947792"/>
+    <w:rsid w:val="00952E81"/>
+    <w:rsid w:val="009536DD"/>
+    <w:rsid w:val="00954F5F"/>
+    <w:rsid w:val="00963550"/>
+    <w:rsid w:val="0096478A"/>
+    <w:rsid w:val="0097319B"/>
+    <w:rsid w:val="0097337B"/>
+    <w:rsid w:val="00973E3E"/>
+    <w:rsid w:val="00991D1A"/>
+    <w:rsid w:val="0099583E"/>
+    <w:rsid w:val="009A266F"/>
+    <w:rsid w:val="009A3D94"/>
+    <w:rsid w:val="009A4C75"/>
+    <w:rsid w:val="009A645F"/>
+    <w:rsid w:val="009B2652"/>
+    <w:rsid w:val="009B3F4E"/>
+    <w:rsid w:val="009C0705"/>
+    <w:rsid w:val="009C0F68"/>
+    <w:rsid w:val="009C13B4"/>
+    <w:rsid w:val="009D0046"/>
+    <w:rsid w:val="009D514E"/>
+    <w:rsid w:val="009E0E49"/>
+    <w:rsid w:val="009E664A"/>
+    <w:rsid w:val="009F1A9D"/>
+    <w:rsid w:val="009F1C49"/>
+    <w:rsid w:val="009F483E"/>
+    <w:rsid w:val="009F5486"/>
+    <w:rsid w:val="009F6B6F"/>
+    <w:rsid w:val="00A03D37"/>
+    <w:rsid w:val="00A07B63"/>
+    <w:rsid w:val="00A12233"/>
+    <w:rsid w:val="00A14A23"/>
+    <w:rsid w:val="00A168E7"/>
+    <w:rsid w:val="00A202D3"/>
+    <w:rsid w:val="00A203EF"/>
+    <w:rsid w:val="00A3796A"/>
+    <w:rsid w:val="00A400D2"/>
+    <w:rsid w:val="00A42566"/>
+    <w:rsid w:val="00A52368"/>
+    <w:rsid w:val="00A5610A"/>
+    <w:rsid w:val="00A578AE"/>
+    <w:rsid w:val="00A60595"/>
+    <w:rsid w:val="00A60E8E"/>
+    <w:rsid w:val="00A64B2E"/>
+    <w:rsid w:val="00A66EFA"/>
+    <w:rsid w:val="00A710A6"/>
+    <w:rsid w:val="00A72461"/>
+    <w:rsid w:val="00A72537"/>
+    <w:rsid w:val="00A7766A"/>
+    <w:rsid w:val="00A805DD"/>
+    <w:rsid w:val="00A82AEC"/>
+    <w:rsid w:val="00A9346D"/>
+    <w:rsid w:val="00A97C20"/>
+    <w:rsid w:val="00AA0102"/>
+    <w:rsid w:val="00AA1494"/>
+    <w:rsid w:val="00AA3779"/>
+    <w:rsid w:val="00AA6980"/>
+    <w:rsid w:val="00AB1D4D"/>
+    <w:rsid w:val="00AB3779"/>
+    <w:rsid w:val="00AB4A3E"/>
+    <w:rsid w:val="00AB7ED7"/>
+    <w:rsid w:val="00AC0844"/>
+    <w:rsid w:val="00AC504A"/>
+    <w:rsid w:val="00AC5DFA"/>
+    <w:rsid w:val="00AC7742"/>
+    <w:rsid w:val="00AD0AD6"/>
+    <w:rsid w:val="00AD0F1E"/>
+    <w:rsid w:val="00AD25C7"/>
+    <w:rsid w:val="00AE21D0"/>
+    <w:rsid w:val="00AE530E"/>
+    <w:rsid w:val="00B00F5C"/>
+    <w:rsid w:val="00B00F6F"/>
+    <w:rsid w:val="00B01786"/>
+    <w:rsid w:val="00B035EA"/>
+    <w:rsid w:val="00B23258"/>
+    <w:rsid w:val="00B27C43"/>
+    <w:rsid w:val="00B30F30"/>
+    <w:rsid w:val="00B44443"/>
+    <w:rsid w:val="00B46037"/>
+    <w:rsid w:val="00B46728"/>
+    <w:rsid w:val="00B47D79"/>
+    <w:rsid w:val="00B47F6F"/>
+    <w:rsid w:val="00B501BD"/>
+    <w:rsid w:val="00B51BA8"/>
+    <w:rsid w:val="00B54EF7"/>
+    <w:rsid w:val="00B65681"/>
+    <w:rsid w:val="00B72926"/>
+    <w:rsid w:val="00B74A55"/>
+    <w:rsid w:val="00B74EE5"/>
+    <w:rsid w:val="00B84D76"/>
+    <w:rsid w:val="00B867BD"/>
+    <w:rsid w:val="00B95D35"/>
+    <w:rsid w:val="00BA3CE2"/>
+    <w:rsid w:val="00BA7EFA"/>
+    <w:rsid w:val="00BB29D3"/>
+    <w:rsid w:val="00BB3E84"/>
+    <w:rsid w:val="00BC1852"/>
+    <w:rsid w:val="00BC40AB"/>
+    <w:rsid w:val="00BC7F6C"/>
+    <w:rsid w:val="00BD3C55"/>
+    <w:rsid w:val="00BD7980"/>
+    <w:rsid w:val="00BD7E71"/>
+    <w:rsid w:val="00BE3933"/>
+    <w:rsid w:val="00BF394F"/>
+    <w:rsid w:val="00C12EC0"/>
+    <w:rsid w:val="00C1325B"/>
+    <w:rsid w:val="00C15C2F"/>
+    <w:rsid w:val="00C15F8F"/>
+    <w:rsid w:val="00C22EE5"/>
+    <w:rsid w:val="00C233AA"/>
+    <w:rsid w:val="00C2596F"/>
+    <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C42BB4"/>
+    <w:rsid w:val="00C45378"/>
+    <w:rsid w:val="00C454C0"/>
+    <w:rsid w:val="00C53197"/>
+    <w:rsid w:val="00C54483"/>
+    <w:rsid w:val="00C766C9"/>
+    <w:rsid w:val="00C76853"/>
+    <w:rsid w:val="00C82CF0"/>
+    <w:rsid w:val="00C967C7"/>
+    <w:rsid w:val="00CA6C51"/>
+    <w:rsid w:val="00CA736E"/>
+    <w:rsid w:val="00CA7D6C"/>
+    <w:rsid w:val="00CB0314"/>
+    <w:rsid w:val="00CB0D11"/>
+    <w:rsid w:val="00CB34AA"/>
+    <w:rsid w:val="00CB35D5"/>
+    <w:rsid w:val="00CB59CA"/>
+    <w:rsid w:val="00CC0407"/>
+    <w:rsid w:val="00CC0BE3"/>
+    <w:rsid w:val="00CD22EC"/>
+    <w:rsid w:val="00CD3FFB"/>
+    <w:rsid w:val="00CE2245"/>
+    <w:rsid w:val="00CE33C8"/>
+    <w:rsid w:val="00CF0879"/>
+    <w:rsid w:val="00CF2040"/>
+    <w:rsid w:val="00CF4149"/>
+    <w:rsid w:val="00CF48F2"/>
+    <w:rsid w:val="00CF55D0"/>
+    <w:rsid w:val="00CF628D"/>
+    <w:rsid w:val="00D01D25"/>
+    <w:rsid w:val="00D05400"/>
+    <w:rsid w:val="00D06F80"/>
+    <w:rsid w:val="00D129EE"/>
+    <w:rsid w:val="00D21BA6"/>
+    <w:rsid w:val="00D244C1"/>
+    <w:rsid w:val="00D27659"/>
+    <w:rsid w:val="00D325E1"/>
+    <w:rsid w:val="00D37105"/>
+    <w:rsid w:val="00D40D7A"/>
+    <w:rsid w:val="00D4175A"/>
+    <w:rsid w:val="00D4702F"/>
+    <w:rsid w:val="00D47ABA"/>
+    <w:rsid w:val="00D5653A"/>
+    <w:rsid w:val="00D66536"/>
+    <w:rsid w:val="00D73451"/>
+    <w:rsid w:val="00D84708"/>
+    <w:rsid w:val="00D86828"/>
+    <w:rsid w:val="00D8693A"/>
+    <w:rsid w:val="00D874A1"/>
+    <w:rsid w:val="00D91056"/>
+    <w:rsid w:val="00D9164E"/>
+    <w:rsid w:val="00D9578A"/>
+    <w:rsid w:val="00D96C93"/>
+    <w:rsid w:val="00DA0779"/>
+    <w:rsid w:val="00DA3232"/>
+    <w:rsid w:val="00DA7C1C"/>
+    <w:rsid w:val="00DB6A78"/>
+    <w:rsid w:val="00DC42CF"/>
+    <w:rsid w:val="00DC6D93"/>
+    <w:rsid w:val="00DD22E2"/>
+    <w:rsid w:val="00DD3E15"/>
+    <w:rsid w:val="00DD4517"/>
+    <w:rsid w:val="00DE1C31"/>
+    <w:rsid w:val="00DE5359"/>
+    <w:rsid w:val="00DF34AE"/>
+    <w:rsid w:val="00DF457B"/>
+    <w:rsid w:val="00DF78E9"/>
+    <w:rsid w:val="00E03B00"/>
+    <w:rsid w:val="00E062DB"/>
+    <w:rsid w:val="00E077A1"/>
+    <w:rsid w:val="00E1073C"/>
+    <w:rsid w:val="00E22793"/>
+    <w:rsid w:val="00E24AC5"/>
+    <w:rsid w:val="00E36C8C"/>
+    <w:rsid w:val="00E412D4"/>
+    <w:rsid w:val="00E41F17"/>
+    <w:rsid w:val="00E4388C"/>
+    <w:rsid w:val="00E44E73"/>
+    <w:rsid w:val="00E4598A"/>
+    <w:rsid w:val="00E50892"/>
+    <w:rsid w:val="00E61F36"/>
+    <w:rsid w:val="00E62388"/>
+    <w:rsid w:val="00E678F9"/>
+    <w:rsid w:val="00E679B2"/>
+    <w:rsid w:val="00E74798"/>
+    <w:rsid w:val="00E75446"/>
+    <w:rsid w:val="00E7637F"/>
+    <w:rsid w:val="00E802B6"/>
+    <w:rsid w:val="00E808FF"/>
+    <w:rsid w:val="00E91C1B"/>
+    <w:rsid w:val="00E92AFE"/>
+    <w:rsid w:val="00E9318F"/>
+    <w:rsid w:val="00E9333A"/>
+    <w:rsid w:val="00E96E92"/>
+    <w:rsid w:val="00EA06E8"/>
+    <w:rsid w:val="00EA0A0E"/>
+    <w:rsid w:val="00EA307A"/>
+    <w:rsid w:val="00EA6A8C"/>
+    <w:rsid w:val="00EC0A7A"/>
+    <w:rsid w:val="00EC57E6"/>
+    <w:rsid w:val="00ED074B"/>
+    <w:rsid w:val="00ED3237"/>
+    <w:rsid w:val="00ED4149"/>
+    <w:rsid w:val="00EF3FFD"/>
+    <w:rsid w:val="00F01FC9"/>
+    <w:rsid w:val="00F050C8"/>
+    <w:rsid w:val="00F05C84"/>
+    <w:rsid w:val="00F11AB6"/>
+    <w:rsid w:val="00F12444"/>
+    <w:rsid w:val="00F14DED"/>
+    <w:rsid w:val="00F22E8B"/>
+    <w:rsid w:val="00F2433B"/>
+    <w:rsid w:val="00F27104"/>
+    <w:rsid w:val="00F3634B"/>
+    <w:rsid w:val="00F41150"/>
+    <w:rsid w:val="00F41465"/>
+    <w:rsid w:val="00F43AC3"/>
+    <w:rsid w:val="00F43D29"/>
+    <w:rsid w:val="00F469BD"/>
+    <w:rsid w:val="00F500C4"/>
+    <w:rsid w:val="00F529CF"/>
+    <w:rsid w:val="00F5693B"/>
+    <w:rsid w:val="00F60E90"/>
+    <w:rsid w:val="00F63A2D"/>
+    <w:rsid w:val="00F7428C"/>
+    <w:rsid w:val="00F75AB9"/>
+    <w:rsid w:val="00F81B97"/>
+    <w:rsid w:val="00F83F99"/>
+    <w:rsid w:val="00F8415E"/>
+    <w:rsid w:val="00F85929"/>
+    <w:rsid w:val="00F873DD"/>
+    <w:rsid w:val="00F91EBE"/>
+    <w:rsid w:val="00FA0D31"/>
+    <w:rsid w:val="00FB3455"/>
+    <w:rsid w:val="00FC1809"/>
+    <w:rsid w:val="00FC2864"/>
+    <w:rsid w:val="00FC7F73"/>
+    <w:rsid w:val="00FD0775"/>
+    <w:rsid w:val="00FD2F33"/>
+    <w:rsid w:val="00FD3D5B"/>
+    <w:rsid w:val="00FE7BB2"/>
+    <w:rsid w:val="00FF0833"/>
+    <w:rsid w:val="00FF11D0"/>
+    <w:rsid w:val="00FF2D1F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="58DCA8F9"/>
+  <w14:docId w14:val="21FDDE13"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{9490BDB8-40DB-4505-92BA-16D388C6A0C2}"/>
+  <w15:docId w15:val="{574E3B61-53AE-4844-BA84-79609E361286}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5252,155 +13983,247 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AD25C7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoSpacing">
-[...3 lines deleted...]
-    <w:rsid w:val="008007C0"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00AD25C7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00AD25C7"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AD25C7"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="008007C0"/>
+    <w:rsid w:val="00AD25C7"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E91CA0"/>
+    <w:rsid w:val="00C76853"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
-    <w:rsid w:val="00E91CA0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C76853"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E91CA0"/>
+    <w:rsid w:val="00C76853"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00E91CA0"/>
+    <w:rsid w:val="00C76853"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007625CB"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B74A55"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BA3CE2"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uka.org.uk/wp-content/uploads/2020/10/Timekeepers%E2%80%99-Code-of-Practice-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.paralympic.org/sites/default/files/2024-03/World%20Para%20Athletics%20Rules%20and%20Regulations_March%202024_0.pdf?_gl=1*1gsnqww*_up*MQ..*_ga*OTU3Mzc1NjUuMTc2NTg4ODc0MA..*_ga_6TNCMVEHQ6*czE3NjU4ODg3MzkkbzEkZzAkdDE3NjU4ODg3MzkkajYwJGwwJGg3NDE1NzkyNDY." TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uka.org.uk/wp-content/uploads/2024/04/UKA-Rulebook_2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5654,75 +14477,416 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010042016E61ECD77C43A7695B35AA3CBE50" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7ba93f8f88841eb3cff025f64eba8e15">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d4e97e60-d57b-46f0-8c68-1d25f9ddb920" xmlns:ns3="d4a48426-97cc-4a61-94fb-56c3682b2352" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d27dee1b152b1d8152a4f34273d6b69c" ns2:_="" ns3:_="">
+    <xsd:import namespace="d4e97e60-d57b-46f0-8c68-1d25f9ddb920"/>
+    <xsd:import namespace="d4a48426-97cc-4a61-94fb-56c3682b2352"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d4e97e60-d57b-46f0-8c68-1d25f9ddb920" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="11" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="14" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="15" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="ec1864b2-1c78-431e-8829-5aec5be41430" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="26" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d4a48426-97cc-4a61-94fb-56c3682b2352" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{cfc8ceca-2b09-4946-bae4-220cf38f94f5}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="d4a48426-97cc-4a61-94fb-56c3682b2352">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d4e97e60-d57b-46f0-8c68-1d25f9ddb920">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d4a48426-97cc-4a61-94fb-56c3682b2352" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9B44A35-878E-4E6C-9CCE-AC023CBE1890}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4BA14698-0379-461A-B71D-9F27728245D3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="d4e97e60-d57b-46f0-8c68-1d25f9ddb920"/>
+    <ds:schemaRef ds:uri="d4a48426-97cc-4a61-94fb-56c3682b2352"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED82ED8B-D36C-4EEC-82F7-6F4C668D9FC8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="d4e97e60-d57b-46f0-8c68-1d25f9ddb920"/>
+    <ds:schemaRef ds:uri="d4a48426-97cc-4a61-94fb-56c3682b2352"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1102</Words>
-  <Characters>6283</Characters>
+  <Words>1300</Words>
+  <Characters>7416</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>14</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>61</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7371</CharactersWithSpaces>
+  <CharactersWithSpaces>8699</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Malcolm Brooks</dc:creator>
+  <dc:creator>Donna BSmith</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010042016E61ECD77C43A7695B35AA3CBE50</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>