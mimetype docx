--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -1414,66 +1414,66 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E3DAA14" w14:textId="77777777" w:rsidR="009071DF" w:rsidRPr="004E0BA6" w:rsidRDefault="009071DF" w:rsidP="009071DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EB2A691" w14:textId="366439D3" w:rsidR="009071DF" w:rsidRPr="004E0BA6" w:rsidRDefault="005A4CCF" w:rsidP="00B00F6F">
+          <w:p w14:paraId="7EB2A691" w14:textId="0DF4E373" w:rsidR="009071DF" w:rsidRPr="004E0BA6" w:rsidRDefault="005A4CCF" w:rsidP="00B00F6F">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E0BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Your time, when compared with photo finish, appears to be short (too fast). Give the two most likely reasons for this happening?</w:t>
+              <w:t>Your time, when compared with photo finish, appears to be short (too fast). Give the most likely reasons for this happening?</w:t>
             </w:r>
             <w:r w:rsidR="002A698A" w:rsidRPr="004E0BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> (1 mark)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="58E2D1E3" w14:textId="77777777" w:rsidTr="002A698A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="585BACC1" w14:textId="51FDA42A" w:rsidR="009071DF" w:rsidRPr="004E0BA6" w:rsidRDefault="009071DF" w:rsidP="009071DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
@@ -4531,69 +4531,61 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E0BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="5932917C" w14:textId="0BCE25D4" w:rsidR="00952E81" w:rsidRPr="004E0BA6" w:rsidRDefault="00D05400" w:rsidP="00762A86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004E0BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00686DBF" w:rsidRPr="004E0BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>t the moment</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> the torso</w:t>
+              <w:t>t the moment the torso</w:t>
             </w:r>
             <w:r w:rsidR="003B70EF" w:rsidRPr="004E0BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> reaches the </w:t>
             </w:r>
             <w:r w:rsidR="009F1A9D" w:rsidRPr="004E0BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>nearer edge of the finish line</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="16728BED" w14:textId="77777777" w:rsidTr="00952E81">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6385D97B" w14:textId="77777777" w:rsidR="00952E81" w:rsidRPr="004E0BA6" w:rsidRDefault="00952E81" w:rsidP="00762A86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
@@ -10201,132 +10193,138 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4659E1ED" w14:textId="77777777" w:rsidR="005A3CFF" w:rsidRPr="004E0BA6" w:rsidRDefault="005A3CFF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005A3CFF" w:rsidRPr="004E0BA6" w:rsidSect="004E0BA6">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2031" w:right="720" w:bottom="284" w:left="720" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="32334BF7" w14:textId="77777777" w:rsidR="00CD6B9F" w:rsidRDefault="00CD6B9F" w:rsidP="00C76853">
+    <w:p w14:paraId="231BE044" w14:textId="77777777" w:rsidR="006956BB" w:rsidRDefault="006956BB" w:rsidP="00C76853">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1E6B58F7" w14:textId="77777777" w:rsidR="00CD6B9F" w:rsidRDefault="00CD6B9F" w:rsidP="00C76853">
+    <w:p w14:paraId="1F28D73F" w14:textId="77777777" w:rsidR="006956BB" w:rsidRDefault="006956BB" w:rsidP="00C76853">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7169EF39" w14:textId="77777777" w:rsidR="00CD6B9F" w:rsidRDefault="00CD6B9F" w:rsidP="00C76853">
+    <w:p w14:paraId="151A14DF" w14:textId="77777777" w:rsidR="006956BB" w:rsidRDefault="006956BB" w:rsidP="00C76853">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="379CFFB4" w14:textId="77777777" w:rsidR="00CD6B9F" w:rsidRDefault="00CD6B9F" w:rsidP="00C76853">
+    <w:p w14:paraId="12781CBD" w14:textId="77777777" w:rsidR="006956BB" w:rsidRDefault="006956BB" w:rsidP="00C76853">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47279D0C" w14:textId="0BEB6B91" w:rsidR="00C76853" w:rsidRDefault="00C76853">
+  <w:p w14:paraId="47279D0C" w14:textId="17C8D089" w:rsidR="00C76853" w:rsidRPr="003E67DB" w:rsidRDefault="00C76853">
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="003E67DB">
       <w:rPr>
         <w:noProof/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E44F07B" wp14:editId="281204BB">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>1600200</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-130175</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="3543300" cy="811274"/>
           <wp:effectExtent l="0" t="0" r="0" b="8255"/>
           <wp:wrapNone/>
           <wp:docPr id="515452057" name="Picture 4" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="824061101" name="Picture 4" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -10344,63 +10342,63 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="3543300" cy="811274"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00837E22">
+    <w:r w:rsidR="00837E22" w:rsidRPr="003E67DB">
       <w:rPr>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Version </w:t>
     </w:r>
-    <w:r w:rsidR="002A467C">
+    <w:r w:rsidR="006D6D96" w:rsidRPr="003E67DB">
       <w:rPr>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>4</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="040C7358"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B492D64A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -12942,51 +12940,51 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1061176365">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="10957527">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="166094896">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1001808457">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="2131437695">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="997198021">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AD25C7"/>
     <w:rsid w:val="00002D06"/>
@@ -12999,93 +12997,96 @@
     <w:rsid w:val="00037AA1"/>
     <w:rsid w:val="00041B40"/>
     <w:rsid w:val="0004788C"/>
     <w:rsid w:val="00050373"/>
     <w:rsid w:val="0005261D"/>
     <w:rsid w:val="00053A4D"/>
     <w:rsid w:val="00054081"/>
     <w:rsid w:val="00082221"/>
     <w:rsid w:val="0008242E"/>
     <w:rsid w:val="00082C1F"/>
     <w:rsid w:val="000861EC"/>
     <w:rsid w:val="00086859"/>
     <w:rsid w:val="00090C67"/>
     <w:rsid w:val="00092FD1"/>
     <w:rsid w:val="0009366E"/>
     <w:rsid w:val="000A0009"/>
     <w:rsid w:val="000A226D"/>
     <w:rsid w:val="000A2DFE"/>
     <w:rsid w:val="000A67F2"/>
     <w:rsid w:val="000B6FC1"/>
     <w:rsid w:val="000C6B33"/>
     <w:rsid w:val="000D1FC3"/>
     <w:rsid w:val="000D6BD4"/>
     <w:rsid w:val="000E0F5D"/>
     <w:rsid w:val="000E3F5E"/>
+    <w:rsid w:val="000E79FF"/>
     <w:rsid w:val="000F0CA9"/>
     <w:rsid w:val="001000DA"/>
     <w:rsid w:val="00100365"/>
     <w:rsid w:val="00107277"/>
     <w:rsid w:val="00111D6E"/>
     <w:rsid w:val="00126DAF"/>
     <w:rsid w:val="00127AE6"/>
     <w:rsid w:val="00135687"/>
+    <w:rsid w:val="001414FA"/>
     <w:rsid w:val="001517CB"/>
     <w:rsid w:val="00154B3A"/>
     <w:rsid w:val="001569C6"/>
     <w:rsid w:val="00161DB0"/>
     <w:rsid w:val="00164404"/>
     <w:rsid w:val="0017144C"/>
     <w:rsid w:val="00172A9A"/>
     <w:rsid w:val="00175A46"/>
     <w:rsid w:val="00181F71"/>
     <w:rsid w:val="00181FD1"/>
     <w:rsid w:val="00182E97"/>
     <w:rsid w:val="001832E2"/>
     <w:rsid w:val="00183C54"/>
     <w:rsid w:val="00192DFC"/>
     <w:rsid w:val="001A6A56"/>
     <w:rsid w:val="001A7CB3"/>
     <w:rsid w:val="001B1819"/>
     <w:rsid w:val="001B4F2F"/>
     <w:rsid w:val="001C4CA5"/>
     <w:rsid w:val="001C56A5"/>
     <w:rsid w:val="001D6A8C"/>
     <w:rsid w:val="001E30D2"/>
     <w:rsid w:val="001E6B7C"/>
     <w:rsid w:val="001E71F7"/>
     <w:rsid w:val="001F7D8D"/>
     <w:rsid w:val="001F7F31"/>
     <w:rsid w:val="00201650"/>
     <w:rsid w:val="00202713"/>
     <w:rsid w:val="00210F4F"/>
     <w:rsid w:val="002139E0"/>
     <w:rsid w:val="002232FC"/>
     <w:rsid w:val="00225910"/>
     <w:rsid w:val="00225CD8"/>
     <w:rsid w:val="00226091"/>
     <w:rsid w:val="0023167C"/>
+    <w:rsid w:val="00233785"/>
     <w:rsid w:val="00233CBE"/>
     <w:rsid w:val="002358B7"/>
     <w:rsid w:val="00237A70"/>
     <w:rsid w:val="0024503F"/>
     <w:rsid w:val="00245701"/>
     <w:rsid w:val="00250526"/>
     <w:rsid w:val="00253715"/>
     <w:rsid w:val="00255084"/>
     <w:rsid w:val="00257706"/>
     <w:rsid w:val="0026150E"/>
     <w:rsid w:val="00261579"/>
     <w:rsid w:val="00262AA5"/>
     <w:rsid w:val="00267091"/>
     <w:rsid w:val="0027257C"/>
     <w:rsid w:val="002725F2"/>
     <w:rsid w:val="00284A22"/>
     <w:rsid w:val="00284F48"/>
     <w:rsid w:val="00294935"/>
     <w:rsid w:val="002A424F"/>
     <w:rsid w:val="002A42AF"/>
     <w:rsid w:val="002A467C"/>
     <w:rsid w:val="002A698A"/>
     <w:rsid w:val="002B1FF2"/>
     <w:rsid w:val="002B229B"/>
     <w:rsid w:val="002B6870"/>
@@ -13096,65 +13097,68 @@
     <w:rsid w:val="002E4527"/>
     <w:rsid w:val="002F4241"/>
     <w:rsid w:val="002F469A"/>
     <w:rsid w:val="003042E7"/>
     <w:rsid w:val="00305E70"/>
     <w:rsid w:val="003140C5"/>
     <w:rsid w:val="00316A9D"/>
     <w:rsid w:val="003233FC"/>
     <w:rsid w:val="00325130"/>
     <w:rsid w:val="0033134B"/>
     <w:rsid w:val="00332FBA"/>
     <w:rsid w:val="00333BE0"/>
     <w:rsid w:val="00340CFC"/>
     <w:rsid w:val="00341AB3"/>
     <w:rsid w:val="00341E6F"/>
     <w:rsid w:val="00354D8F"/>
     <w:rsid w:val="00356E11"/>
     <w:rsid w:val="00357318"/>
     <w:rsid w:val="00360706"/>
     <w:rsid w:val="00363489"/>
     <w:rsid w:val="00363E90"/>
     <w:rsid w:val="00365293"/>
     <w:rsid w:val="003672AE"/>
     <w:rsid w:val="00373C7F"/>
     <w:rsid w:val="00377116"/>
+    <w:rsid w:val="00381D6F"/>
     <w:rsid w:val="00383895"/>
     <w:rsid w:val="003956B8"/>
     <w:rsid w:val="00395704"/>
     <w:rsid w:val="003959EC"/>
     <w:rsid w:val="003A08C3"/>
     <w:rsid w:val="003A19A9"/>
     <w:rsid w:val="003A2BA2"/>
     <w:rsid w:val="003A3C9A"/>
     <w:rsid w:val="003A4EB2"/>
     <w:rsid w:val="003B70EF"/>
     <w:rsid w:val="003B7747"/>
     <w:rsid w:val="003D02AA"/>
     <w:rsid w:val="003D073E"/>
+    <w:rsid w:val="003D4CEB"/>
     <w:rsid w:val="003E1371"/>
     <w:rsid w:val="003E2F93"/>
+    <w:rsid w:val="003E67DB"/>
     <w:rsid w:val="003F10DA"/>
     <w:rsid w:val="003F5C14"/>
     <w:rsid w:val="003F762B"/>
     <w:rsid w:val="004012C6"/>
     <w:rsid w:val="00401A9D"/>
     <w:rsid w:val="0040376C"/>
     <w:rsid w:val="0040403D"/>
     <w:rsid w:val="004162A5"/>
     <w:rsid w:val="0042518B"/>
     <w:rsid w:val="00431AF8"/>
     <w:rsid w:val="0044022E"/>
     <w:rsid w:val="00440321"/>
     <w:rsid w:val="00444A51"/>
     <w:rsid w:val="0044551F"/>
     <w:rsid w:val="0045041C"/>
     <w:rsid w:val="00455038"/>
     <w:rsid w:val="004552DC"/>
     <w:rsid w:val="004568C5"/>
     <w:rsid w:val="00456E39"/>
     <w:rsid w:val="00457102"/>
     <w:rsid w:val="00465739"/>
     <w:rsid w:val="00470EB3"/>
     <w:rsid w:val="004736DA"/>
     <w:rsid w:val="004754E5"/>
     <w:rsid w:val="00484DD8"/>
@@ -13222,60 +13226,62 @@
     <w:rsid w:val="00605BDA"/>
     <w:rsid w:val="006110B7"/>
     <w:rsid w:val="00611547"/>
     <w:rsid w:val="00612470"/>
     <w:rsid w:val="006175CD"/>
     <w:rsid w:val="0062728C"/>
     <w:rsid w:val="00627AD8"/>
     <w:rsid w:val="00630F76"/>
     <w:rsid w:val="006360A6"/>
     <w:rsid w:val="00636FF0"/>
     <w:rsid w:val="00641F26"/>
     <w:rsid w:val="0064298E"/>
     <w:rsid w:val="006538C3"/>
     <w:rsid w:val="006543BF"/>
     <w:rsid w:val="0066176E"/>
     <w:rsid w:val="00666693"/>
     <w:rsid w:val="006673D9"/>
     <w:rsid w:val="006675DA"/>
     <w:rsid w:val="00684C06"/>
     <w:rsid w:val="00685BA4"/>
     <w:rsid w:val="00686DBF"/>
     <w:rsid w:val="00690819"/>
     <w:rsid w:val="00691658"/>
     <w:rsid w:val="006927BB"/>
     <w:rsid w:val="00692F48"/>
+    <w:rsid w:val="006956BB"/>
     <w:rsid w:val="00695923"/>
     <w:rsid w:val="00696F24"/>
     <w:rsid w:val="00697443"/>
     <w:rsid w:val="006A5FA0"/>
     <w:rsid w:val="006B069E"/>
     <w:rsid w:val="006B4C12"/>
     <w:rsid w:val="006B789D"/>
     <w:rsid w:val="006C3131"/>
     <w:rsid w:val="006D1284"/>
     <w:rsid w:val="006D358C"/>
+    <w:rsid w:val="006D6D96"/>
     <w:rsid w:val="006F0716"/>
     <w:rsid w:val="006F593E"/>
     <w:rsid w:val="007054DE"/>
     <w:rsid w:val="00710BF2"/>
     <w:rsid w:val="00712D13"/>
     <w:rsid w:val="00716686"/>
     <w:rsid w:val="00722FD6"/>
     <w:rsid w:val="00725C5D"/>
     <w:rsid w:val="007263A0"/>
     <w:rsid w:val="007272D4"/>
     <w:rsid w:val="007300A0"/>
     <w:rsid w:val="00732F9A"/>
     <w:rsid w:val="007372F6"/>
     <w:rsid w:val="00737EF0"/>
     <w:rsid w:val="00751908"/>
     <w:rsid w:val="00755B56"/>
     <w:rsid w:val="00757FF4"/>
     <w:rsid w:val="007600D2"/>
     <w:rsid w:val="0076061D"/>
     <w:rsid w:val="007625CB"/>
     <w:rsid w:val="0076475B"/>
     <w:rsid w:val="007759EE"/>
     <w:rsid w:val="00775CE2"/>
     <w:rsid w:val="0077731C"/>
     <w:rsid w:val="00777E4C"/>
@@ -13343,50 +13349,51 @@
     <w:rsid w:val="008E5388"/>
     <w:rsid w:val="008F1E94"/>
     <w:rsid w:val="008F4562"/>
     <w:rsid w:val="008F49E9"/>
     <w:rsid w:val="008F6E5F"/>
     <w:rsid w:val="00900CA0"/>
     <w:rsid w:val="009031B0"/>
     <w:rsid w:val="00904C5E"/>
     <w:rsid w:val="009056E1"/>
     <w:rsid w:val="009069DE"/>
     <w:rsid w:val="009071DF"/>
     <w:rsid w:val="00910A83"/>
     <w:rsid w:val="00912D49"/>
     <w:rsid w:val="00913500"/>
     <w:rsid w:val="00913922"/>
     <w:rsid w:val="00917416"/>
     <w:rsid w:val="00920839"/>
     <w:rsid w:val="009269AB"/>
     <w:rsid w:val="00945BDA"/>
     <w:rsid w:val="00946632"/>
     <w:rsid w:val="00947792"/>
     <w:rsid w:val="00952E81"/>
     <w:rsid w:val="009536DD"/>
     <w:rsid w:val="00954F5F"/>
     <w:rsid w:val="00963550"/>
+    <w:rsid w:val="009646B4"/>
     <w:rsid w:val="0096478A"/>
     <w:rsid w:val="0097319B"/>
     <w:rsid w:val="0097337B"/>
     <w:rsid w:val="00973E3E"/>
     <w:rsid w:val="00991D1A"/>
     <w:rsid w:val="0099583E"/>
     <w:rsid w:val="009A266F"/>
     <w:rsid w:val="009A3D94"/>
     <w:rsid w:val="009A4C75"/>
     <w:rsid w:val="009A645F"/>
     <w:rsid w:val="009B2652"/>
     <w:rsid w:val="009B3F4E"/>
     <w:rsid w:val="009C0705"/>
     <w:rsid w:val="009C0F68"/>
     <w:rsid w:val="009C13B4"/>
     <w:rsid w:val="009D0046"/>
     <w:rsid w:val="009D514E"/>
     <w:rsid w:val="009E0E49"/>
     <w:rsid w:val="009E664A"/>
     <w:rsid w:val="009F1A9D"/>
     <w:rsid w:val="009F1C49"/>
     <w:rsid w:val="009F483E"/>
     <w:rsid w:val="009F5486"/>
     <w:rsid w:val="009F6B6F"/>
     <w:rsid w:val="00A03D37"/>
@@ -14855,78 +14862,78 @@
     <ds:schemaRef ds:uri="d4e97e60-d57b-46f0-8c68-1d25f9ddb920"/>
     <ds:schemaRef ds:uri="d4a48426-97cc-4a61-94fb-56c3682b2352"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED82ED8B-D36C-4EEC-82F7-6F4C668D9FC8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="d4e97e60-d57b-46f0-8c68-1d25f9ddb920"/>
     <ds:schemaRef ds:uri="d4a48426-97cc-4a61-94fb-56c3682b2352"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1301</Words>
-  <Characters>7416</Characters>
+  <Words>1300</Words>
+  <Characters>7413</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>61</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8700</CharactersWithSpaces>
+  <CharactersWithSpaces>8696</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Donna BSmith</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010042016E61ECD77C43A7695B35AA3CBE50</vt:lpwstr>
   </property>