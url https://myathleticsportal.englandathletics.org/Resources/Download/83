--- v0 (2025-10-13)
+++ v1 (2026-02-27)
@@ -8,2892 +8,2599 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="24F16627" w14:textId="77777777" w:rsidR="00BA5A4A" w:rsidRPr="00FA0313" w:rsidRDefault="00BA5A4A" w:rsidP="00AE391D">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="1610FCE2" w14:textId="4D4A86BD" w:rsidR="00F4729B" w:rsidRPr="00A77001" w:rsidRDefault="00604F73" w:rsidP="00056C5F">
+      <w:pPr>
         <w:ind w:left="-1134" w:right="-1416" w:hanging="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="16"/>
-[...2 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77001">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>FEEDBACK</w:t>
+      </w:r>
+      <w:r w:rsidR="00F4729B" w:rsidRPr="00A77001">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00056C5F" w:rsidRPr="00A77001">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">BY </w:t>
+      </w:r>
+      <w:r w:rsidR="004D4390" w:rsidRPr="00A77001">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77001">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LEVEL 3 OR 4 OFFICIAL, OR A </w:t>
+      </w:r>
+      <w:r w:rsidR="004D4390" w:rsidRPr="00A77001">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>LEVEL 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7709" w:rsidRPr="00A77001">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1610FCE2" w14:textId="5D86E919" w:rsidR="00F4729B" w:rsidRDefault="00604F73" w:rsidP="00056C5F">
+    <w:p w14:paraId="6CC1D544" w14:textId="128129D9" w:rsidR="007F0C09" w:rsidRPr="00A77001" w:rsidRDefault="000B6156" w:rsidP="00604F73">
       <w:pPr>
         <w:ind w:left="-1134" w:right="-1416" w:hanging="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77001">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve">WITH </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7709" w:rsidRPr="00A77001">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>2+</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30439" w:rsidRPr="00A77001">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00056C5F">
-        <w:rPr>
+      <w:r w:rsidR="00EC7709" w:rsidRPr="00A77001">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>YEARS</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77001">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7709" w:rsidRPr="00A77001">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> EXPERIEN</w:t>
+      </w:r>
+      <w:r w:rsidR="004D4390" w:rsidRPr="00A77001">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>CE</w:t>
+      </w:r>
+      <w:r w:rsidR="00A82A1C" w:rsidRPr="00A77001">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CC1D544" w14:textId="1C146619" w:rsidR="007F0C09" w:rsidRDefault="000B6156" w:rsidP="00604F73">
+    <w:p w14:paraId="72584B5B" w14:textId="77777777" w:rsidR="009D394B" w:rsidRPr="00A77001" w:rsidRDefault="009D394B" w:rsidP="00604F73">
       <w:pPr>
         <w:ind w:left="-1134" w:right="-1416" w:hanging="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...66 lines deleted...]
-          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="GridTable6Colourful"/>
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:tblStyle w:val="GridTable6Colorful"/>
+        <w:tblW w:w="5483" w:type="pct"/>
+        <w:tblInd w:w="-1079" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3864"/>
-        <w:gridCol w:w="7454"/>
+        <w:gridCol w:w="3343"/>
+        <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CC3856" w:rsidRPr="007D13FC" w14:paraId="5A82A967" w14:textId="77777777" w:rsidTr="000C06F3">
+      <w:tr w:rsidR="00CC3856" w:rsidRPr="00A77001" w14:paraId="5A82A967" w14:textId="77777777" w:rsidTr="0013518A">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="447"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1707" w:type="pct"/>
+            <w:tcW w:w="1560" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A628FA2" w14:textId="3EB3CEF7" w:rsidR="00CC3856" w:rsidRPr="009D394B" w:rsidRDefault="00CC3856" w:rsidP="00E07896">
+          <w:p w14:paraId="4A628FA2" w14:textId="05064744" w:rsidR="00CC3856" w:rsidRPr="00A77001" w:rsidRDefault="00CC3856" w:rsidP="00E07896">
             <w:pPr>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009D394B">
-[...4 lines deleted...]
-              <w:t>Name of Official:</w:t>
+            <w:r w:rsidRPr="00A77001">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Name of </w:t>
+            </w:r>
+            <w:r w:rsidR="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A77001">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>fficial:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3293" w:type="pct"/>
+            <w:tcW w:w="3440" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3473D36C" w14:textId="77777777" w:rsidR="00CC3856" w:rsidRPr="007D13FC" w:rsidRDefault="00CC3856" w:rsidP="00E07896"/>
+          <w:p w14:paraId="3473D36C" w14:textId="77777777" w:rsidR="00CC3856" w:rsidRPr="00A77001" w:rsidRDefault="00CC3856" w:rsidP="00E07896">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D4390" w:rsidRPr="007D13FC" w14:paraId="126AA1EE" w14:textId="77777777" w:rsidTr="000C06F3">
+      <w:tr w:rsidR="004D4390" w:rsidRPr="00A77001" w14:paraId="126AA1EE" w14:textId="77777777" w:rsidTr="0013518A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="465"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1707" w:type="pct"/>
+            <w:tcW w:w="1560" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61A9C615" w14:textId="619EE481" w:rsidR="004D4390" w:rsidRPr="009D394B" w:rsidRDefault="00CC3856" w:rsidP="00E07896">
+          <w:p w14:paraId="61A9C615" w14:textId="619EE481" w:rsidR="004D4390" w:rsidRPr="00A77001" w:rsidRDefault="00CC3856" w:rsidP="00E07896">
             <w:pPr>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009D394B">
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00A77001">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
               <w:t>Licence Number</w:t>
             </w:r>
-            <w:r w:rsidR="00D71F70" w:rsidRPr="009D394B">
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="00D71F70" w:rsidRPr="00A77001">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
               <w:t xml:space="preserve"> (URN)</w:t>
             </w:r>
-            <w:r w:rsidRPr="009D394B">
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00A77001">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3293" w:type="pct"/>
+            <w:tcW w:w="3440" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49210286" w14:textId="77777777" w:rsidR="004D4390" w:rsidRPr="007D13FC" w:rsidRDefault="004D4390" w:rsidP="00E07896"/>
+          <w:p w14:paraId="49210286" w14:textId="77777777" w:rsidR="004D4390" w:rsidRPr="00A77001" w:rsidRDefault="004D4390" w:rsidP="00E07896">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC3856" w:rsidRPr="007D13FC" w14:paraId="5B207FA4" w14:textId="77777777" w:rsidTr="000C06F3">
+      <w:tr w:rsidR="00CC3856" w:rsidRPr="00A77001" w14:paraId="5B207FA4" w14:textId="77777777" w:rsidTr="0013518A">
         <w:trPr>
-          <w:trHeight w:val="413"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1707" w:type="pct"/>
+            <w:tcW w:w="1560" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FD2D35F" w14:textId="4D7B5775" w:rsidR="00CC3856" w:rsidRPr="009D394B" w:rsidRDefault="00CC3856" w:rsidP="00CC3856">
+          <w:p w14:paraId="1FD2D35F" w14:textId="6BF298AD" w:rsidR="00CC3856" w:rsidRPr="00A77001" w:rsidRDefault="0013518A" w:rsidP="00CC3856">
             <w:pPr>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009D394B">
-[...4 lines deleted...]
-              <w:t>Area / Home Country</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>Email address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3293" w:type="pct"/>
+            <w:tcW w:w="3440" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A1AA45E" w14:textId="77777777" w:rsidR="00CC3856" w:rsidRPr="007D13FC" w:rsidRDefault="00CC3856" w:rsidP="00CC3856"/>
+          <w:p w14:paraId="2A1AA45E" w14:textId="77777777" w:rsidR="00CC3856" w:rsidRPr="00A77001" w:rsidRDefault="00CC3856" w:rsidP="00CC3856">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC3856" w:rsidRPr="007D13FC" w14:paraId="6B2A4BC7" w14:textId="77777777" w:rsidTr="000C06F3">
+      <w:tr w:rsidR="00CC3856" w:rsidRPr="00A77001" w14:paraId="6B2A4BC7" w14:textId="77777777" w:rsidTr="0013518A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="488"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1707" w:type="pct"/>
+            <w:tcW w:w="1560" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08CD9A16" w14:textId="05AB89BD" w:rsidR="00CC3856" w:rsidRPr="009D394B" w:rsidRDefault="00CC3856" w:rsidP="00CC3856">
+          <w:p w14:paraId="08CD9A16" w14:textId="05AB89BD" w:rsidR="00CC3856" w:rsidRPr="00A77001" w:rsidRDefault="00CC3856" w:rsidP="00CC3856">
             <w:pPr>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009D394B">
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00A77001">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
               <w:t>Meeting</w:t>
             </w:r>
-            <w:r w:rsidR="00FA244D" w:rsidRPr="009D394B">
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="00FA244D" w:rsidRPr="00A77001">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidR="004D609F" w:rsidRPr="009D394B">
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="004D609F" w:rsidRPr="00A77001">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
-            <w:r w:rsidR="00FA244D" w:rsidRPr="009D394B">
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="00FA244D" w:rsidRPr="00A77001">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidR="004D609F" w:rsidRPr="009D394B">
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="004D609F" w:rsidRPr="00A77001">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
               <w:t>Venue</w:t>
             </w:r>
-            <w:r w:rsidRPr="009D394B">
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00A77001">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3293" w:type="pct"/>
+            <w:tcW w:w="3440" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="529CF9DC" w14:textId="77777777" w:rsidR="00CC3856" w:rsidRPr="007D13FC" w:rsidRDefault="00CC3856" w:rsidP="00CC3856"/>
+          <w:p w14:paraId="529CF9DC" w14:textId="77777777" w:rsidR="00CC3856" w:rsidRPr="00A77001" w:rsidRDefault="00CC3856" w:rsidP="00CC3856">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC3856" w:rsidRPr="007D13FC" w14:paraId="50FDDAAA" w14:textId="77777777" w:rsidTr="00634672">
+      <w:tr w:rsidR="00CC3856" w:rsidRPr="00A77001" w14:paraId="50FDDAAA" w14:textId="77777777" w:rsidTr="0013518A">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="467"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1707" w:type="pct"/>
+            <w:tcW w:w="1560" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A3EAD28" w14:textId="7718EA57" w:rsidR="00CC3856" w:rsidRPr="009D394B" w:rsidRDefault="00CC3856" w:rsidP="00CC3856">
+          <w:p w14:paraId="3A3EAD28" w14:textId="60474E8A" w:rsidR="00CC3856" w:rsidRPr="00A77001" w:rsidRDefault="00CC3856" w:rsidP="00CC3856">
             <w:pPr>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009D394B">
-[...4 lines deleted...]
-              <w:t>Name of Feedback Official:</w:t>
+            <w:r w:rsidRPr="00A77001">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Name of </w:t>
+            </w:r>
+            <w:r w:rsidR="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>f</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A77001">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eedback </w:t>
+            </w:r>
+            <w:r w:rsidR="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A77001">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>fficial:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3293" w:type="pct"/>
+            <w:tcW w:w="3440" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1185B1AC" w14:textId="210809D9" w:rsidR="00CC3856" w:rsidRPr="007D13FC" w:rsidRDefault="00B10AC9" w:rsidP="00CC3856">
-[...5 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1185B1AC" w14:textId="2FD97775" w:rsidR="00CC3856" w:rsidRPr="00A77001" w:rsidRDefault="00CC3856" w:rsidP="00CC3856">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="44105333" w14:textId="77777777" w:rsidR="0073384D" w:rsidRDefault="0073384D" w:rsidP="001F6756">
+    <w:p w14:paraId="44105333" w14:textId="77777777" w:rsidR="0073384D" w:rsidRPr="00A77001" w:rsidRDefault="0073384D" w:rsidP="001F6756">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32660269" w14:textId="0B54821D" w:rsidR="009D394B" w:rsidRDefault="00B734FB" w:rsidP="001F6756">
-      <w:pPr>
+    <w:p w14:paraId="434F75DD" w14:textId="77777777" w:rsidR="00C3108B" w:rsidRPr="0013518A" w:rsidRDefault="00C3108B" w:rsidP="0013518A">
+      <w:pPr>
+        <w:ind w:left="-1134"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0013518A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve">Feedback official to indicate yes or no for each subject area and provide </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A69669E" w14:textId="77777777" w:rsidR="00C3108B" w:rsidRPr="0013518A" w:rsidRDefault="00C3108B" w:rsidP="0013518A">
+      <w:pPr>
+        <w:ind w:left="-1134"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0013518A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> in each section</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">supportive and constructive feedback in the comments box </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3731E9AE" w14:textId="7FA1236A" w:rsidR="00056C5F" w:rsidRPr="00FA0313" w:rsidRDefault="00056C5F" w:rsidP="001F6756">
+    <w:p w14:paraId="3731E9AE" w14:textId="7FA1236A" w:rsidR="00056C5F" w:rsidRPr="00A77001" w:rsidRDefault="00056C5F" w:rsidP="001F6756">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:iCs/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="GridTable6Colourful"/>
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:tblStyle w:val="GridTable6Colorful"/>
+        <w:tblW w:w="5482" w:type="pct"/>
+        <w:tblInd w:w="-1078" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7791"/>
-        <w:gridCol w:w="3527"/>
+        <w:gridCol w:w="8587"/>
+        <w:gridCol w:w="2125"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC1A08" w:rsidRPr="007D13FC" w14:paraId="7C86DBA8" w14:textId="77777777" w:rsidTr="00EC1A08">
+      <w:tr w:rsidR="00EC1A08" w:rsidRPr="00A77001" w14:paraId="7C86DBA8" w14:textId="77777777" w:rsidTr="0013518A">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="337"/>
-          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="064E14F6" w14:textId="27F58A69" w:rsidR="00EC1A08" w:rsidRPr="0013518A" w:rsidRDefault="00EC1A08" w:rsidP="00EC1A08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SUBJECT AREA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0013518A" w:rsidRPr="00A77001" w14:paraId="6E40B86C" w14:textId="77777777" w:rsidTr="0013518A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4008" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78283664" w14:textId="2C49FDCD" w:rsidR="00DA3DE2" w:rsidRPr="0013518A" w:rsidRDefault="00DA3DE2" w:rsidP="004323E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Good application / knowledge of main rules    </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="992" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39BBA1F3" w14:textId="09B3D4EC" w:rsidR="00DA3DE2" w:rsidRPr="0013518A" w:rsidRDefault="00DA3DE2" w:rsidP="004323E2">
+            <w:pPr>
+              <w:ind w:right="301"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">|  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0013518A" w:rsidRPr="00A77001" w14:paraId="297BD969" w14:textId="77777777" w:rsidTr="0013518A">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4008" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43EFFC92" w14:textId="50A2550A" w:rsidR="00DA3DE2" w:rsidRPr="0013518A" w:rsidRDefault="00DA3DE2" w:rsidP="004323E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Positive engagement with others e.g. athletes, coaches, parents, fellow officials  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="992" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68B95842" w14:textId="2C393988" w:rsidR="00DA3DE2" w:rsidRPr="0013518A" w:rsidRDefault="00DA3DE2" w:rsidP="004323E2">
+            <w:pPr>
+              <w:ind w:right="301"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yes   |   No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA3DE2" w:rsidRPr="00A77001" w14:paraId="0037CDB3" w14:textId="77777777" w:rsidTr="0013518A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4008" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56B2C3CE" w14:textId="1FF03B3A" w:rsidR="00DA3DE2" w:rsidRPr="0013518A" w:rsidRDefault="00DA3DE2" w:rsidP="004323E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Competent performance of duties allocated</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="992" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="230E8CAF" w14:textId="50F1E383" w:rsidR="00DA3DE2" w:rsidRPr="0013518A" w:rsidRDefault="00DA3DE2" w:rsidP="004323E2">
+            <w:pPr>
+              <w:ind w:right="301"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yes   |   No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA3DE2" w:rsidRPr="00A77001" w14:paraId="3A14E487" w14:textId="77777777" w:rsidTr="0013518A">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4008" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6065BE24" w14:textId="74CEF836" w:rsidR="00DA3DE2" w:rsidRPr="0013518A" w:rsidRDefault="00DA3DE2" w:rsidP="004323E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Works effectively as a team member  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="992" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A3C65A9" w14:textId="507E6949" w:rsidR="00DA3DE2" w:rsidRPr="0013518A" w:rsidRDefault="00DA3DE2" w:rsidP="004323E2">
+            <w:pPr>
+              <w:ind w:right="301"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yes   |   No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA3DE2" w:rsidRPr="00A77001" w14:paraId="229A793F" w14:textId="77777777" w:rsidTr="0013518A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4008" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D7EDE69" w14:textId="6C741ECD" w:rsidR="00DA3DE2" w:rsidRPr="0013518A" w:rsidRDefault="00DA3DE2" w:rsidP="004323E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Active shadowing of an event leader/chief judge/referee</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="992" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27271D44" w14:textId="12B79223" w:rsidR="00DA3DE2" w:rsidRPr="0013518A" w:rsidRDefault="00DA3DE2" w:rsidP="004323E2">
+            <w:pPr>
+              <w:ind w:right="301"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yes   |   No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B01381" w:rsidRPr="00A77001" w14:paraId="2B999E46" w14:textId="77777777" w:rsidTr="0013518A">
+        <w:trPr>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79288856" w14:textId="51E9B298" w:rsidR="009D394B" w:rsidRPr="0013518A" w:rsidRDefault="00DA3DE2" w:rsidP="0013518A">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please provide supportive/constructive feedback on the above subject areas </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1289FC9D" w14:textId="27CAD8BE" w:rsidR="009D394B" w:rsidRPr="0013518A" w:rsidRDefault="009D394B" w:rsidP="0013518A">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:ind w:hanging="333"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06E67A60" w14:textId="77777777" w:rsidR="00DA3DE2" w:rsidRPr="0013518A" w:rsidRDefault="00DA3DE2" w:rsidP="0013518A">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:ind w:hanging="333"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E605090" w14:textId="77777777" w:rsidR="00DA3DE2" w:rsidRPr="0013518A" w:rsidRDefault="00DA3DE2" w:rsidP="0013518A">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:ind w:hanging="333"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03A0AADE" w14:textId="77777777" w:rsidR="00DA3DE2" w:rsidRPr="0013518A" w:rsidRDefault="00DA3DE2" w:rsidP="0013518A">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:ind w:hanging="333"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D0BDFE8" w14:textId="1CA829EB" w:rsidR="00DA3DE2" w:rsidRPr="0013518A" w:rsidRDefault="00DA3DE2" w:rsidP="00DA3DE2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:ind w:hanging="333"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="245E569C" w14:textId="50C40A4C" w:rsidR="00A77001" w:rsidRPr="0013518A" w:rsidRDefault="00A77001">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="GridTable6Colorful"/>
+        <w:tblW w:w="5485" w:type="pct"/>
+        <w:tblInd w:w="-1083" w:type="dxa"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8592"/>
+        <w:gridCol w:w="2126"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F60742" w:rsidRPr="00A77001" w14:paraId="2ADA9D4A" w14:textId="77777777" w:rsidTr="0013518A">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CAB1893" w14:textId="20215A2A" w:rsidR="00F60742" w:rsidRPr="0013518A" w:rsidRDefault="00C3108B" w:rsidP="00F60742">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FOR </w:t>
+            </w:r>
+            <w:r w:rsidR="00F60742" w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FIELD ONLY </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60742" w:rsidRPr="00A77001" w14:paraId="092D87E6" w14:textId="77777777" w:rsidTr="0013518A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4008" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B19C77A" w14:textId="14D82507" w:rsidR="00F60742" w:rsidRPr="0013518A" w:rsidRDefault="00F60742" w:rsidP="00F60742">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00C3108B" w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>lways a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>cknowledges warning horn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="992" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="489B4EDE" w14:textId="78857194" w:rsidR="00F60742" w:rsidRPr="0013518A" w:rsidRDefault="00DA3DE2" w:rsidP="00C3108B">
+            <w:pPr>
+              <w:ind w:right="301"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yes   |   No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60742" w:rsidRPr="00A77001" w14:paraId="5626E179" w14:textId="77777777" w:rsidTr="0013518A">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4008" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55F941BE" w14:textId="234BB8C1" w:rsidR="00F60742" w:rsidRPr="0013518A" w:rsidRDefault="00F60742" w:rsidP="00F60742">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Always faces cage/runway/circle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="992" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E74E94C" w14:textId="277E8019" w:rsidR="00F60742" w:rsidRPr="0013518A" w:rsidRDefault="00DA3DE2" w:rsidP="00C3108B">
+            <w:pPr>
+              <w:ind w:right="301"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yes   |   No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60742" w:rsidRPr="00A77001" w14:paraId="744851A4" w14:textId="77777777" w:rsidTr="0013518A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4008" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="66997FB3" w14:textId="1BF4C993" w:rsidR="00C3108B" w:rsidRPr="0013518A" w:rsidRDefault="00F60742" w:rsidP="0013518A">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Understands process of the lead official for all throws events</w:t>
+            </w:r>
+            <w:r w:rsidR="00C3108B" w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45B63618" w14:textId="6C385827" w:rsidR="00C3108B" w:rsidRPr="0013518A" w:rsidRDefault="00F60742" w:rsidP="00F60742">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(1) call athlete(s) up</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04DD80A3" w14:textId="77777777" w:rsidR="00C3108B" w:rsidRPr="0013518A" w:rsidRDefault="00F60742" w:rsidP="00F60742">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(2) blow warning horn (long-throw events only) or signal to all sector judges</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="431B57AF" w14:textId="77777777" w:rsidR="00C3108B" w:rsidRPr="0013518A" w:rsidRDefault="00F60742" w:rsidP="00F60742">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(3) receive acknowledgement by all sector judges</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FB675D7" w14:textId="5F0E4FE1" w:rsidR="00F60742" w:rsidRPr="0013518A" w:rsidRDefault="00F60742" w:rsidP="00F60742">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(4) allow athlete to proceed onto runway/into cage or circle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="992" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BF9AC00" w14:textId="02F487FE" w:rsidR="00F60742" w:rsidRPr="0013518A" w:rsidRDefault="00DA3DE2" w:rsidP="00C3108B">
+            <w:pPr>
+              <w:ind w:right="301"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yes   |   No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60742" w:rsidRPr="00A77001" w14:paraId="77ADAB43" w14:textId="77777777" w:rsidTr="0013518A">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="742FF117" w14:textId="77777777" w:rsidR="00C3108B" w:rsidRPr="0013518A" w:rsidRDefault="00C3108B" w:rsidP="0013518A">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Any additional comments </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21A1E256" w14:textId="77777777" w:rsidR="0013518A" w:rsidRPr="0013518A" w:rsidRDefault="0013518A" w:rsidP="0013518A">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="461D936E" w14:textId="3A8CAF76" w:rsidR="0013518A" w:rsidRPr="0013518A" w:rsidRDefault="0013518A" w:rsidP="0013518A">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0013518A" w:rsidRPr="00A77001" w14:paraId="28347BFD" w14:textId="77777777" w:rsidTr="0013518A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="064E14F6" w14:textId="27F58A69" w:rsidR="00EC1A08" w:rsidRPr="00EC1A08" w:rsidRDefault="00EC1A08" w:rsidP="00EC1A08">
+          <w:p w14:paraId="792F5749" w14:textId="5BA12CA4" w:rsidR="0013518A" w:rsidRPr="0013518A" w:rsidRDefault="0013518A" w:rsidP="004323E2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b w:val="0"/>
-                <w:bCs w:val="0"/>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009D394B">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">SUBJECT AREA </w:t>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>FOR TIM</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KEEPING ONLY </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1A08" w:rsidRPr="007D13FC" w14:paraId="437101C7" w14:textId="77777777" w:rsidTr="00EC1A08">
+      <w:tr w:rsidR="00C3108B" w:rsidRPr="00A77001" w14:paraId="17D04A57" w14:textId="77777777" w:rsidTr="0013518A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5000" w:type="pct"/>
-[...141 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4008" w:type="pct"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05EFA867" w14:textId="052FA29B" w:rsidR="00D51115" w:rsidRPr="009D394B" w:rsidRDefault="009D394B" w:rsidP="00D51115">
+          <w:p w14:paraId="0D2E4FD5" w14:textId="3A99E526" w:rsidR="00C3108B" w:rsidRPr="0013518A" w:rsidRDefault="00C3108B" w:rsidP="004323E2">
             <w:pPr>
               <w:rPr>
-                <w:b w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...401 lines deleted...]
-              <w:t>Acknowledges warning horn</w:t>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Photofinish or manual analysis (please indicate which)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1558" w:type="pct"/>
+            <w:tcW w:w="992" w:type="pct"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="489B4EDE" w14:textId="5CB357C6" w:rsidR="00F60742" w:rsidRPr="007D13FC" w:rsidRDefault="00F60742" w:rsidP="00F60742">
+          <w:p w14:paraId="44B967CF" w14:textId="2A572673" w:rsidR="00C3108B" w:rsidRPr="0013518A" w:rsidRDefault="00C3108B" w:rsidP="004323E2">
             <w:pPr>
+              <w:ind w:right="301"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PF </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA3DE2" w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> | </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> manual</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F60742" w:rsidRPr="007D13FC" w14:paraId="5626E179" w14:textId="77777777" w:rsidTr="003A1CE6">
+      <w:tr w:rsidR="00C3108B" w:rsidRPr="00A77001" w14:paraId="5E8E9889" w14:textId="77777777" w:rsidTr="0013518A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3442" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:tcW w:w="4008" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55F941BE" w14:textId="234BB8C1" w:rsidR="00F60742" w:rsidRDefault="00F60742" w:rsidP="00F60742">
-[...5 lines deleted...]
-              <w:t>Always faces cage/runway/circle</w:t>
+          <w:p w14:paraId="6549B52E" w14:textId="79EEB551" w:rsidR="00C3108B" w:rsidRPr="0013518A" w:rsidRDefault="00C3108B" w:rsidP="00C3108B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Was the accuracy of times within 0.10secs, 80% or above</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1558" w:type="pct"/>
-[...58 lines deleted...]
-            <w:tcW w:w="1558" w:type="pct"/>
+            <w:tcW w:w="992" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BF9AC00" w14:textId="2205177B" w:rsidR="00F60742" w:rsidRPr="007D13FC" w:rsidRDefault="00F60742" w:rsidP="00F60742">
+          <w:p w14:paraId="57B8908F" w14:textId="578365EB" w:rsidR="00C3108B" w:rsidRPr="0013518A" w:rsidRDefault="00DA3DE2" w:rsidP="00C3108B">
             <w:pPr>
+              <w:ind w:right="301"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...67 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="0013518A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yes   |   No</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...548 lines deleted...]
-    <w:p w14:paraId="605FF3FC" w14:textId="77777777" w:rsidR="00C30439" w:rsidRDefault="00C30439" w:rsidP="00EE6629">
+    <w:p w14:paraId="605FF3FC" w14:textId="77777777" w:rsidR="00C30439" w:rsidRPr="00A77001" w:rsidRDefault="00C30439" w:rsidP="00EE6629">
       <w:pPr>
         <w:ind w:left="-1276" w:right="-993"/>
         <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="045A4EF3" w14:textId="178C0582" w:rsidR="00E9769B" w:rsidRDefault="003E7A39" w:rsidP="0024008B">
+    <w:p w14:paraId="1C57C8ED" w14:textId="4A2DFEAD" w:rsidR="0024008B" w:rsidRPr="0013518A" w:rsidRDefault="003E7A39" w:rsidP="000E2FF2">
       <w:pPr>
         <w:ind w:left="-1276" w:right="-993"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0013518A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A copy should be sent to the candidate </w:t>
+      </w:r>
+      <w:r w:rsidR="00746BA6" w:rsidRPr="0013518A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0013518A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00E72387" w:rsidRPr="0013518A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>County Officials</w:t>
+        </w:r>
+        <w:r w:rsidR="00A77001" w:rsidRPr="0013518A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>’</w:t>
+        </w:r>
+        <w:r w:rsidR="00E72387" w:rsidRPr="0013518A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Secretary</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E72387" w:rsidRPr="0013518A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (COfSec)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30158750" w14:textId="0AA848B2" w:rsidR="00773A03" w:rsidRPr="00A77001" w:rsidRDefault="00773A03" w:rsidP="00773A03">
+      <w:pPr>
+        <w:ind w:left="-1276"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009D394B">
-        <w:rPr>
+      <w:r w:rsidRPr="00A77001">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">A copy should be sent to the candidate </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Guidance Notes </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE6629" w:rsidRPr="00A77001">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>and the</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">for Officials completing the feedback sheet </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E4F3027" w14:textId="77777777" w:rsidR="003A1CE6" w:rsidRPr="00A77001" w:rsidRDefault="003A1CE6" w:rsidP="000E2FF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...23 lines deleted...]
-      </w:r>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C57C8ED" w14:textId="77777777" w:rsidR="0024008B" w:rsidRPr="009D394B" w:rsidRDefault="0024008B" w:rsidP="0024008B">
-[...55 lines deleted...]
-    <w:p w14:paraId="19CAB396" w14:textId="22CF02DF" w:rsidR="003A1CE6" w:rsidRPr="00CC435A" w:rsidRDefault="00081A97" w:rsidP="003A1CE6">
+    <w:p w14:paraId="7C39C5B6" w14:textId="0DBF9065" w:rsidR="003A1CE6" w:rsidRPr="000E2FF2" w:rsidRDefault="00081A97" w:rsidP="007B25DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="26"/>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="-284" w:right="849" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC435A">
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
-      <w:r w:rsidR="00B36BB7" w:rsidRPr="00CC435A">
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidR="00B36BB7" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC435A">
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>inimum of 1 feedback sheet</w:t>
       </w:r>
-      <w:r w:rsidR="00B36BB7" w:rsidRPr="00CC435A">
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidR="00B36BB7" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve"> should be </w:t>
       </w:r>
-      <w:r w:rsidR="00024189" w:rsidRPr="00CC435A">
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidR="00024189" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>completed</w:t>
       </w:r>
-      <w:r w:rsidR="00B36BB7" w:rsidRPr="00CC435A">
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidR="00B36BB7" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C66085" w:rsidRPr="00CC435A">
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidR="00C66085" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>to upgrade</w:t>
       </w:r>
-      <w:r w:rsidR="00B36BB7" w:rsidRPr="00CC435A">
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidR="00B36BB7" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve"> to Level </w:t>
       </w:r>
-      <w:r w:rsidR="00C30439" w:rsidRPr="00CC435A">
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidR="00C30439" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
+      <w:r w:rsidR="00A77001" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7C39C5B6" w14:textId="77777777" w:rsidR="003A1CE6" w:rsidRPr="00CC435A" w:rsidRDefault="003A1CE6" w:rsidP="00D93415">
-[...9 lines deleted...]
-    <w:p w14:paraId="312BA801" w14:textId="7A87FDAA" w:rsidR="0015566A" w:rsidRPr="00CC435A" w:rsidRDefault="00EE6629" w:rsidP="00516DD5">
+    <w:p w14:paraId="1DE9DEE2" w14:textId="09131C5B" w:rsidR="003A1CE6" w:rsidRPr="000E2FF2" w:rsidRDefault="00EE6629" w:rsidP="007B25DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="26"/>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="-284" w:right="849" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC435A">
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>Should an official ask for some</w:t>
       </w:r>
-      <w:r w:rsidR="00A073BF" w:rsidRPr="00CC435A">
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidR="00A073BF" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve"> feedback on a particular dut</w:t>
       </w:r>
-      <w:r w:rsidR="003B13D8" w:rsidRPr="00CC435A">
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidR="003B13D8" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve">y or area, then this </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC435A">
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve">can be included alongside all other duties carried out </w:t>
       </w:r>
-      <w:r w:rsidR="00C66085" w:rsidRPr="00CC435A">
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidR="00C66085" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>on the day</w:t>
       </w:r>
+      <w:r w:rsidR="00A77001" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1DE9DEE2" w14:textId="77777777" w:rsidR="003A1CE6" w:rsidRPr="00CC435A" w:rsidRDefault="003A1CE6" w:rsidP="003A1CE6">
-[...10 lines deleted...]
-    <w:p w14:paraId="5D04057D" w14:textId="2F7E641A" w:rsidR="003A1CE6" w:rsidRPr="00CC435A" w:rsidRDefault="009B073F" w:rsidP="00806695">
+    <w:p w14:paraId="0C52DACC" w14:textId="3D33823C" w:rsidR="009D6DCE" w:rsidRPr="000E2FF2" w:rsidRDefault="009B073F" w:rsidP="007B25DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="26"/>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="-284" w:right="849" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC435A">
-[...13 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There is no limit to the number of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C3108B" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t xml:space="preserve">feedback </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t>sheet</w:t>
+      </w:r>
+      <w:r w:rsidR="00C36E87" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC435A">
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve"> an official</w:t>
       </w:r>
-      <w:r w:rsidR="00C36E87" w:rsidRPr="00CC435A">
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidR="00C36E87" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EE6629" w:rsidRPr="00CC435A">
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidR="00EE6629" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve">can have </w:t>
       </w:r>
-      <w:r w:rsidR="00D93415" w:rsidRPr="00CC435A">
-[...13 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidR="00D93415" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to progress to </w:t>
+      </w:r>
+      <w:r w:rsidR="00A77001" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00D93415" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t>evel 2. I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>t is up to the official and mentor</w:t>
       </w:r>
-      <w:r w:rsidR="00C36E87" w:rsidRPr="00CC435A">
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidR="00C36E87" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve"> (if </w:t>
       </w:r>
-      <w:r w:rsidR="00A702B9" w:rsidRPr="00CC435A">
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidR="00A702B9" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>applicable</w:t>
       </w:r>
-      <w:r w:rsidR="00C36E87" w:rsidRPr="00CC435A">
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidR="00C36E87" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidR="00EE6629" w:rsidRPr="00CC435A">
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidR="00EE6629" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00C36E87" w:rsidRPr="00CC435A">
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidR="00C36E87" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EE6629" w:rsidRPr="00CC435A">
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidR="00EE6629" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>agree</w:t>
       </w:r>
-      <w:r w:rsidR="005E7902" w:rsidRPr="00CC435A">
-[...13 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidR="005E7902" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> when </w:t>
+      </w:r>
+      <w:r w:rsidR="00C3108B" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t>the official</w:t>
+      </w:r>
+      <w:r w:rsidR="005E7902" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00105630" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>feel</w:t>
       </w:r>
-      <w:r w:rsidR="005E7902" w:rsidRPr="00CC435A">
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidR="00C3108B" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="005E7902" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve"> comfortable and co</w:t>
       </w:r>
-      <w:r w:rsidR="001E35B9" w:rsidRPr="00CC435A">
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidR="001E35B9" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve">nfident </w:t>
       </w:r>
-      <w:r w:rsidR="00A702B9" w:rsidRPr="00CC435A">
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidR="00A702B9" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve">enough </w:t>
       </w:r>
-      <w:r w:rsidR="001E35B9" w:rsidRPr="00CC435A">
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidR="001E35B9" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
-      <w:r w:rsidR="00105630" w:rsidRPr="00CC435A">
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidR="00105630" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>progress to the next level</w:t>
       </w:r>
+      <w:r w:rsidR="00A77001" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0C52DACC" w14:textId="77777777" w:rsidR="009D6DCE" w:rsidRPr="00CC435A" w:rsidRDefault="009D6DCE" w:rsidP="009D6DCE">
-[...10 lines deleted...]
-    <w:p w14:paraId="711799A6" w14:textId="0FFA7CA2" w:rsidR="008B5DD4" w:rsidRPr="00CC435A" w:rsidRDefault="007D0CB7" w:rsidP="000D61D1">
+    <w:p w14:paraId="1F7BF55A" w14:textId="284DFD45" w:rsidR="00C3108B" w:rsidRPr="000E2FF2" w:rsidRDefault="00C3108B" w:rsidP="007B25DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...131 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="-284" w:right="849" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t>Please ensure you provide supportive and constructive comments, so the official can act on any feedback to support their development, knowledge and skills</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A199551" w14:textId="77777777" w:rsidR="003A1CE6" w:rsidRPr="00CC435A" w:rsidRDefault="003A1CE6" w:rsidP="003A1CE6">
-[...10 lines deleted...]
-    <w:p w14:paraId="212F2C06" w14:textId="45C0714B" w:rsidR="007B4FA3" w:rsidRPr="00CC435A" w:rsidRDefault="000D61D1" w:rsidP="00FF28F6">
+    <w:p w14:paraId="5DD157D2" w14:textId="001864B2" w:rsidR="00C3108B" w:rsidRPr="000E2FF2" w:rsidRDefault="00C3108B" w:rsidP="007B25DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...86 lines deleted...]
-        <w:t>they were carried out</w:t>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="-284" w:right="849" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t>Positive and constructive comments should cover each of the subject areas, whether this is a yes or no for the subject area(s)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="794EB0D0" w14:textId="77777777" w:rsidR="009E4723" w:rsidRPr="00CC435A" w:rsidRDefault="009E4723" w:rsidP="009E4723">
-[...11 lines deleted...]
-    <w:p w14:paraId="230105F8" w14:textId="3AF3D877" w:rsidR="009E4723" w:rsidRPr="00CC435A" w:rsidRDefault="009E4723" w:rsidP="00FF28F6">
+    <w:p w14:paraId="2DB09F82" w14:textId="0DC00CE6" w:rsidR="00C3108B" w:rsidRPr="000E2FF2" w:rsidRDefault="00C3108B" w:rsidP="007B25DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="26"/>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="-284" w:right="849" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t>The feedback sheet, should be a summary of the conversation(s) throughout the day, with the official seeking the feedback</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6854B74C" w14:textId="7156B4F4" w:rsidR="00081A97" w:rsidRPr="000E2FF2" w:rsidRDefault="00C3108B" w:rsidP="007B25DA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="-284" w:right="849" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC435A">
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> that occurred throughout the day</w:t>
+      <w:r w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If a candidate is not ready to progress to level 2 or requires an additional feedback sheet, please include this within the additional comments box. Please provide positive and constructive comments to assist the official in making any required changes, in order for them to be considered for </w:t>
+      </w:r>
+      <w:r w:rsidR="000E2FF2" w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t>evel 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6854B74C" w14:textId="420E74A4" w:rsidR="00081A97" w:rsidRPr="00C30439" w:rsidRDefault="00081A97" w:rsidP="00C30439">
-[...11 lines deleted...]
-    <w:sectPr w:rsidR="00081A97" w:rsidRPr="00C30439" w:rsidSect="00C30439">
+    <w:sectPr w:rsidR="00081A97" w:rsidRPr="000E2FF2" w:rsidSect="00DA3DE2">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="2132" w:right="1416" w:bottom="142" w:left="1560" w:header="142" w:footer="113" w:gutter="0"/>
+      <w:pgMar w:top="2567" w:right="566" w:bottom="142" w:left="1560" w:header="142" w:footer="113" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7AFD7B7F" w14:textId="77777777" w:rsidR="0050780D" w:rsidRDefault="0050780D">
+    <w:p w14:paraId="246C858A" w14:textId="77777777" w:rsidR="009C512B" w:rsidRDefault="009C512B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="31AFEBB2" w14:textId="77777777" w:rsidR="0050780D" w:rsidRDefault="0050780D">
+    <w:p w14:paraId="5F969F3E" w14:textId="77777777" w:rsidR="009C512B" w:rsidRDefault="009C512B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Lato">
+    <w:panose1 w:val="020F0502020204030203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800000AF" w:usb1="4000604A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Lato">
-[...4 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D8F0BDA" w14:textId="77777777" w:rsidR="0050780D" w:rsidRDefault="0050780D">
+    <w:p w14:paraId="345FBC18" w14:textId="77777777" w:rsidR="009C512B" w:rsidRDefault="009C512B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="71F7DC9C" w14:textId="77777777" w:rsidR="0050780D" w:rsidRDefault="0050780D">
+    <w:p w14:paraId="6FD65E73" w14:textId="77777777" w:rsidR="009C512B" w:rsidRDefault="009C512B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6BB5A21B" w14:textId="5F15F1AA" w:rsidR="007E42FC" w:rsidRDefault="00BA5A4A" w:rsidP="006C09B3">
+  <w:p w14:paraId="6BB5A21B" w14:textId="18E46028" w:rsidR="007E42FC" w:rsidRDefault="00B11866" w:rsidP="007B25DA">
     <w:pPr>
-      <w:jc w:val="center"/>
+      <w:ind w:left="720" w:firstLine="720"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00E267BC">
+    <w:r w:rsidRPr="00B11866">
+      <w:rPr>
+        <w:b/>
+        <w:noProof/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C49A68A" wp14:editId="1A0F670E">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-717550</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>64135</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="795020" cy="296545"/>
+              <wp:effectExtent l="0" t="0" r="5080" b="8255"/>
+              <wp:wrapSquare wrapText="bothSides"/>
+              <wp:docPr id="217" name="Text Box 2"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="795020" cy="296545"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:solidFill>
+                        <a:srgbClr val="FFFFFF"/>
+                      </a:solidFill>
+                      <a:ln w="9525">
+                        <a:noFill/>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="4E4A5FB2" w14:textId="6BFC66CC" w:rsidR="00B11866" w:rsidRPr="00B11866" w:rsidRDefault="00B11866">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                              <w:bCs/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00B11866">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                              <w:bCs/>
+                              <w:sz w:val="22"/>
+                            </w:rPr>
+                            <w:t>V</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00B11866">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                              <w:bCs/>
+                              <w:sz w:val="22"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">ersion </w:t>
+                          </w:r>
+                          <w:r w:rsidR="0028672A">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                              <w:bCs/>
+                              <w:sz w:val="22"/>
+                            </w:rPr>
+                            <w:t>3</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="0C49A68A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-56.5pt;margin-top:5.05pt;width:62.6pt;height:23.35pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAQXLmvDAIAAPUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJkrYx4hRdugwD&#10;ugvQ7QNkWY6FyaJGKbG7rx8lu2m2vQ3TgyCK1CF5eLS5HTrDTgq9Blvy+SznTFkJtbaHkn/7un9z&#10;w5kPwtbCgFUlf1Ke325fv9r0rlALaMHUChmBWF/0ruRtCK7IMi9b1Qk/A6csORvATgQy8ZDVKHpC&#10;70y2yPOrrAesHYJU3tPt/ejk24TfNEqGz03jVWCm5FRbSDumvYp7tt2I4oDCtVpOZYh/qKIT2lLS&#10;M9S9CIIdUf8F1WmJ4KEJMwldBk2jpUo9UDfz/I9uHlvhVOqFyPHuTJP/f7Dy0+nRfUEWhrcw0ABT&#10;E949gPzumYVdK+xB3SFC3ypRU+J5pCzrnS+mp5FqX/gIUvUfoaYhi2OABDQ02EVWqE9G6DSApzPp&#10;aghM0uX1epUvyCPJtVhfrZarlEEUz48d+vBeQcfioeRIM03g4vTgQyxGFM8hMZcHo+u9NiYZeKh2&#10;BtlJ0Pz3aU3ov4UZy/qSr1eLVUK2EN8naXQ6kD6N7kp+k8c1KiaS8c7WKSQIbcYzVWLsxE4kZKQm&#10;DNVAgZGlCuon4glh1CH9Gzq0gD8560mDJfc/jgIVZ+aDJa7X8+UyijYZy9V1pAkvPdWlR1hJUCUP&#10;nI3HXUhCjzxYuKOZNDrx9VLJVCtpK9E4/YMo3ks7Rb381u0vAAAA//8DAFBLAwQUAAYACAAAACEA&#10;4Qj/bt4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW7CMBBE75X6D9ZW6qUCJ2kJNI2DChJV&#10;r1A+YBMvSdR4HcWGhL+vOdHjaEYzb/L1ZDpxocG1lhXE8wgEcWV1y7WC489utgLhPLLGzjIpuJKD&#10;dfH4kGOm7ch7uhx8LUIJuwwVNN73mZSuasigm9ueOHgnOxj0QQ611AOOodx0MomiVBpsOSw02NO2&#10;oer3cDYKTt/jy+J9LL/8cbl/SzfYLkt7Ver5afr8AOFp8vcw3PADOhSBqbRn1k50CmZx/BrO+OBE&#10;MYhbIklAlAoW6Qpkkcv/D4o/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABBcua8MAgAA&#10;9QMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOEI/27e&#10;AAAACQEAAA8AAAAAAAAAAAAAAAAAZgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABx&#10;BQAAAAA=&#10;" stroked="f">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="4E4A5FB2" w14:textId="6BFC66CC" w:rsidR="00B11866" w:rsidRPr="00B11866" w:rsidRDefault="00B11866">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                        <w:bCs/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00B11866">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                        <w:bCs/>
+                        <w:sz w:val="22"/>
+                      </w:rPr>
+                      <w:t>V</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00B11866">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                        <w:bCs/>
+                        <w:sz w:val="22"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">ersion </w:t>
+                    </w:r>
+                    <w:r w:rsidR="0028672A">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                        <w:bCs/>
+                        <w:sz w:val="22"/>
+                      </w:rPr>
+                      <w:t>3</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap type="square"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00BA5A4A" w:rsidRPr="00E267BC">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="67E4FE91" wp14:editId="3B7131C0">
           <wp:extent cx="3962400" cy="967740"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="143727076" name="Picture 143727076">
+          <wp:docPr id="1786861129" name="Picture 1786861129">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="26" name="Picture 3">
                     <a:extLst>
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -2914,88 +2621,95 @@
                     <a:off x="0" y="0"/>
                     <a:ext cx="3962400" cy="967740"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="3113E60F" w14:textId="77777777" w:rsidR="007E42FC" w:rsidRDefault="007E42FC" w:rsidP="007D13FC">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="00391940" w14:textId="1A58E475" w:rsidR="007E42FC" w:rsidRPr="00C647F4" w:rsidRDefault="007D13FC" w:rsidP="00C647F4">
+  <w:p w14:paraId="00391940" w14:textId="1A58E475" w:rsidR="007E42FC" w:rsidRPr="00A77001" w:rsidRDefault="007D13FC" w:rsidP="007B25DA">
     <w:pPr>
+      <w:ind w:left="-851"/>
       <w:jc w:val="center"/>
       <w:rPr>
+        <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         <w:b/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="009227F1">
-      <w:rPr>
+    <w:r w:rsidRPr="00A77001">
+      <w:rPr>
+        <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         <w:b/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve">LEVEL </w:t>
     </w:r>
-    <w:r w:rsidR="008B6480">
-      <w:rPr>
+    <w:r w:rsidR="008B6480" w:rsidRPr="00A77001">
+      <w:rPr>
+        <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         <w:b/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve">2 FEEDBACK </w:t>
     </w:r>
-    <w:r w:rsidR="00A91DCF">
-      <w:rPr>
+    <w:r w:rsidR="00A91DCF" w:rsidRPr="00A77001">
+      <w:rPr>
+        <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         <w:b/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>SHEET</w:t>
     </w:r>
-    <w:r w:rsidR="007D11EB">
-      <w:rPr>
+    <w:r w:rsidR="007D11EB" w:rsidRPr="00A77001">
+      <w:rPr>
+        <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         <w:b/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="009227F1">
-      <w:rPr>
+    <w:r w:rsidRPr="00A77001">
+      <w:rPr>
+        <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         <w:b/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A4D2E8B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="293A0398"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -3653,73 +3367,72 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E0054F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C7049C36"/>
+    <w:tmpl w:val="441A17AA"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="1" w:tplc="0E6E0192">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
@@ -4140,51 +3853,51 @@
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1882472953">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="242758894">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="952053562">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="741951085">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="969021317">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="686256094">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="60"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -4192,102 +3905,107 @@
     <w:rsidRoot w:val="00870052"/>
     <w:rsid w:val="00004593"/>
     <w:rsid w:val="00020840"/>
     <w:rsid w:val="00021C6A"/>
     <w:rsid w:val="00024189"/>
     <w:rsid w:val="00027E13"/>
     <w:rsid w:val="000326A2"/>
     <w:rsid w:val="00042315"/>
     <w:rsid w:val="00056C5F"/>
     <w:rsid w:val="0007199B"/>
     <w:rsid w:val="0007654E"/>
     <w:rsid w:val="00081A97"/>
     <w:rsid w:val="00086F85"/>
     <w:rsid w:val="0009122D"/>
     <w:rsid w:val="00091454"/>
     <w:rsid w:val="000941D8"/>
     <w:rsid w:val="000A1CB7"/>
     <w:rsid w:val="000A3939"/>
     <w:rsid w:val="000A46E5"/>
     <w:rsid w:val="000A6A20"/>
     <w:rsid w:val="000B6156"/>
     <w:rsid w:val="000B7914"/>
     <w:rsid w:val="000C06F3"/>
     <w:rsid w:val="000D61D1"/>
     <w:rsid w:val="000E0238"/>
+    <w:rsid w:val="000E2FF2"/>
     <w:rsid w:val="000E425A"/>
     <w:rsid w:val="000E57DD"/>
     <w:rsid w:val="000F1BEB"/>
     <w:rsid w:val="000F2EF5"/>
     <w:rsid w:val="00105630"/>
+    <w:rsid w:val="001105BD"/>
     <w:rsid w:val="00120A79"/>
     <w:rsid w:val="00124B8B"/>
     <w:rsid w:val="00131F80"/>
+    <w:rsid w:val="0013518A"/>
     <w:rsid w:val="0013630A"/>
     <w:rsid w:val="00143941"/>
     <w:rsid w:val="001527A9"/>
     <w:rsid w:val="00153595"/>
     <w:rsid w:val="0015566A"/>
     <w:rsid w:val="00166942"/>
     <w:rsid w:val="001756CA"/>
     <w:rsid w:val="001A04B5"/>
     <w:rsid w:val="001B52F6"/>
     <w:rsid w:val="001C3940"/>
     <w:rsid w:val="001D5740"/>
     <w:rsid w:val="001D6B38"/>
     <w:rsid w:val="001E35B9"/>
     <w:rsid w:val="001F6756"/>
     <w:rsid w:val="00206143"/>
     <w:rsid w:val="00210D7D"/>
     <w:rsid w:val="00225108"/>
     <w:rsid w:val="0022744D"/>
     <w:rsid w:val="00231433"/>
     <w:rsid w:val="0024008B"/>
     <w:rsid w:val="0024177E"/>
     <w:rsid w:val="002676C8"/>
     <w:rsid w:val="00271084"/>
+    <w:rsid w:val="0028672A"/>
     <w:rsid w:val="002C2EBD"/>
     <w:rsid w:val="002D79CE"/>
     <w:rsid w:val="002E11ED"/>
     <w:rsid w:val="002E1F9D"/>
     <w:rsid w:val="002F4454"/>
     <w:rsid w:val="002F5630"/>
     <w:rsid w:val="003122B4"/>
     <w:rsid w:val="00323618"/>
     <w:rsid w:val="0036191C"/>
     <w:rsid w:val="003664B8"/>
     <w:rsid w:val="00385DD9"/>
     <w:rsid w:val="00394056"/>
     <w:rsid w:val="003963E7"/>
     <w:rsid w:val="003A1CE6"/>
     <w:rsid w:val="003A54B8"/>
     <w:rsid w:val="003B13D8"/>
     <w:rsid w:val="003B2BBC"/>
     <w:rsid w:val="003C19B3"/>
     <w:rsid w:val="003C763A"/>
     <w:rsid w:val="003D0392"/>
     <w:rsid w:val="003D239E"/>
+    <w:rsid w:val="003D4CEB"/>
     <w:rsid w:val="003D62F6"/>
     <w:rsid w:val="003E5D26"/>
     <w:rsid w:val="003E7A39"/>
     <w:rsid w:val="003F04C6"/>
     <w:rsid w:val="003F5549"/>
     <w:rsid w:val="00402779"/>
     <w:rsid w:val="004036AB"/>
     <w:rsid w:val="00420C28"/>
     <w:rsid w:val="0042316C"/>
     <w:rsid w:val="004478D8"/>
     <w:rsid w:val="004558AE"/>
     <w:rsid w:val="00457131"/>
     <w:rsid w:val="004579ED"/>
     <w:rsid w:val="00494678"/>
     <w:rsid w:val="00495FAA"/>
     <w:rsid w:val="004963A4"/>
     <w:rsid w:val="004A2730"/>
     <w:rsid w:val="004B16EF"/>
     <w:rsid w:val="004D364A"/>
     <w:rsid w:val="004D4390"/>
     <w:rsid w:val="004D609F"/>
     <w:rsid w:val="004E200C"/>
     <w:rsid w:val="004F0CF1"/>
     <w:rsid w:val="004F693E"/>
     <w:rsid w:val="0050780D"/>
@@ -4302,176 +4020,186 @@
     <w:rsid w:val="00590B64"/>
     <w:rsid w:val="00596442"/>
     <w:rsid w:val="00597213"/>
     <w:rsid w:val="005A2EBD"/>
     <w:rsid w:val="005A41A4"/>
     <w:rsid w:val="005D05DA"/>
     <w:rsid w:val="005D4E4F"/>
     <w:rsid w:val="005D61DD"/>
     <w:rsid w:val="005D7FDD"/>
     <w:rsid w:val="005E3EFE"/>
     <w:rsid w:val="005E7902"/>
     <w:rsid w:val="005F13A8"/>
     <w:rsid w:val="00604F73"/>
     <w:rsid w:val="00611373"/>
     <w:rsid w:val="00613400"/>
     <w:rsid w:val="00617D4D"/>
     <w:rsid w:val="006239EB"/>
     <w:rsid w:val="00634672"/>
     <w:rsid w:val="00643F16"/>
     <w:rsid w:val="00655E41"/>
     <w:rsid w:val="0066079D"/>
     <w:rsid w:val="006663BC"/>
     <w:rsid w:val="00685722"/>
     <w:rsid w:val="00687746"/>
     <w:rsid w:val="00695717"/>
+    <w:rsid w:val="00696B81"/>
     <w:rsid w:val="00696C4B"/>
     <w:rsid w:val="006A0A39"/>
     <w:rsid w:val="006A592F"/>
     <w:rsid w:val="006B642C"/>
     <w:rsid w:val="006C09B3"/>
     <w:rsid w:val="006F0679"/>
     <w:rsid w:val="006F6F59"/>
     <w:rsid w:val="00700515"/>
     <w:rsid w:val="007061E3"/>
     <w:rsid w:val="00721EFF"/>
     <w:rsid w:val="0073384D"/>
     <w:rsid w:val="00737E0F"/>
     <w:rsid w:val="00746BA6"/>
     <w:rsid w:val="00773A03"/>
     <w:rsid w:val="00787CD2"/>
     <w:rsid w:val="007A0137"/>
     <w:rsid w:val="007A3856"/>
+    <w:rsid w:val="007B25DA"/>
     <w:rsid w:val="007B4FA3"/>
     <w:rsid w:val="007C5AAF"/>
     <w:rsid w:val="007D0CB7"/>
     <w:rsid w:val="007D11EB"/>
     <w:rsid w:val="007D13FC"/>
     <w:rsid w:val="007E42FC"/>
     <w:rsid w:val="007E7ED8"/>
     <w:rsid w:val="007F0C09"/>
     <w:rsid w:val="007F0F63"/>
     <w:rsid w:val="007F1C05"/>
     <w:rsid w:val="007F66C0"/>
     <w:rsid w:val="008061DA"/>
     <w:rsid w:val="00860258"/>
     <w:rsid w:val="00870052"/>
     <w:rsid w:val="008832F0"/>
     <w:rsid w:val="00896A47"/>
     <w:rsid w:val="008B5DD4"/>
     <w:rsid w:val="008B6056"/>
     <w:rsid w:val="008B6480"/>
     <w:rsid w:val="008C42A2"/>
     <w:rsid w:val="008D2067"/>
     <w:rsid w:val="008E1393"/>
     <w:rsid w:val="00907DF0"/>
     <w:rsid w:val="00921533"/>
     <w:rsid w:val="009227F1"/>
     <w:rsid w:val="009256C6"/>
     <w:rsid w:val="009527B5"/>
     <w:rsid w:val="00973B28"/>
     <w:rsid w:val="009778B0"/>
     <w:rsid w:val="009969AD"/>
     <w:rsid w:val="009B073F"/>
     <w:rsid w:val="009C507F"/>
+    <w:rsid w:val="009C512B"/>
     <w:rsid w:val="009D394B"/>
     <w:rsid w:val="009D5E74"/>
     <w:rsid w:val="009D6DCE"/>
     <w:rsid w:val="009E23F1"/>
     <w:rsid w:val="009E4723"/>
     <w:rsid w:val="009F0826"/>
     <w:rsid w:val="00A033EB"/>
     <w:rsid w:val="00A073BF"/>
     <w:rsid w:val="00A378F4"/>
     <w:rsid w:val="00A43B85"/>
     <w:rsid w:val="00A4424B"/>
     <w:rsid w:val="00A44E73"/>
     <w:rsid w:val="00A53B3B"/>
     <w:rsid w:val="00A702B9"/>
+    <w:rsid w:val="00A77001"/>
     <w:rsid w:val="00A80C1D"/>
     <w:rsid w:val="00A82A1C"/>
     <w:rsid w:val="00A8509A"/>
     <w:rsid w:val="00A91DCF"/>
+    <w:rsid w:val="00A93F99"/>
     <w:rsid w:val="00AA440C"/>
     <w:rsid w:val="00AB1949"/>
     <w:rsid w:val="00AC2BF5"/>
     <w:rsid w:val="00AC3EA0"/>
     <w:rsid w:val="00AE32F9"/>
     <w:rsid w:val="00AE391D"/>
     <w:rsid w:val="00AE5E48"/>
     <w:rsid w:val="00B01381"/>
     <w:rsid w:val="00B03798"/>
     <w:rsid w:val="00B04335"/>
     <w:rsid w:val="00B10AC9"/>
     <w:rsid w:val="00B10FF2"/>
+    <w:rsid w:val="00B11866"/>
     <w:rsid w:val="00B134CC"/>
     <w:rsid w:val="00B20C67"/>
     <w:rsid w:val="00B329BA"/>
     <w:rsid w:val="00B32CD2"/>
     <w:rsid w:val="00B36BB7"/>
     <w:rsid w:val="00B42966"/>
     <w:rsid w:val="00B43766"/>
     <w:rsid w:val="00B55A9B"/>
     <w:rsid w:val="00B734FB"/>
     <w:rsid w:val="00B971FD"/>
     <w:rsid w:val="00BA0FDD"/>
     <w:rsid w:val="00BA34DE"/>
     <w:rsid w:val="00BA5A4A"/>
     <w:rsid w:val="00BB23C6"/>
     <w:rsid w:val="00BD21A5"/>
     <w:rsid w:val="00BD35F5"/>
     <w:rsid w:val="00BD4B60"/>
     <w:rsid w:val="00BE3D0C"/>
     <w:rsid w:val="00C06BC4"/>
     <w:rsid w:val="00C11FE1"/>
     <w:rsid w:val="00C1338C"/>
     <w:rsid w:val="00C15EBC"/>
     <w:rsid w:val="00C2413E"/>
     <w:rsid w:val="00C30439"/>
+    <w:rsid w:val="00C3108B"/>
     <w:rsid w:val="00C36E87"/>
     <w:rsid w:val="00C50789"/>
     <w:rsid w:val="00C647F4"/>
     <w:rsid w:val="00C66085"/>
+    <w:rsid w:val="00C8381F"/>
     <w:rsid w:val="00C85977"/>
     <w:rsid w:val="00CC3856"/>
     <w:rsid w:val="00CC435A"/>
     <w:rsid w:val="00CF0D42"/>
     <w:rsid w:val="00CF737B"/>
     <w:rsid w:val="00D15B46"/>
     <w:rsid w:val="00D42DE7"/>
     <w:rsid w:val="00D51115"/>
     <w:rsid w:val="00D51CA7"/>
     <w:rsid w:val="00D71F70"/>
     <w:rsid w:val="00D73971"/>
     <w:rsid w:val="00D74A03"/>
     <w:rsid w:val="00D81847"/>
     <w:rsid w:val="00D869B4"/>
     <w:rsid w:val="00D916EA"/>
     <w:rsid w:val="00D93415"/>
     <w:rsid w:val="00D93B06"/>
+    <w:rsid w:val="00DA3DE2"/>
     <w:rsid w:val="00DA71A0"/>
     <w:rsid w:val="00DD12C0"/>
+    <w:rsid w:val="00DE57A8"/>
     <w:rsid w:val="00E047E5"/>
     <w:rsid w:val="00E04F00"/>
     <w:rsid w:val="00E061D9"/>
     <w:rsid w:val="00E250F1"/>
     <w:rsid w:val="00E32A3C"/>
     <w:rsid w:val="00E46F08"/>
     <w:rsid w:val="00E622D3"/>
     <w:rsid w:val="00E664DF"/>
     <w:rsid w:val="00E72387"/>
     <w:rsid w:val="00E74424"/>
     <w:rsid w:val="00E871C0"/>
     <w:rsid w:val="00E91321"/>
     <w:rsid w:val="00E9769B"/>
     <w:rsid w:val="00EB5203"/>
     <w:rsid w:val="00EC0605"/>
     <w:rsid w:val="00EC1A08"/>
     <w:rsid w:val="00EC2102"/>
     <w:rsid w:val="00EC6FBD"/>
     <w:rsid w:val="00EC7709"/>
     <w:rsid w:val="00ED1BF4"/>
     <w:rsid w:val="00EE3D4F"/>
     <w:rsid w:val="00EE3E5D"/>
     <w:rsid w:val="00EE6629"/>
     <w:rsid w:val="00EF4478"/>
     <w:rsid w:val="00F122F7"/>
@@ -4796,50 +4524,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="0013518A"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -4916,51 +4645,51 @@
         <w:bottom w:val="outset" w:sz="24" w:space="0" w:color="auto"/>
         <w:right w:val="outset" w:sz="24" w:space="0" w:color="auto"/>
         <w:insideH w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         <w:insideV w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:tblCellSpacing w:w="20" w:type="dxa"/>
     </w:trPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable6Colourful">
+  <w:style w:type="table" w:styleId="GridTable6Colorful">
     <w:name w:val="Grid Table 6 Colorful"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="00B329BA"/>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
@@ -5791,78 +5520,78 @@
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FDB90A2B-06DA-4ADB-8A69-6DBD3189E337}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="d4e97e60-d57b-46f0-8c68-1d25f9ddb920"/>
     <ds:schemaRef ds:uri="d4a48426-97cc-4a61-94fb-56c3682b2352"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D0E474F-7CE0-4A68-9D2D-201646DCC58A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2258</Characters>
+  <Pages>2</Pages>
+  <Words>410</Words>
+  <Characters>2339</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
+  <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>DRAFT</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NoEAA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2649</CharactersWithSpaces>
+  <CharactersWithSpaces>2744</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>DRAFT</dc:title>
   <dc:subject/>
   <dc:creator>MOIRAG</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010042016E61ECD77C43A7695B35AA3CBE50</vt:lpwstr>
   </property>