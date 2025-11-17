--- v0 (2025-10-13)
+++ v1 (2025-11-17)
@@ -6,1019 +6,968 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="64FDFB00" w14:textId="77777777" w:rsidR="000B6156" w:rsidRPr="009227F1" w:rsidRDefault="000B6156" w:rsidP="001F6756">
+    <w:p w14:paraId="64FDFB00" w14:textId="77777777" w:rsidR="000B6156" w:rsidRPr="00174296" w:rsidRDefault="000B6156" w:rsidP="001F6756">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable6Colourful"/>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-217"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-61"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="4917" w:type="pct"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5240"/>
         <w:gridCol w:w="5471"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004F5254" w:rsidRPr="007D13FC" w14:paraId="4D83AFDE" w14:textId="77777777" w:rsidTr="00BF29AE">
+      <w:tr w:rsidR="004F5254" w:rsidRPr="00174296" w14:paraId="4D83AFDE" w14:textId="77777777" w:rsidTr="00F26E1A">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2446" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30395AE4" w14:textId="77777777" w:rsidR="004F5254" w:rsidRPr="00CC3856" w:rsidRDefault="004F5254" w:rsidP="004F5254">
-            <w:r w:rsidRPr="00CC3856">
+          <w:p w14:paraId="30395AE4" w14:textId="77777777" w:rsidR="004F5254" w:rsidRPr="00174296" w:rsidRDefault="004F5254" w:rsidP="00F26E1A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00174296">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>Name of Official:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2554" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2360A416" w14:textId="77777777" w:rsidR="004F5254" w:rsidRPr="007D13FC" w:rsidRDefault="004F5254" w:rsidP="004F5254"/>
+          <w:p w14:paraId="2360A416" w14:textId="77777777" w:rsidR="004F5254" w:rsidRPr="00174296" w:rsidRDefault="004F5254" w:rsidP="00F26E1A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E5D0D" w:rsidRPr="007D13FC" w14:paraId="575E6FAC" w14:textId="77777777" w:rsidTr="00BF29AE">
+      <w:tr w:rsidR="004E5D0D" w:rsidRPr="00174296" w14:paraId="575E6FAC" w14:textId="77777777" w:rsidTr="00F26E1A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="459"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2446" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4505CD30" w14:textId="32C8F36E" w:rsidR="004E5D0D" w:rsidRDefault="004E5D0D" w:rsidP="004F5254">
-            <w:r>
+          <w:p w14:paraId="4505CD30" w14:textId="32C8F36E" w:rsidR="004E5D0D" w:rsidRPr="00174296" w:rsidRDefault="004E5D0D" w:rsidP="00F26E1A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00174296">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>Licence Number (URN):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2554" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A9D80AF" w14:textId="77777777" w:rsidR="004E5D0D" w:rsidRPr="007D13FC" w:rsidRDefault="004E5D0D" w:rsidP="004F5254"/>
+          <w:p w14:paraId="0A9D80AF" w14:textId="77777777" w:rsidR="004E5D0D" w:rsidRPr="00174296" w:rsidRDefault="004E5D0D" w:rsidP="00F26E1A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F5254" w:rsidRPr="007D13FC" w14:paraId="32D799CB" w14:textId="77777777" w:rsidTr="00BF29AE">
+      <w:tr w:rsidR="004F5254" w:rsidRPr="00174296" w14:paraId="32D799CB" w14:textId="77777777" w:rsidTr="00F26E1A">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="459"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2446" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FFEA340" w14:textId="094121A6" w:rsidR="004F5254" w:rsidRPr="00CC3856" w:rsidRDefault="004F5254" w:rsidP="004F5254">
-            <w:r>
+          <w:p w14:paraId="4FFEA340" w14:textId="094121A6" w:rsidR="004F5254" w:rsidRPr="00174296" w:rsidRDefault="004F5254" w:rsidP="00F26E1A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00174296">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>Email Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2554" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76C9B2A7" w14:textId="77777777" w:rsidR="004F5254" w:rsidRPr="007D13FC" w:rsidRDefault="004F5254" w:rsidP="004F5254"/>
+          <w:p w14:paraId="76C9B2A7" w14:textId="77777777" w:rsidR="004F5254" w:rsidRPr="00174296" w:rsidRDefault="004F5254" w:rsidP="00F26E1A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w14:paraId="4C67A220" w14:textId="77777777" w:rsidR="009B7C67" w:rsidRPr="00174296" w:rsidRDefault="004E5D0D" w:rsidP="009B7C67">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00174296">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B7C67" w:rsidRPr="00174296">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Below section is to be completed by the assessor only</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable6Colourful"/>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="3913"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="4993"/>
         <w:tblW w:w="4943" w:type="pct"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5240"/>
-        <w:gridCol w:w="5528"/>
+        <w:gridCol w:w="5524"/>
+        <w:gridCol w:w="5244"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001E5D1D" w:rsidRPr="007D13FC" w14:paraId="098B98E4" w14:textId="77777777" w:rsidTr="001E5D1D">
+      <w:tr w:rsidR="009B7C67" w:rsidRPr="00174296" w14:paraId="1FF809E7" w14:textId="77777777" w:rsidTr="007441B6">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36F5AA1B" w14:textId="77777777" w:rsidR="001E5D1D" w:rsidRPr="007D13FC" w:rsidRDefault="001E5D1D" w:rsidP="001E5D1D">
+          <w:p w14:paraId="0A19EF25" w14:textId="77777777" w:rsidR="009B7C67" w:rsidRPr="00174296" w:rsidRDefault="009B7C67" w:rsidP="007441B6">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00174296">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t xml:space="preserve">RECORD OF EXPERIENCE </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E5D1D" w:rsidRPr="007D13FC" w14:paraId="0CF979E7" w14:textId="77777777" w:rsidTr="00BF29AE">
+      <w:tr w:rsidR="009B7C67" w:rsidRPr="00174296" w14:paraId="2BD0A77F" w14:textId="77777777" w:rsidTr="007441B6">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="406"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2433" w:type="pct"/>
+            <w:tcW w:w="2565" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B751674" w14:textId="797D7A0E" w:rsidR="001E5D1D" w:rsidRDefault="001E5D1D" w:rsidP="001E5D1D">
-            <w:r>
+          <w:p w14:paraId="09A0A3E2" w14:textId="2D2D8FC1" w:rsidR="009B7C67" w:rsidRPr="00174296" w:rsidRDefault="009B7C67" w:rsidP="007441B6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00174296">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t xml:space="preserve">Minimum of </w:t>
             </w:r>
-            <w:r w:rsidR="00064013">
-              <w:t>6</w:t>
+            <w:r w:rsidR="007441B6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> (2 at county/area/regional level)</w:t>
+            <w:r w:rsidRPr="00174296">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">practical experiences </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2567" w:type="pct"/>
+            <w:tcW w:w="2435" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65EB3FBF" w14:textId="77777777" w:rsidR="001E5D1D" w:rsidRPr="00E658A5" w:rsidRDefault="001E5D1D" w:rsidP="001E5D1D">
+          <w:p w14:paraId="72BBDB15" w14:textId="77777777" w:rsidR="009B7C67" w:rsidRPr="00174296" w:rsidRDefault="009B7C67" w:rsidP="007441B6">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DB0EE6">
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00174296">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes / No </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E5D1D" w:rsidRPr="007D13FC" w14:paraId="3CF36907" w14:textId="77777777" w:rsidTr="00BF29AE">
+      <w:tr w:rsidR="009B7C67" w:rsidRPr="00174296" w14:paraId="694CD18E" w14:textId="77777777" w:rsidTr="007441B6">
         <w:trPr>
           <w:trHeight w:val="406"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2433" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2565" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59C63B87" w14:textId="77777777" w:rsidR="001E5D1D" w:rsidRDefault="001E5D1D" w:rsidP="001E5D1D">
-            <w:r>
+          <w:p w14:paraId="7EB67824" w14:textId="77777777" w:rsidR="009B7C67" w:rsidRPr="00174296" w:rsidRDefault="009B7C67" w:rsidP="007441B6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00174296">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t xml:space="preserve">Feedback / Comments </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2567" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2435" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24E6951E" w14:textId="77777777" w:rsidR="001E5D1D" w:rsidRPr="007D13FC" w:rsidRDefault="001E5D1D" w:rsidP="001E5D1D"/>
+          <w:p w14:paraId="392C0872" w14:textId="77777777" w:rsidR="009B7C67" w:rsidRPr="00174296" w:rsidRDefault="009B7C67" w:rsidP="007441B6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E5D1D" w:rsidRPr="007D13FC" w14:paraId="2EAA9F60" w14:textId="77777777" w:rsidTr="001E5D1D">
+      <w:tr w:rsidR="0024007B" w:rsidRPr="00174296" w14:paraId="2DD9F76B" w14:textId="77777777" w:rsidTr="00DD1C04">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="406"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2565" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="673A39EA" w14:textId="29BA2BE3" w:rsidR="0024007B" w:rsidRPr="00174296" w:rsidRDefault="00DD1C04" w:rsidP="007441B6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD1C04">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Evidence of shadowing </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Race Referee</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2435" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FCCC623" w14:textId="640DCB97" w:rsidR="0024007B" w:rsidRPr="00174296" w:rsidRDefault="00DD1C04" w:rsidP="00DD1C04">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Yes / No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024007B" w:rsidRPr="00174296" w14:paraId="4EDD431B" w14:textId="77777777" w:rsidTr="007441B6">
+        <w:trPr>
+          <w:trHeight w:val="406"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2565" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0561036B" w14:textId="31FFAB89" w:rsidR="0024007B" w:rsidRPr="00174296" w:rsidRDefault="00DD1C04" w:rsidP="007441B6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00174296">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Feedback / Comments</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2435" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75CCDA3D" w14:textId="77777777" w:rsidR="0024007B" w:rsidRPr="00174296" w:rsidRDefault="0024007B" w:rsidP="007441B6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B7C67" w:rsidRPr="00174296" w14:paraId="5FAC1C38" w14:textId="77777777" w:rsidTr="007441B6">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="406"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D52DB0F" w14:textId="7FC69462" w:rsidR="001E5D1D" w:rsidRPr="007D13FC" w:rsidRDefault="00BF0F92" w:rsidP="001E5D1D">
+          <w:p w14:paraId="4310341D" w14:textId="77777777" w:rsidR="009B7C67" w:rsidRPr="00174296" w:rsidRDefault="009B7C67" w:rsidP="007441B6">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00174296">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MODULE QUESTIONS </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF0F92" w:rsidRPr="007D13FC" w14:paraId="37810CEB" w14:textId="77777777" w:rsidTr="00BF0F92">
+      <w:tr w:rsidR="009B7C67" w:rsidRPr="00174296" w14:paraId="2B8B41B9" w14:textId="77777777" w:rsidTr="007441B6">
         <w:trPr>
           <w:trHeight w:val="406"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="368C17FD" w14:textId="443D7F7C" w:rsidR="00BF0F92" w:rsidRPr="007D13FC" w:rsidRDefault="00BF0F92" w:rsidP="001E5D1D">
+          <w:p w14:paraId="68C36875" w14:textId="77777777" w:rsidR="009B7C67" w:rsidRPr="00174296" w:rsidRDefault="009B7C67" w:rsidP="007441B6">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00174296">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>Minimum of 75% in module questions including reference to rule numbers/rule book</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00354494" w:rsidRPr="007D13FC" w14:paraId="1306452B" w14:textId="77777777" w:rsidTr="00BF29AE">
+      <w:tr w:rsidR="009B7C67" w:rsidRPr="00174296" w14:paraId="74838E94" w14:textId="77777777" w:rsidTr="007441B6">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="327"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2433" w:type="pct"/>
+            <w:tcW w:w="2565" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CD95C33" w14:textId="6A34779B" w:rsidR="00354494" w:rsidRPr="007D13FC" w:rsidRDefault="00354494" w:rsidP="00354494">
-            <w:r>
+          <w:p w14:paraId="18651B4B" w14:textId="77777777" w:rsidR="009B7C67" w:rsidRPr="00174296" w:rsidRDefault="009B7C67" w:rsidP="007441B6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00174296">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t xml:space="preserve">Sector Marshals Module </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2567" w:type="pct"/>
+            <w:tcW w:w="2435" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="69B2FFA5" w14:textId="640B6F47" w:rsidR="00354494" w:rsidRPr="007D13FC" w:rsidRDefault="00354494" w:rsidP="00354494">
+          <w:p w14:paraId="79D4D1DA" w14:textId="77777777" w:rsidR="009B7C67" w:rsidRPr="00174296" w:rsidRDefault="009B7C67" w:rsidP="007441B6">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B95BD5">
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00174296">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Yes / No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00354494" w:rsidRPr="007D13FC" w14:paraId="3FF2AA53" w14:textId="77777777" w:rsidTr="00BF29AE">
+      <w:tr w:rsidR="009B7C67" w:rsidRPr="00174296" w14:paraId="1FD6BAFA" w14:textId="77777777" w:rsidTr="007441B6">
         <w:trPr>
           <w:trHeight w:val="327"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2433" w:type="pct"/>
+            <w:tcW w:w="2565" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D9E09D5" w14:textId="6A63C785" w:rsidR="00354494" w:rsidRDefault="00354494" w:rsidP="00354494">
-            <w:r>
+          <w:p w14:paraId="7601C3AA" w14:textId="77777777" w:rsidR="009B7C67" w:rsidRPr="00174296" w:rsidRDefault="009B7C67" w:rsidP="007441B6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00174296">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>Judging and Recording Module</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2567" w:type="pct"/>
+            <w:tcW w:w="2435" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="52EBED12" w14:textId="25B8E6AA" w:rsidR="00354494" w:rsidRPr="007D13FC" w:rsidRDefault="00354494" w:rsidP="00354494">
+          <w:p w14:paraId="3CBC535C" w14:textId="77777777" w:rsidR="009B7C67" w:rsidRPr="00174296" w:rsidRDefault="009B7C67" w:rsidP="007441B6">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B95BD5">
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00174296">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Yes / No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00354494" w:rsidRPr="007D13FC" w14:paraId="1AE48DA8" w14:textId="77777777" w:rsidTr="00BF29AE">
+      <w:tr w:rsidR="009B7C67" w:rsidRPr="00174296" w14:paraId="7BCC9D8B" w14:textId="77777777" w:rsidTr="007441B6">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="327"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2433" w:type="pct"/>
+            <w:tcW w:w="2565" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CD247D9" w14:textId="0EE911D7" w:rsidR="00354494" w:rsidRDefault="00354494" w:rsidP="00354494">
-            <w:r>
+          <w:p w14:paraId="0BCFD866" w14:textId="77777777" w:rsidR="009B7C67" w:rsidRPr="00174296" w:rsidRDefault="009B7C67" w:rsidP="007441B6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00174296">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t xml:space="preserve">Race Referee Module </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2567" w:type="pct"/>
+            <w:tcW w:w="2435" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1A1B0D93" w14:textId="4175C280" w:rsidR="00354494" w:rsidRPr="007D13FC" w:rsidRDefault="00354494" w:rsidP="00354494">
+          <w:p w14:paraId="3FAD70C9" w14:textId="77777777" w:rsidR="009B7C67" w:rsidRPr="00174296" w:rsidRDefault="009B7C67" w:rsidP="007441B6">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B95BD5">
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00174296">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Yes / No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00354494" w:rsidRPr="007D13FC" w14:paraId="5A61B57A" w14:textId="77777777" w:rsidTr="00BF29AE">
+      <w:tr w:rsidR="009B7C67" w:rsidRPr="00174296" w14:paraId="306BF93A" w14:textId="77777777" w:rsidTr="007441B6">
         <w:trPr>
           <w:trHeight w:val="327"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2433" w:type="pct"/>
+            <w:tcW w:w="2565" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A1F2770" w14:textId="60109BEC" w:rsidR="00354494" w:rsidRDefault="00354494" w:rsidP="00354494">
-            <w:r>
+          <w:p w14:paraId="73C4C51E" w14:textId="77777777" w:rsidR="009B7C67" w:rsidRPr="00174296" w:rsidRDefault="009B7C67" w:rsidP="007441B6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00174296">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>Feedback / Comments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2567" w:type="pct"/>
+            <w:tcW w:w="2435" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1838E97A" w14:textId="77777777" w:rsidR="00354494" w:rsidRPr="00B95BD5" w:rsidRDefault="00354494" w:rsidP="00354494">
+          <w:p w14:paraId="5ECB1831" w14:textId="77777777" w:rsidR="009B7C67" w:rsidRPr="00174296" w:rsidRDefault="009B7C67" w:rsidP="007441B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E5D1D" w:rsidRPr="007D13FC" w14:paraId="4082090C" w14:textId="77777777" w:rsidTr="001E5D1D">
+      <w:tr w:rsidR="009B7C67" w:rsidRPr="00174296" w14:paraId="249F1BE6" w14:textId="77777777" w:rsidTr="007441B6">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0133EFC5" w14:textId="77777777" w:rsidR="001E5D1D" w:rsidRPr="007D13FC" w:rsidRDefault="001E5D1D" w:rsidP="001E5D1D">
+          <w:p w14:paraId="3944EF5A" w14:textId="77777777" w:rsidR="009B7C67" w:rsidRPr="00174296" w:rsidRDefault="009B7C67" w:rsidP="007441B6">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00174296">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t xml:space="preserve">ADDITIONAL FEEDBACK </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E5D1D" w:rsidRPr="007D13FC" w14:paraId="7708A058" w14:textId="77777777" w:rsidTr="001E5D1D">
+      <w:tr w:rsidR="009B7C67" w:rsidRPr="00174296" w14:paraId="5C9E0657" w14:textId="77777777" w:rsidTr="007441B6">
         <w:trPr>
           <w:trHeight w:val="509"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57A1D8D7" w14:textId="77777777" w:rsidR="001E5D1D" w:rsidRDefault="001E5D1D" w:rsidP="001E5D1D"/>
+          <w:p w14:paraId="06FE15FC" w14:textId="77777777" w:rsidR="009B7C67" w:rsidRPr="00174296" w:rsidRDefault="009B7C67" w:rsidP="007441B6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E5D1D" w:rsidRPr="007D13FC" w14:paraId="39B789D3" w14:textId="77777777" w:rsidTr="00BF29AE">
+      <w:tr w:rsidR="009B7C67" w:rsidRPr="00174296" w14:paraId="32A073DE" w14:textId="77777777" w:rsidTr="007441B6">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="509"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2433" w:type="pct"/>
+            <w:tcW w:w="2565" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20FC53EB" w14:textId="77777777" w:rsidR="001E5D1D" w:rsidRPr="00C8285B" w:rsidRDefault="001E5D1D" w:rsidP="001E5D1D">
-            <w:r w:rsidRPr="00C8285B">
+          <w:p w14:paraId="35660E60" w14:textId="77777777" w:rsidR="009B7C67" w:rsidRPr="00174296" w:rsidRDefault="009B7C67" w:rsidP="007441B6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00174296">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>Name of Assessor / Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2567" w:type="pct"/>
+            <w:tcW w:w="2435" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B2C3345" w14:textId="77777777" w:rsidR="001E5D1D" w:rsidRDefault="001E5D1D" w:rsidP="001E5D1D"/>
+          <w:p w14:paraId="27423964" w14:textId="77777777" w:rsidR="009B7C67" w:rsidRPr="00174296" w:rsidRDefault="009B7C67" w:rsidP="007441B6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="045A4EF3" w14:textId="4322E1DF" w:rsidR="00E9769B" w:rsidRDefault="004E5D0D" w:rsidP="00D75CC8">
-      <w:r w:rsidRPr="008B5F98">
+    <w:p w14:paraId="0ED793C1" w14:textId="77777777" w:rsidR="00F30CAB" w:rsidRDefault="00F30CAB" w:rsidP="00D75CC8"/>
+    <w:p w14:paraId="243AEE4B" w14:textId="77777777" w:rsidR="00F30CAB" w:rsidRDefault="00F30CAB" w:rsidP="00D75CC8"/>
+    <w:p w14:paraId="045A4EF3" w14:textId="23D9C299" w:rsidR="00E9769B" w:rsidRDefault="00FA62A5" w:rsidP="00D75CC8">
+      <w:r w:rsidRPr="007441B6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please send a copy </w:t>
+      </w:r>
+      <w:r w:rsidR="00F87D7E" w:rsidRPr="007441B6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="006B7ED4" w:rsidRPr="007441B6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>the candidat</w:t>
+      </w:r>
+      <w:r w:rsidR="00402CF3" w:rsidRPr="007441B6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF29AE" w:rsidRPr="007441B6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FA62A5" w:rsidRPr="008B5F98">
-        <w:t xml:space="preserve">Please send </w:t>
+      <w:r w:rsidR="00402CF3" w:rsidRPr="007441B6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="00FA62A5">
-        <w:t xml:space="preserve">a copy </w:t>
+      <w:r w:rsidR="00F26E1A" w:rsidRPr="007441B6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00F87D7E">
-[...8 lines deleted...]
-      <w:r w:rsidR="00BF29AE">
+      <w:r w:rsidR="00402CF3" w:rsidRPr="007441B6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00402CF3">
-[...1 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00930EF6" w:rsidRPr="0086667F">
+        <w:r w:rsidR="00930EF6" w:rsidRPr="007441B6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>officialsaccreditation@englandathletics.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00930EF6">
+      <w:r w:rsidR="00930EF6" w:rsidRPr="007441B6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F72F16">
+      <w:r w:rsidR="00F72F16" w:rsidRPr="007441B6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="547DB097" w14:textId="77777777" w:rsidR="005F462A" w:rsidRDefault="005F462A" w:rsidP="00D75CC8"/>
-[...417 lines deleted...]
-    <w:sectPr w:rsidR="005F462A" w:rsidSect="00317399">
+    <w:p w14:paraId="081F9894" w14:textId="77777777" w:rsidR="00AA73B3" w:rsidRDefault="00AA73B3" w:rsidP="00D75CC8"/>
+    <w:sectPr w:rsidR="00AA73B3" w:rsidSect="00317399">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2127" w:right="720" w:bottom="720" w:left="284" w:header="142" w:footer="113" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="584DF9BA" w14:textId="77777777" w:rsidR="00317399" w:rsidRDefault="00317399">
+    <w:p w14:paraId="0A53F475" w14:textId="77777777" w:rsidR="00E822BB" w:rsidRDefault="00E822BB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="30E9E9A3" w14:textId="77777777" w:rsidR="00317399" w:rsidRDefault="00317399">
+    <w:p w14:paraId="14211BD1" w14:textId="77777777" w:rsidR="00E822BB" w:rsidRDefault="00E822BB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1034,70 +983,70 @@
   </w:font>
   <w:font w:name="Lato">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="00C34FE1" w14:textId="77777777" w:rsidR="00317399" w:rsidRDefault="00317399">
+    <w:p w14:paraId="25DA7E12" w14:textId="77777777" w:rsidR="00E822BB" w:rsidRDefault="00E822BB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1AA833D8" w14:textId="77777777" w:rsidR="00317399" w:rsidRDefault="00317399">
+    <w:p w14:paraId="43117EFA" w14:textId="77777777" w:rsidR="00E822BB" w:rsidRDefault="00E822BB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6BB5A21B" w14:textId="192CCF8D" w:rsidR="007E42FC" w:rsidRDefault="00680F93" w:rsidP="006C09B3">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E267BC">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="67231BB4" wp14:editId="48EAAD2B">
           <wp:extent cx="3962400" cy="967740"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1143023313" name="Picture 1143023313">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -1183,51 +1132,51 @@
       <w:rPr>
         <w:b/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>UPGRADE FORM</w:t>
     </w:r>
     <w:r w:rsidRPr="009227F1">
       <w:rPr>
         <w:b/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="001E5D1D">
       <w:rPr>
         <w:b/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve">- ENDURANCE </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A4D2E8B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="293A0398"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2128,119 +2077,122 @@
   <w:num w:numId="2" w16cid:durableId="242834897">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1454716080">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2030452834">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1882472953">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="242758894">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="952053562">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="741951085">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00870052"/>
     <w:rsid w:val="00004593"/>
     <w:rsid w:val="00020840"/>
     <w:rsid w:val="00027FE0"/>
+    <w:rsid w:val="000311F6"/>
     <w:rsid w:val="00042315"/>
     <w:rsid w:val="00064013"/>
     <w:rsid w:val="0007199B"/>
     <w:rsid w:val="00086F85"/>
+    <w:rsid w:val="00090178"/>
     <w:rsid w:val="0009122D"/>
     <w:rsid w:val="000941D8"/>
+    <w:rsid w:val="000A0086"/>
     <w:rsid w:val="000A1CB7"/>
     <w:rsid w:val="000A3939"/>
     <w:rsid w:val="000A46E5"/>
     <w:rsid w:val="000A6A20"/>
     <w:rsid w:val="000A78D3"/>
-    <w:rsid w:val="000B0483"/>
     <w:rsid w:val="000B0D81"/>
     <w:rsid w:val="000B6156"/>
     <w:rsid w:val="000B7507"/>
     <w:rsid w:val="000C06F3"/>
     <w:rsid w:val="000C3CC0"/>
     <w:rsid w:val="000E0238"/>
     <w:rsid w:val="000E57DD"/>
     <w:rsid w:val="000F2EF5"/>
     <w:rsid w:val="00120A79"/>
     <w:rsid w:val="00131F80"/>
     <w:rsid w:val="0013630A"/>
     <w:rsid w:val="00143941"/>
     <w:rsid w:val="001527A9"/>
     <w:rsid w:val="00166942"/>
+    <w:rsid w:val="00174296"/>
     <w:rsid w:val="001756CA"/>
     <w:rsid w:val="001C3940"/>
     <w:rsid w:val="001C55D1"/>
     <w:rsid w:val="001D6B38"/>
     <w:rsid w:val="001E5D1D"/>
     <w:rsid w:val="001F6756"/>
     <w:rsid w:val="00210D7D"/>
     <w:rsid w:val="00225108"/>
     <w:rsid w:val="00233F6E"/>
+    <w:rsid w:val="0024007B"/>
     <w:rsid w:val="0024177E"/>
-    <w:rsid w:val="00264CA1"/>
     <w:rsid w:val="002676C8"/>
     <w:rsid w:val="002C2EBD"/>
     <w:rsid w:val="002D79CE"/>
     <w:rsid w:val="002E085D"/>
     <w:rsid w:val="002E11ED"/>
     <w:rsid w:val="002E1F9D"/>
     <w:rsid w:val="002F4454"/>
     <w:rsid w:val="00302E52"/>
     <w:rsid w:val="00317399"/>
     <w:rsid w:val="00323618"/>
     <w:rsid w:val="00354494"/>
     <w:rsid w:val="003664B8"/>
     <w:rsid w:val="003800AD"/>
     <w:rsid w:val="00385DD9"/>
     <w:rsid w:val="003963E7"/>
     <w:rsid w:val="003A54B8"/>
     <w:rsid w:val="003C368F"/>
     <w:rsid w:val="003C763A"/>
     <w:rsid w:val="003D0392"/>
     <w:rsid w:val="003E54CE"/>
     <w:rsid w:val="003E5D26"/>
     <w:rsid w:val="003F04C6"/>
     <w:rsid w:val="003F5549"/>
     <w:rsid w:val="00402CF3"/>
     <w:rsid w:val="0042316C"/>
@@ -2249,218 +2201,231 @@
     <w:rsid w:val="00457131"/>
     <w:rsid w:val="004963A4"/>
     <w:rsid w:val="004A2730"/>
     <w:rsid w:val="004B16EF"/>
     <w:rsid w:val="004D4390"/>
     <w:rsid w:val="004D609F"/>
     <w:rsid w:val="004E200C"/>
     <w:rsid w:val="004E5D0D"/>
     <w:rsid w:val="004F0CF1"/>
     <w:rsid w:val="004F5254"/>
     <w:rsid w:val="004F693E"/>
     <w:rsid w:val="004F7F98"/>
     <w:rsid w:val="005148E7"/>
     <w:rsid w:val="0052753C"/>
     <w:rsid w:val="00527A6C"/>
     <w:rsid w:val="00544CAE"/>
     <w:rsid w:val="0054532E"/>
     <w:rsid w:val="00580E69"/>
     <w:rsid w:val="00590B64"/>
     <w:rsid w:val="00596442"/>
     <w:rsid w:val="00597213"/>
     <w:rsid w:val="005A41A4"/>
     <w:rsid w:val="005D3246"/>
     <w:rsid w:val="005D61DD"/>
     <w:rsid w:val="005D7FDD"/>
-    <w:rsid w:val="005F462A"/>
     <w:rsid w:val="00600C55"/>
     <w:rsid w:val="00604F73"/>
     <w:rsid w:val="00611373"/>
     <w:rsid w:val="00613400"/>
     <w:rsid w:val="00617D4D"/>
     <w:rsid w:val="00643F16"/>
     <w:rsid w:val="00655E41"/>
     <w:rsid w:val="006663BC"/>
     <w:rsid w:val="00680F93"/>
     <w:rsid w:val="00685722"/>
     <w:rsid w:val="00687746"/>
+    <w:rsid w:val="006A2028"/>
     <w:rsid w:val="006B7ED4"/>
     <w:rsid w:val="006C09B3"/>
     <w:rsid w:val="006F6F59"/>
     <w:rsid w:val="00700515"/>
     <w:rsid w:val="007061E3"/>
     <w:rsid w:val="00721EFF"/>
     <w:rsid w:val="00737E0F"/>
+    <w:rsid w:val="007441B6"/>
     <w:rsid w:val="00787CD2"/>
     <w:rsid w:val="007A0137"/>
     <w:rsid w:val="007A3856"/>
+    <w:rsid w:val="007C18F4"/>
     <w:rsid w:val="007D11EB"/>
     <w:rsid w:val="007D13FC"/>
     <w:rsid w:val="007D6492"/>
     <w:rsid w:val="007E42FC"/>
     <w:rsid w:val="007E6651"/>
     <w:rsid w:val="007E7ED8"/>
     <w:rsid w:val="007F0C09"/>
     <w:rsid w:val="007F1C05"/>
     <w:rsid w:val="007F2A00"/>
     <w:rsid w:val="007F66C0"/>
     <w:rsid w:val="00803450"/>
     <w:rsid w:val="008061DA"/>
     <w:rsid w:val="00854367"/>
     <w:rsid w:val="00870052"/>
     <w:rsid w:val="008832F0"/>
     <w:rsid w:val="00896A47"/>
     <w:rsid w:val="008B5E66"/>
     <w:rsid w:val="008B6480"/>
     <w:rsid w:val="008D2067"/>
     <w:rsid w:val="00921533"/>
     <w:rsid w:val="009227F1"/>
     <w:rsid w:val="00930EF6"/>
     <w:rsid w:val="009778B0"/>
+    <w:rsid w:val="00993640"/>
     <w:rsid w:val="009969AD"/>
+    <w:rsid w:val="009B7C67"/>
     <w:rsid w:val="009C507F"/>
     <w:rsid w:val="009D5E74"/>
     <w:rsid w:val="009E23F1"/>
     <w:rsid w:val="009F0826"/>
     <w:rsid w:val="00A033EB"/>
     <w:rsid w:val="00A43B85"/>
     <w:rsid w:val="00A44E73"/>
     <w:rsid w:val="00A53B3B"/>
     <w:rsid w:val="00A80C1D"/>
     <w:rsid w:val="00A82A1C"/>
     <w:rsid w:val="00A8509A"/>
     <w:rsid w:val="00A91DCF"/>
+    <w:rsid w:val="00AA73B3"/>
     <w:rsid w:val="00AC2BF5"/>
     <w:rsid w:val="00AD7142"/>
     <w:rsid w:val="00AE5E48"/>
     <w:rsid w:val="00B04335"/>
     <w:rsid w:val="00B134CC"/>
     <w:rsid w:val="00B168A6"/>
     <w:rsid w:val="00B17FCE"/>
     <w:rsid w:val="00B329BA"/>
     <w:rsid w:val="00B42966"/>
     <w:rsid w:val="00B43766"/>
     <w:rsid w:val="00B85427"/>
     <w:rsid w:val="00B971FD"/>
     <w:rsid w:val="00BA0FDD"/>
     <w:rsid w:val="00BA34DE"/>
     <w:rsid w:val="00BA6A29"/>
     <w:rsid w:val="00BB23C6"/>
+    <w:rsid w:val="00BC42DB"/>
     <w:rsid w:val="00BD21A5"/>
     <w:rsid w:val="00BD35F5"/>
     <w:rsid w:val="00BD4B60"/>
     <w:rsid w:val="00BD4DC6"/>
     <w:rsid w:val="00BE3D0C"/>
     <w:rsid w:val="00BF0F92"/>
     <w:rsid w:val="00BF29AE"/>
     <w:rsid w:val="00C06BC4"/>
     <w:rsid w:val="00C11FE1"/>
     <w:rsid w:val="00C2413E"/>
     <w:rsid w:val="00C50789"/>
     <w:rsid w:val="00C647F4"/>
     <w:rsid w:val="00C808E6"/>
     <w:rsid w:val="00C8285B"/>
     <w:rsid w:val="00C853A8"/>
     <w:rsid w:val="00C858E6"/>
     <w:rsid w:val="00C85977"/>
+    <w:rsid w:val="00C87C75"/>
     <w:rsid w:val="00CC3856"/>
     <w:rsid w:val="00CF0D42"/>
     <w:rsid w:val="00D158B8"/>
     <w:rsid w:val="00D15B46"/>
     <w:rsid w:val="00D42DE7"/>
     <w:rsid w:val="00D51CA7"/>
     <w:rsid w:val="00D75CC8"/>
     <w:rsid w:val="00D81847"/>
     <w:rsid w:val="00D869B4"/>
     <w:rsid w:val="00D916EA"/>
     <w:rsid w:val="00D93E97"/>
     <w:rsid w:val="00DA71A0"/>
     <w:rsid w:val="00DB0EE6"/>
     <w:rsid w:val="00DD12C0"/>
     <w:rsid w:val="00DD1913"/>
+    <w:rsid w:val="00DD1C04"/>
     <w:rsid w:val="00E04F00"/>
     <w:rsid w:val="00E061D9"/>
     <w:rsid w:val="00E250F1"/>
     <w:rsid w:val="00E32A3C"/>
     <w:rsid w:val="00E46F08"/>
     <w:rsid w:val="00E622D3"/>
     <w:rsid w:val="00E658A5"/>
     <w:rsid w:val="00E664DF"/>
     <w:rsid w:val="00E74424"/>
+    <w:rsid w:val="00E822BB"/>
     <w:rsid w:val="00E9769B"/>
     <w:rsid w:val="00EB5203"/>
+    <w:rsid w:val="00EB6BE0"/>
     <w:rsid w:val="00EC2102"/>
     <w:rsid w:val="00EC7709"/>
     <w:rsid w:val="00ED1BF4"/>
     <w:rsid w:val="00EE3D4F"/>
     <w:rsid w:val="00EF4478"/>
     <w:rsid w:val="00F122F7"/>
     <w:rsid w:val="00F25B43"/>
+    <w:rsid w:val="00F26E1A"/>
+    <w:rsid w:val="00F30CAB"/>
     <w:rsid w:val="00F4729B"/>
+    <w:rsid w:val="00F5297D"/>
     <w:rsid w:val="00F5687D"/>
     <w:rsid w:val="00F72F16"/>
     <w:rsid w:val="00F750D9"/>
     <w:rsid w:val="00F87D7E"/>
     <w:rsid w:val="00F93B8E"/>
     <w:rsid w:val="00F96461"/>
     <w:rsid w:val="00F97A6F"/>
     <w:rsid w:val="00FA244D"/>
     <w:rsid w:val="00FA62A5"/>
     <w:rsid w:val="00FC502D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="628E5193"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8E191FFA-0C2F-4667-BA2D-D35C11CC8221}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
@@ -2721,51 +2686,50 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -2972,51 +2936,51 @@
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="008061DA"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00402CF3"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1941332553">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:officialsaccreditation@englandathletics.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
@@ -3308,70 +3272,61 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="d4e97e60-d57b-46f0-8c68-1d25f9ddb920">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="d4a48426-97cc-4a61-94fb-56c3682b2352" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010042016E61ECD77C43A7695B35AA3CBE50" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="90192ac976a05609bcde9171229bfc16">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d4e97e60-d57b-46f0-8c68-1d25f9ddb920" xmlns:ns3="d4a48426-97cc-4a61-94fb-56c3682b2352" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b177dff8fc34d65a850aca3b5d3c647e" ns2:_="" ns3:_="">
     <xsd:import namespace="d4e97e60-d57b-46f0-8c68-1d25f9ddb920"/>
     <xsd:import namespace="d4a48426-97cc-4a61-94fb-56c3682b2352"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -3582,118 +3537,127 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FDB90A2B-06DA-4ADB-8A69-6DBD3189E337}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="d4e97e60-d57b-46f0-8c68-1d25f9ddb920"/>
     <ds:schemaRef ds:uri="d4a48426-97cc-4a61-94fb-56c3682b2352"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AED54A39-6901-43C3-909A-FC64EC0316B8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d4e97e60-d57b-46f0-8c68-1d25f9ddb920"/>
     <ds:schemaRef ds:uri="d4a48426-97cc-4a61-94fb-56c3682b2352"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D0E474F-7CE0-4A68-9D2D-201646DCC58A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>208</Words>
-  <Characters>1293</Characters>
+  <Words>96</Words>
+  <Characters>615</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>5</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>DRAFT</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NoEAA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1499</CharactersWithSpaces>
+  <CharactersWithSpaces>710</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>DRAFT</dc:title>
   <dc:subject/>
   <dc:creator>MOIRAG</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010042016E61ECD77C43A7695B35AA3CBE50</vt:lpwstr>
   </property>