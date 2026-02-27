--- v0 (2025-10-13)
+++ v1 (2026-02-27)
@@ -1,2399 +1,2044 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-[...9 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w14:paraId="0418D221" w14:textId="77777777" w:rsidR="00500384" w:rsidRDefault="00500384" w:rsidP="00697811">
+    <w:p w14:paraId="73A08B3D" w14:textId="77777777" w:rsidR="00C93258" w:rsidRDefault="00C93258">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:bCs/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable6Colourful"/>
-        <w:tblW w:w="4448" w:type="pct"/>
-        <w:tblInd w:w="562" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="35"/>
+        <w:tblW w:w="10337" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3970"/>
-        <w:gridCol w:w="6235"/>
+        <w:gridCol w:w="2428"/>
+        <w:gridCol w:w="7909"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00500384" w:rsidRPr="00500384" w14:paraId="47753E61" w14:textId="77777777" w:rsidTr="006B5898">
+      <w:tr w:rsidR="00757A85" w:rsidRPr="007F6100" w14:paraId="763797FF" w14:textId="77777777" w:rsidTr="003A1DCA">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="414"/>
+          <w:trHeight w:val="476"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1945" w:type="pct"/>
+            <w:tcW w:w="2428" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FE889F2" w14:textId="77777777" w:rsidR="00500384" w:rsidRPr="00500384" w:rsidRDefault="00500384" w:rsidP="00500384">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="710A9832" w14:textId="77777777" w:rsidR="00757A85" w:rsidRPr="007F6100" w:rsidRDefault="00757A85" w:rsidP="005F3E46">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Name of Official:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3055" w:type="pct"/>
+            <w:tcW w:w="7909" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0700DEEF" w14:textId="75956653" w:rsidR="00500384" w:rsidRPr="00500384" w:rsidRDefault="00500384" w:rsidP="00500384">
-[...7 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="3E7DABE0" w14:textId="77777777" w:rsidR="00757A85" w:rsidRPr="007F6100" w:rsidRDefault="00757A85" w:rsidP="005F3E46"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00500384" w:rsidRPr="00500384" w14:paraId="31DE2D86" w14:textId="77777777" w:rsidTr="00500384">
+      <w:tr w:rsidR="00757A85" w:rsidRPr="007F6100" w14:paraId="67724BB9" w14:textId="77777777" w:rsidTr="003A1DCA">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="459"/>
+          <w:trHeight w:val="476"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1945" w:type="pct"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77E6FAFB" w14:textId="77777777" w:rsidR="00500384" w:rsidRPr="00500384" w:rsidRDefault="00500384" w:rsidP="00500384">
-[...13 lines deleted...]
-              <w:t>Licence Number (URN):</w:t>
+          <w:p w14:paraId="4DCF19DB" w14:textId="77777777" w:rsidR="00757A85" w:rsidRPr="007F6100" w:rsidRDefault="00757A85" w:rsidP="005F3E46">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>URN Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3055" w:type="pct"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="7909" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73377707" w14:textId="61D7744B" w:rsidR="00500384" w:rsidRPr="00500384" w:rsidRDefault="00500384" w:rsidP="00500384">
-[...7 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="1D1FC917" w14:textId="77777777" w:rsidR="00757A85" w:rsidRPr="007F6100" w:rsidRDefault="00757A85" w:rsidP="005F3E46"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00500384" w:rsidRPr="00500384" w14:paraId="79EF9D40" w14:textId="77777777" w:rsidTr="006B5898">
+      <w:tr w:rsidR="007F6100" w:rsidRPr="007F6100" w14:paraId="7E4B02C5" w14:textId="77777777" w:rsidTr="003A1DCA">
         <w:trPr>
-          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="459"/>
+          <w:trHeight w:val="476"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1945" w:type="pct"/>
-[...4 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33852966" w14:textId="77777777" w:rsidR="00500384" w:rsidRPr="00500384" w:rsidRDefault="00500384" w:rsidP="00500384">
-[...13 lines deleted...]
-              <w:t>Email Address</w:t>
+          <w:p w14:paraId="26CFE647" w14:textId="77777777" w:rsidR="00757A85" w:rsidRPr="007F6100" w:rsidRDefault="00757A85" w:rsidP="005F3E46">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Region:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3055" w:type="pct"/>
-[...4 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="7909" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1691FEFB" w14:textId="21953EC2" w:rsidR="00500384" w:rsidRPr="00500384" w:rsidRDefault="00500384" w:rsidP="00500384">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="10C2051E" w14:textId="77777777" w:rsidR="00757A85" w:rsidRPr="007F6100" w:rsidRDefault="00757A85" w:rsidP="005F3E46">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F6100" w:rsidRPr="007F6100" w14:paraId="160A8A99" w14:textId="77777777" w:rsidTr="003A1DCA">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="572"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2428" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EB64C95" w14:textId="77777777" w:rsidR="00757A85" w:rsidRPr="007F6100" w:rsidRDefault="00757A85" w:rsidP="005F3E46">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Meeting:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7909" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52A4C446" w14:textId="77777777" w:rsidR="00757A85" w:rsidRPr="007F6100" w:rsidRDefault="00757A85" w:rsidP="005F3E46">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F6100" w:rsidRPr="007F6100" w14:paraId="69600A1F" w14:textId="77777777" w:rsidTr="003A1DCA">
+        <w:trPr>
+          <w:trHeight w:val="572"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2428" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D73C8E7" w14:textId="77777777" w:rsidR="00757A85" w:rsidRPr="007F6100" w:rsidRDefault="00757A85" w:rsidP="005F3E46">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Venue:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7909" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DEF1E08" w14:textId="77777777" w:rsidR="00757A85" w:rsidRPr="007F6100" w:rsidRDefault="00757A85" w:rsidP="005F3E46">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F6100" w:rsidRPr="007F6100" w14:paraId="6720F097" w14:textId="77777777" w:rsidTr="000C7EB3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="481"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="247132B6" w14:textId="77777777" w:rsidR="00757A85" w:rsidRPr="007F6100" w:rsidRDefault="00757A85" w:rsidP="005F3E46">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Date:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7909" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="25B335BA" w14:textId="77777777" w:rsidR="000C7EB3" w:rsidRPr="000C7EB3" w:rsidRDefault="000C7EB3" w:rsidP="000C7EB3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F6100" w:rsidRPr="007F6100" w14:paraId="37A8E989" w14:textId="77777777" w:rsidTr="000E0A5E">
+        <w:trPr>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="572"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2428" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="62598525" w14:textId="62EC91C4" w:rsidR="000E0A5E" w:rsidRPr="007F6100" w:rsidRDefault="00415F1B" w:rsidP="005F3E46">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Duty: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7909" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="486C7EB0" w14:textId="77777777" w:rsidR="00415F1B" w:rsidRPr="007F6100" w:rsidRDefault="00415F1B" w:rsidP="00415F1B">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>1. REFEREE or ASSISTANT REFEREE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0545101D" w14:textId="77777777" w:rsidR="00415F1B" w:rsidRPr="007F6100" w:rsidRDefault="00415F1B" w:rsidP="00415F1B">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>2. START AREA COORDINATOR/START DIRECTOR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4587EAC6" w14:textId="77777777" w:rsidR="00415F1B" w:rsidRPr="007F6100" w:rsidRDefault="00415F1B" w:rsidP="00415F1B">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>3. FINISH AREA COORDINATOR/FINISH DIRECTOR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A3C4E7A" w14:textId="77777777" w:rsidR="000E0A5E" w:rsidRPr="007F6100" w:rsidRDefault="00415F1B" w:rsidP="00FB0E60">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4. CLERK of COURSE/COURSE DIRECTOR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F55BFB9" w14:textId="6D2095C7" w:rsidR="00940699" w:rsidRPr="007F6100" w:rsidRDefault="00940699" w:rsidP="00FB0E60">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>5. OTHER ROLE</w:t>
+            </w:r>
+            <w:r w:rsidR="00E8018B" w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E8018B" w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>eg</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E8018B" w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Team </w:t>
+            </w:r>
+            <w:r w:rsidR="00A37426" w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Member</w:t>
+            </w:r>
+            <w:r w:rsidR="00E8018B" w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="465607DF" w14:textId="77777777" w:rsidR="00500384" w:rsidRDefault="00500384" w:rsidP="001D1E6C">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="75BAD0C1" w14:textId="77777777" w:rsidR="00C93258" w:rsidRPr="007F6100" w:rsidRDefault="00C93258">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C882C60" w14:textId="4741E75F" w:rsidR="001D1E6C" w:rsidRDefault="001D1E6C" w:rsidP="001D1E6C">
-      <w:pPr>
+    <w:p w14:paraId="08BF1021" w14:textId="40FFB87B" w:rsidR="007F10C7" w:rsidRPr="007F6100" w:rsidRDefault="00434B3C" w:rsidP="007F10C7">
+      <w:pPr>
+        <w:ind w:left="-851" w:right="-992"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00500384">
+      <w:bookmarkStart w:id="0" w:name="_Hlk127896040"/>
+      <w:r w:rsidRPr="007F6100">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Below section is </w:t>
+        <w:t>THE REPORTER WLL BE A LEVEL 4</w:t>
       </w:r>
-      <w:r w:rsidR="003D4FB0" w:rsidRPr="00500384">
+      <w:r w:rsidR="00BA2BF9" w:rsidRPr="007F6100">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
-        <w:t>to be completed</w:t>
+        <w:t xml:space="preserve"> ENDURANCE OFFICIAL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00500384">
+      <w:r w:rsidR="00A0080E" w:rsidRPr="007F6100">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> by the assessor </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D202D6" w:rsidRPr="00500384">
+    </w:p>
+    <w:p w14:paraId="546D03D4" w14:textId="77777777" w:rsidR="00A0080E" w:rsidRPr="007F6100" w:rsidRDefault="00A0080E" w:rsidP="007F10C7">
+      <w:pPr>
+        <w:ind w:left="-851" w:right="-992"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
-        <w:t>only</w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62FA2C76" w14:textId="77777777" w:rsidR="00434B3C" w:rsidRPr="007F6100" w:rsidRDefault="00434B3C" w:rsidP="00434B3C">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F6100">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>PLEASE COMMENT BRIEFLY ON THE FOLLOWING AREAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77FAB9E7" w14:textId="77777777" w:rsidR="00500384" w:rsidRPr="00500384" w:rsidRDefault="00500384" w:rsidP="001D1E6C">
+    <w:p w14:paraId="0C5887D4" w14:textId="77777777" w:rsidR="00757A85" w:rsidRPr="007F6100" w:rsidRDefault="00757A85" w:rsidP="00757A85">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable6Colourful"/>
-        <w:tblW w:w="4448" w:type="pct"/>
-        <w:tblInd w:w="562" w:type="dxa"/>
+        <w:tblW w:w="5949" w:type="pct"/>
+        <w:tblInd w:w="-714" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3970"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3684"/>
+        <w:gridCol w:w="5411"/>
+        <w:gridCol w:w="5709"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E20AC" w:rsidRPr="00500384" w14:paraId="238555EA" w14:textId="77777777" w:rsidTr="00500384">
+      <w:tr w:rsidR="007F6100" w:rsidRPr="007F6100" w14:paraId="2CD9CFFA" w14:textId="77777777" w:rsidTr="003A1DCA">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5000" w:type="pct"/>
-[...2 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2433" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="74A971F2" w14:textId="77777777" w:rsidR="002E20AC" w:rsidRPr="00500384" w:rsidRDefault="002E20AC" w:rsidP="00500384">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bookmarkEnd w:id="0"/>
+          <w:p w14:paraId="3B5F7B40" w14:textId="77777777" w:rsidR="00C93258" w:rsidRPr="007F6100" w:rsidRDefault="00C93258">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Punctuality, appropriate attire/equipment</w:t>
+            </w:r>
+            <w:r w:rsidR="00757A85" w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="590818AB" w14:textId="77777777" w:rsidR="00C93258" w:rsidRPr="007F6100" w:rsidRDefault="00C93258">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26A750D5" w14:textId="77777777" w:rsidR="00C93258" w:rsidRPr="007F6100" w:rsidRDefault="00C93258">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2567" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BD4C6C1" w14:textId="77777777" w:rsidR="00C93258" w:rsidRPr="007F6100" w:rsidRDefault="00C93258">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00500384">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E20AC" w:rsidRPr="00500384" w14:paraId="343BB80E" w14:textId="77777777" w:rsidTr="00500384">
+      <w:tr w:rsidR="007F6100" w:rsidRPr="007F6100" w14:paraId="52ED5446" w14:textId="77777777" w:rsidTr="003A1DCA">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3195" w:type="pct"/>
-[...2 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2433" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4D3DB55E" w14:textId="2EC42DBF" w:rsidR="002E20AC" w:rsidRPr="00500384" w:rsidRDefault="002E20AC" w:rsidP="00500384">
-[...54 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="3B0C7905" w14:textId="77777777" w:rsidR="00C93258" w:rsidRPr="007F6100" w:rsidRDefault="00C93258">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Knowledge &amp; understanding of the role</w:t>
+            </w:r>
+            <w:r w:rsidR="00757A85" w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="688B8E6E" w14:textId="77777777" w:rsidR="00C93258" w:rsidRPr="007F6100" w:rsidRDefault="00C93258">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4CE3F517" w14:textId="77777777" w:rsidR="00C93258" w:rsidRPr="007F6100" w:rsidRDefault="00C93258">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1805" w:type="pct"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2567" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5363BC4D" w14:textId="667B845A" w:rsidR="002E20AC" w:rsidRPr="00500384" w:rsidRDefault="00A40045" w:rsidP="00F42712">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="603E591B" w14:textId="77777777" w:rsidR="00C93258" w:rsidRPr="007F6100" w:rsidRDefault="00C93258">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F6100" w:rsidRPr="007F6100" w14:paraId="35E7A77C" w14:textId="77777777" w:rsidTr="003A1DCA">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2433" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="69E85751" w14:textId="6398018D" w:rsidR="00F424CA" w:rsidRPr="007F6100" w:rsidRDefault="00C93258" w:rsidP="00415F1B">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ability to </w:t>
+            </w:r>
+            <w:r w:rsidR="00415F1B" w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>prepare and manage a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> duty sheet</w:t>
+            </w:r>
+            <w:r w:rsidR="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB3DF4" w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>(If applicable</w:t>
+            </w:r>
+            <w:r w:rsidR="00F424CA" w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in roles 1 -4 above</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB3DF4" w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00F424CA" w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="464E219A" w14:textId="77777777" w:rsidR="00F424CA" w:rsidRPr="007F6100" w:rsidRDefault="00F424CA" w:rsidP="00415F1B">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F525B36" w14:textId="2EF1E716" w:rsidR="00C93258" w:rsidRPr="007F6100" w:rsidRDefault="00C93258" w:rsidP="00415F1B">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>List events/roles covered</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB3DF4" w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD7985" w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB3DF4" w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">following duty </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB6B53" w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>sheet in role 5 above</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD7985" w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB6B53" w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="593C924A" w14:textId="64F7E91F" w:rsidR="00415F1B" w:rsidRPr="007F6100" w:rsidRDefault="00415F1B" w:rsidP="00415F1B">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2567" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="03C4F495" w14:textId="77777777" w:rsidR="00C93258" w:rsidRPr="007F6100" w:rsidRDefault="00C93258">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Yes / No</w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E20AC" w:rsidRPr="00500384" w14:paraId="0FECA10C" w14:textId="77777777" w:rsidTr="00500384">
+      <w:tr w:rsidR="007F6100" w:rsidRPr="007F6100" w14:paraId="573D47A5" w14:textId="77777777" w:rsidTr="003A1DCA">
         <w:trPr>
-          <w:trHeight w:val="454"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3195" w:type="pct"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2433" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7210C201" w14:textId="2951A6FE" w:rsidR="002E20AC" w:rsidRPr="00500384" w:rsidRDefault="002E20AC" w:rsidP="00500384">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Evidence of self-learning </w:t>
+          <w:p w14:paraId="61207279" w14:textId="66A59EEC" w:rsidR="00C93258" w:rsidRPr="007F6100" w:rsidRDefault="00C93258">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Knowledge and application of rules</w:t>
+            </w:r>
+            <w:r w:rsidR="00757A85" w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1805" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2567" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="07EFA72A" w14:textId="3682713D" w:rsidR="002E20AC" w:rsidRPr="00500384" w:rsidRDefault="002E20AC" w:rsidP="00F42712">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2D91D0DD" w14:textId="77777777" w:rsidR="00C93258" w:rsidRPr="007F6100" w:rsidRDefault="00C93258">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w14:paraId="488DE194" w14:textId="77777777" w:rsidR="00434B3C" w:rsidRPr="007F6100" w:rsidRDefault="00434B3C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34D47FF2" w14:textId="77777777" w:rsidR="00434B3C" w:rsidRPr="007F6100" w:rsidRDefault="00434B3C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E20AC" w:rsidRPr="00500384" w14:paraId="41C714C0" w14:textId="77777777" w:rsidTr="00697811">
+      <w:tr w:rsidR="007F6100" w:rsidRPr="007F6100" w14:paraId="70D13936" w14:textId="77777777" w:rsidTr="00BA2BF9">
         <w:trPr>
-          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="316"/>
+          <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3195" w:type="pct"/>
-[...2 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2433" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="03EAF1F9" w14:textId="77777777" w:rsidR="002E20AC" w:rsidRPr="00500384" w:rsidRDefault="002E20AC" w:rsidP="00500384">
-[...13 lines deleted...]
-              <w:t>Feedback / Comments</w:t>
+          <w:p w14:paraId="4407EF5A" w14:textId="4C7B2451" w:rsidR="00C93258" w:rsidRPr="007F6100" w:rsidRDefault="00C93258">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Ability to ma</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA2BF9" w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>k</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>e quick and correct decisions</w:t>
+            </w:r>
+            <w:r w:rsidR="00757A85" w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1805" w:type="pct"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2567" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6751A22A" w14:textId="77777777" w:rsidR="00500384" w:rsidRPr="00500384" w:rsidRDefault="00500384" w:rsidP="00500384">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5133E479" w14:textId="77777777" w:rsidR="00C93258" w:rsidRPr="007F6100" w:rsidRDefault="00C93258">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w14:paraId="3ECB93BC" w14:textId="77777777" w:rsidR="00434B3C" w:rsidRPr="007F6100" w:rsidRDefault="00434B3C">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F761A05" w14:textId="77777777" w:rsidR="00434B3C" w:rsidRPr="007F6100" w:rsidRDefault="00434B3C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E20AC" w:rsidRPr="00500384" w14:paraId="338CD6E8" w14:textId="77777777" w:rsidTr="00500384">
+      <w:tr w:rsidR="007F6100" w:rsidRPr="007F6100" w14:paraId="6A5DA0BF" w14:textId="77777777" w:rsidTr="003A1DCA">
         <w:trPr>
-          <w:trHeight w:val="454"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5000" w:type="pct"/>
-[...2 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2433" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0D73EE62" w14:textId="77777777" w:rsidR="002E20AC" w:rsidRPr="00500384" w:rsidRDefault="002E20AC" w:rsidP="00500384">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="184D23D7" w14:textId="77777777" w:rsidR="00C93258" w:rsidRPr="007F6100" w:rsidRDefault="00C93258">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Relationship with other officials</w:t>
+            </w:r>
+            <w:r w:rsidR="00757A85" w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6264AE7E" w14:textId="77777777" w:rsidR="00C93258" w:rsidRPr="007F6100" w:rsidRDefault="00C93258">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B870B3D" w14:textId="77777777" w:rsidR="00C93258" w:rsidRPr="007F6100" w:rsidRDefault="00C93258">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2567" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="16C6F97B" w14:textId="77777777" w:rsidR="00C93258" w:rsidRPr="007F6100" w:rsidRDefault="00C93258">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00500384">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F6100" w:rsidRPr="007F6100" w14:paraId="6B0275FC" w14:textId="77777777" w:rsidTr="003A1DCA">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2433" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="24ECC104" w14:textId="77777777" w:rsidR="00C93258" w:rsidRPr="007F6100" w:rsidRDefault="00C93258">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Relationship with athletes</w:t>
+            </w:r>
+            <w:r w:rsidR="00757A85" w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="310C515B" w14:textId="77777777" w:rsidR="00C93258" w:rsidRPr="007F6100" w:rsidRDefault="00C93258">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2567" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4099E567" w14:textId="77777777" w:rsidR="00C93258" w:rsidRPr="007F6100" w:rsidRDefault="00C93258">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">MODULE QUESTIONS </w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E20AC" w:rsidRPr="00500384" w14:paraId="27A0C2C0" w14:textId="77777777" w:rsidTr="00500384">
+      <w:tr w:rsidR="007F6100" w:rsidRPr="007F6100" w14:paraId="7FD306B7" w14:textId="77777777" w:rsidTr="003A1DCA">
         <w:trPr>
-          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="454"/>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5000" w:type="pct"/>
-[...2 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2433" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3D1D49B0" w14:textId="4DFACB13" w:rsidR="002E20AC" w:rsidRPr="00500384" w:rsidRDefault="002E20AC" w:rsidP="00500384">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="58752F05" w14:textId="77777777" w:rsidR="00C93258" w:rsidRPr="007F6100" w:rsidRDefault="00C93258">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Other comments</w:t>
+            </w:r>
+            <w:r w:rsidR="00757A85" w:rsidRPr="007F6100">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2299B101" w14:textId="77777777" w:rsidR="00C93258" w:rsidRPr="007F6100" w:rsidRDefault="00C93258">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D283333" w14:textId="77777777" w:rsidR="00C93258" w:rsidRPr="007F6100" w:rsidRDefault="00C93258">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2567" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A412271" w14:textId="77777777" w:rsidR="00C93258" w:rsidRPr="007F6100" w:rsidRDefault="00C93258">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00500384">
-[...22 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E20AC" w:rsidRPr="00500384" w14:paraId="722E083B" w14:textId="77777777" w:rsidTr="00500384">
+    </w:tbl>
+    <w:p w14:paraId="5DB58720" w14:textId="77777777" w:rsidR="00757A85" w:rsidRDefault="00757A85"/>
+    <w:p w14:paraId="77F06058" w14:textId="77777777" w:rsidR="000C7EB3" w:rsidRDefault="000C7EB3" w:rsidP="00BA2BF9">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="180DBF27" w14:textId="5985AAA5" w:rsidR="00C93258" w:rsidRPr="00757A85" w:rsidRDefault="00BA2BF9" w:rsidP="00BA2BF9">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00757A85">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7FBE1312" wp14:editId="390E8384">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5724525</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>92710</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="342900" cy="228600"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="3" name="AutoShape 7">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="342900" cy="228600"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="roundRect">
+                          <a:avLst>
+                            <a:gd name="adj" fmla="val 16667"/>
+                          </a:avLst>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:roundrect w14:anchorId="4EC896F8" id="AutoShape 7" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:450.75pt;margin-top:7.3pt;width:27pt;height:18pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyaS30HQIAADkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU92u0zAMvkfiHaLcs3Zl2zmr1h0d7TCE&#10;dPgRBx4gS9I2kMYhydaNp8dJuzF+rhC5iOw4/mx/tld3x06Tg3ReganodJJTIg0HoUxT0c+fti9u&#10;KfGBGcE0GFnRk/T0bv382aq3pSygBS2kIwhifNnbirYh2DLLPG9lx/wErDRorMF1LKDqmkw41iN6&#10;p7MizxdZD05YB1x6j68Pg5GuE35dSx7e17WXgeiKYm4h3S7du3hn6xUrG8dsq/iYBvuHLDqmDAa9&#10;QD2wwMjeqT+gOsUdeKjDhEOXQV0rLlMNWM00/62ap5ZZmWpBcry90OT/Hyx/d3iyH1xM3dtH4F89&#10;MbBpmWnkvXPQt5IJDDeNRGW99eXFISoeXcmufwsCW8v2ARIHx9p1ERCrI8dE9elCtTwGwvHx5axY&#10;5tgQjqaiuF2gHCOw8uxsnQ+vJXQkChV1sDfiI7YzRWCHRx8S3YIY1sXg4gsldaexeQemyXSxWNyM&#10;iONnxD5jpmpBK7FVWifFNbuNdgRdK7pNZ3T219+0IX1Fl/NinrL4xeavIfJ0/gaR6khDF5l9ZUSS&#10;A1N6kDFLbUaqI7txkH25A3FCph0M84v7hkIL7jslPc5uRf23PXOSEv3GYLeW09ksDntSZvObAhV3&#10;bdldW5jhCFXRQMkgbsKwIHvrVNNipGkq18A9drhW4TwKQ1ZjsjifqX/jLsUFuNbTr58bv/4BAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBn2kEj2gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BToQwEIbv&#10;Jr5DMybe3HaNEEHKxpjo1YgePBY6ApFO2baw6NM7nvQ483/555vqsLlJrBji6EnDfqdAIHXejtRr&#10;eHt9vLoFEZMhayZPqOELIxzq87PKlNaf6AXXJvWCSyiWRsOQ0lxKGbsBnYk7PyNx9uGDM4nH0Esb&#10;zInL3SSvlcqlMyPxhcHM+DBg99ksTkNn1aLC+/pctFlqvtflSPLpqPXlxXZ/ByLhlv5g+NVndajZ&#10;qfUL2SgmDYXaZ4xycJODYKDIMl60GjKVg6wr+f+D+gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQCyaS30HQIAADkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBn2kEj2gAAAAkBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00C93258" w:rsidRPr="00757A85">
+        <w:t>Please tick one of the following statements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="626AFD8D" w14:textId="050C3A51" w:rsidR="00C93258" w:rsidRPr="00757A85" w:rsidRDefault="00C93258">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757A85">
+        <w:t xml:space="preserve">This official </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00757A85">
+        <w:t>is able to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00757A85">
+        <w:t xml:space="preserve"> work com</w:t>
+      </w:r>
+      <w:r w:rsidR="00A60583" w:rsidRPr="00757A85">
+        <w:t>petently as a</w:t>
+      </w:r>
+      <w:r w:rsidR="001A76C7">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00A60583" w:rsidRPr="00757A85">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00174B50">
+        <w:t xml:space="preserve">Endurance Official </w:t>
+      </w:r>
+      <w:r w:rsidR="00A60583" w:rsidRPr="00757A85">
+        <w:t xml:space="preserve">at </w:t>
+      </w:r>
+      <w:r w:rsidR="001A76C7">
+        <w:t>regional</w:t>
+      </w:r>
+      <w:r w:rsidR="00A60583" w:rsidRPr="00757A85">
+        <w:t xml:space="preserve"> level.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D8E07E1" w14:textId="09357B7D" w:rsidR="00C93258" w:rsidRPr="00757A85" w:rsidRDefault="00BA2BF9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757A85">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39EE8C8E" wp14:editId="6C01DCDD">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5715000</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>8255</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="342900" cy="228600"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2" name="AutoShape 8">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="342900" cy="228600"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="roundRect">
+                          <a:avLst>
+                            <a:gd name="adj" fmla="val 16667"/>
+                          </a:avLst>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:roundrect w14:anchorId="4042B699" id="AutoShape 8" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:450pt;margin-top:.65pt;width:27pt;height:18pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyaS30HQIAADkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU92u0zAMvkfiHaLcs3Zl2zmr1h0d7TCE&#10;dPgRBx4gS9I2kMYhydaNp8dJuzF+rhC5iOw4/mx/tld3x06Tg3ReganodJJTIg0HoUxT0c+fti9u&#10;KfGBGcE0GFnRk/T0bv382aq3pSygBS2kIwhifNnbirYh2DLLPG9lx/wErDRorMF1LKDqmkw41iN6&#10;p7MizxdZD05YB1x6j68Pg5GuE35dSx7e17WXgeiKYm4h3S7du3hn6xUrG8dsq/iYBvuHLDqmDAa9&#10;QD2wwMjeqT+gOsUdeKjDhEOXQV0rLlMNWM00/62ap5ZZmWpBcry90OT/Hyx/d3iyH1xM3dtH4F89&#10;MbBpmWnkvXPQt5IJDDeNRGW99eXFISoeXcmufwsCW8v2ARIHx9p1ERCrI8dE9elCtTwGwvHx5axY&#10;5tgQjqaiuF2gHCOw8uxsnQ+vJXQkChV1sDfiI7YzRWCHRx8S3YIY1sXg4gsldaexeQemyXSxWNyM&#10;iONnxD5jpmpBK7FVWifFNbuNdgRdK7pNZ3T219+0IX1Fl/NinrL4xeavIfJ0/gaR6khDF5l9ZUSS&#10;A1N6kDFLbUaqI7txkH25A3FCph0M84v7hkIL7jslPc5uRf23PXOSEv3GYLeW09ksDntSZvObAhV3&#10;bdldW5jhCFXRQMkgbsKwIHvrVNNipGkq18A9drhW4TwKQ1ZjsjifqX/jLsUFuNbTr58bv/4BAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDDksWg2gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4QwEIXv&#10;Jv6HZky8ua3iqiBlY0z0akQPHgsdgUinbFtY9Nc7ntzjyzd5871yt7pRLBji4EnD5UaBQGq9HajT&#10;8P72dHEHIiZD1oyeUMM3RthVpyelKaw/0CsudeoEl1AsjIY+pamQMrY9OhM3fkJi9umDM4lj6KQN&#10;5sDlbpRXSt1IZwbiD72Z8LHH9quenYbWqlmFj+Ulb7ap/lnmPcnnvdbnZ+vDPYiEa/o/hj99VoeK&#10;nRo/k41i1JArxVsSgwwE83x7zbnRkN1mIKtSHg+ofgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQCyaS30HQIAADkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQDDksWg2gAAAAgBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00C93258" w:rsidRPr="00757A85">
+        <w:t>This official needs to gain more experience of this role before being re-assessed</w:t>
+      </w:r>
+      <w:r w:rsidR="00757A85">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CD10DAC" w14:textId="77777777" w:rsidR="00C93258" w:rsidRDefault="00C93258">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="GridTable6Colourful"/>
+        <w:tblW w:w="10337" w:type="dxa"/>
+        <w:tblInd w:w="-431" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2428"/>
+        <w:gridCol w:w="7909"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00757A85" w:rsidRPr="008D5722" w14:paraId="62401223" w14:textId="77777777" w:rsidTr="003A1DCA">
         <w:trPr>
-          <w:trHeight w:val="454"/>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="476"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3195" w:type="pct"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2428" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D5C031C" w14:textId="4D927160" w:rsidR="002E20AC" w:rsidRPr="00500384" w:rsidRDefault="002E20AC" w:rsidP="00500384">
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> Module</w:t>
+          <w:p w14:paraId="4B06252C" w14:textId="77777777" w:rsidR="00757A85" w:rsidRPr="001A76C7" w:rsidRDefault="00757A85" w:rsidP="005F3E46">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A76C7">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Name of Reporter:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1805" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="7909" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2DF02E54" w14:textId="64CA8545" w:rsidR="002E20AC" w:rsidRPr="00F42712" w:rsidRDefault="00A40045" w:rsidP="00F42712">
-[...15 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="45CCF0D6" w14:textId="77777777" w:rsidR="00757A85" w:rsidRPr="001A76C7" w:rsidRDefault="00757A85" w:rsidP="005F3E46"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E20AC" w:rsidRPr="00500384" w14:paraId="523621F1" w14:textId="77777777" w:rsidTr="00500384">
+      <w:tr w:rsidR="00757A85" w:rsidRPr="008D5722" w14:paraId="6F39B3F6" w14:textId="77777777" w:rsidTr="003A1DCA">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="454"/>
+          <w:trHeight w:val="572"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3195" w:type="pct"/>
-[...2 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AFEB6B8" w14:textId="13B19A82" w:rsidR="002E20AC" w:rsidRPr="00500384" w:rsidRDefault="002E20AC" w:rsidP="00500384">
-[...21 lines deleted...]
-              <w:t>Module</w:t>
+          <w:p w14:paraId="4F04C518" w14:textId="77777777" w:rsidR="00757A85" w:rsidRPr="001A76C7" w:rsidRDefault="00757A85" w:rsidP="005F3E46">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A76C7">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1805" w:type="pct"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="7909" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48B49147" w14:textId="4867A0D0" w:rsidR="002E20AC" w:rsidRPr="00F42712" w:rsidRDefault="00A40045" w:rsidP="00F42712">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="050A17A4" w14:textId="77777777" w:rsidR="00757A85" w:rsidRPr="001A76C7" w:rsidRDefault="00757A85" w:rsidP="005F3E46">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E20AC" w:rsidRPr="00500384" w14:paraId="7F7C493E" w14:textId="77777777" w:rsidTr="00500384">
+      <w:tr w:rsidR="00757A85" w:rsidRPr="008D5722" w14:paraId="56B41634" w14:textId="77777777" w:rsidTr="003A1DCA">
         <w:trPr>
-          <w:trHeight w:val="454"/>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="572"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3195" w:type="pct"/>
-[...2 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2428" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01C0E988" w14:textId="77777777" w:rsidR="002E20AC" w:rsidRPr="00500384" w:rsidRDefault="002E20AC" w:rsidP="00500384">
-[...13 lines deleted...]
-              <w:t>Feedback / Comments</w:t>
+          <w:p w14:paraId="13B9C5DA" w14:textId="77777777" w:rsidR="00757A85" w:rsidRPr="001A76C7" w:rsidRDefault="00757A85" w:rsidP="005F3E46">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A76C7">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1805" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="7909" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55FCD358" w14:textId="77777777" w:rsidR="002E20AC" w:rsidRDefault="002E20AC" w:rsidP="00500384">
-[...380 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="58E7FBCF" w14:textId="6ACAD5B0" w:rsidR="00757A85" w:rsidRPr="001A76C7" w:rsidRDefault="00757A85" w:rsidP="005F3E46">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5E37F7F6" w14:textId="77777777" w:rsidR="002E20AC" w:rsidRPr="00500384" w:rsidRDefault="002E20AC" w:rsidP="00500384">
-[...1 lines deleted...]
-        <w:ind w:left="567"/>
+    <w:p w14:paraId="55C4B935" w14:textId="77777777" w:rsidR="00C93258" w:rsidRDefault="00C93258">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="045A4EF3" w14:textId="36817D26" w:rsidR="00E9769B" w:rsidRPr="00500384" w:rsidRDefault="0008791F" w:rsidP="00500384">
-[...1 lines deleted...]
-        <w:ind w:left="567" w:right="142"/>
+    <w:p w14:paraId="77020ACE" w14:textId="77777777" w:rsidR="00A60583" w:rsidRPr="001527A9" w:rsidRDefault="00A60583" w:rsidP="00A60583">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00500384">
+      <w:r w:rsidRPr="001527A9">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Completed form to be sent </w:t>
+        <w:t>NOTES</w:t>
       </w:r>
-      <w:r w:rsidR="00117C97" w:rsidRPr="00500384">
+    </w:p>
+    <w:p w14:paraId="246577E6" w14:textId="77777777" w:rsidR="00A565E2" w:rsidRDefault="00A565E2" w:rsidP="00A565E2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Comments should provide sufficient information either to support the upgrading or where not considered ready to guide the official in the right direction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63B57E28" w14:textId="4805E6B6" w:rsidR="00A565E2" w:rsidRDefault="00A565E2" w:rsidP="00A565E2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Please send a copy to the candidate and the TRNG </w:t>
+      </w:r>
+      <w:r w:rsidR="00030EF6">
+        <w:t xml:space="preserve">Endurance </w:t>
+      </w:r>
+      <w:r w:rsidR="00F02A0A">
+        <w:t>representative</w:t>
+      </w:r>
+      <w:r w:rsidR="00A568BC">
+        <w:t xml:space="preserve"> within 4 weeks of </w:t>
+      </w:r>
+      <w:r w:rsidR="00560D15">
+        <w:t>the meeting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44B5A8EF" w14:textId="77777777" w:rsidR="00757A85" w:rsidRDefault="00757A85" w:rsidP="00757A85">
+      <w:pPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="081EC1F4" w14:textId="6C828B99" w:rsidR="00757A85" w:rsidRPr="00691BFE" w:rsidRDefault="00757A85" w:rsidP="00757A85">
+      <w:pPr>
+        <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>by the assessor to the relevant</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00691BFE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Northern – </w:t>
       </w:r>
-      <w:r w:rsidRPr="00500384">
-[...72 lines deleted...]
-        <w:r w:rsidR="00402CF3" w:rsidRPr="00500384">
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="00A568BC" w:rsidRPr="00691BFE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
-          <w:t>officialsaccreditation@englandathletics.org</w:t>
+          <w:t>ArwelWilliams@aol.com</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00402CF3" w:rsidRPr="00500384">
+    </w:p>
+    <w:p w14:paraId="1F035B0D" w14:textId="5CFD4ABF" w:rsidR="00757A85" w:rsidRPr="00691BFE" w:rsidRDefault="00757A85" w:rsidP="00757A85">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00691BFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Midlands and Southwest - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00FB0E60" w:rsidRPr="00691BFE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b w:val="0"/>
+            <w:bCs/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>nicholas.folwell@btinternet.com</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00FB0E60" w:rsidRPr="00691BFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00691BFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65D9E195" w14:textId="77777777" w:rsidR="00697811" w:rsidRDefault="00697811" w:rsidP="00500384">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="5EC8B80B" w14:textId="67248F03" w:rsidR="00757A85" w:rsidRPr="00691BFE" w:rsidRDefault="00757A85" w:rsidP="00757A85">
+      <w:pPr>
+        <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00691BFE">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00402885">
+        <w:t xml:space="preserve">Southern - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00691BFE" w:rsidRPr="00691BFE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b w:val="0"/>
+            <w:bCs/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>nicholas.folwell@btinternet.com</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00691BFE" w:rsidRPr="00691BFE">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>G</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> for HCAFs/TROGs</w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E782E44" w14:textId="77777777" w:rsidR="00F42712" w:rsidRPr="00402885" w:rsidRDefault="00F42712" w:rsidP="00500384">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="55497249" w14:textId="77777777" w:rsidR="00757A85" w:rsidRDefault="00757A85" w:rsidP="00757A85">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DB230C2" w14:textId="77777777" w:rsidR="00A565E2" w:rsidRDefault="00A565E2" w:rsidP="00A565E2">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:bCs/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D33031B" w14:textId="601AC50A" w:rsidR="002762DC" w:rsidRPr="00402885" w:rsidRDefault="00C15221" w:rsidP="00500384">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="3805854D" w14:textId="77777777" w:rsidR="00A565E2" w:rsidRDefault="00A565E2" w:rsidP="00A565E2">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:bCs/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...38 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...71 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15155CC9" w14:textId="2D538E40" w:rsidR="002762DC" w:rsidRPr="008329FD" w:rsidRDefault="00C92FDA" w:rsidP="00D75CC8">
-[...7 lines deleted...]
-        <w:ind w:left="993"/>
+    <w:p w14:paraId="46D7BA82" w14:textId="77777777" w:rsidR="00A60583" w:rsidRDefault="00A60583" w:rsidP="00A60583">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D1AD767" w14:textId="77777777" w:rsidR="00A60583" w:rsidRDefault="00A60583" w:rsidP="00A60583">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402885">
-[...38 lines deleted...]
-      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="002762DC" w:rsidRPr="008329FD" w:rsidSect="00697811">
-      <w:headerReference w:type="default" r:id="rId11"/>
+    <w:p w14:paraId="69C683E0" w14:textId="77777777" w:rsidR="00C93258" w:rsidRDefault="00C93258" w:rsidP="00A60583">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00C93258" w:rsidSect="00BA2BF9">
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="2127" w:right="140" w:bottom="426" w:left="284" w:header="142" w:footer="113" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1274" w:bottom="851" w:left="1276" w:header="283" w:footer="283" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="460207FA" w14:textId="77777777" w:rsidR="00346FF1" w:rsidRDefault="00346FF1">
+    <w:p w14:paraId="506E79C2" w14:textId="77777777" w:rsidR="009F5174" w:rsidRDefault="009F5174">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="23AB1898" w14:textId="77777777" w:rsidR="00346FF1" w:rsidRDefault="00346FF1">
+    <w:p w14:paraId="2E739D5A" w14:textId="77777777" w:rsidR="009F5174" w:rsidRDefault="009F5174">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lato">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w14:paraId="4C13D9D4" w14:textId="078FABF2" w:rsidR="00BF6A64" w:rsidRDefault="003A1DCA">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Updated </w:t>
+    </w:r>
+    <w:r w:rsidR="001A76C7">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t>November</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2023</w:t>
+    </w:r>
+    <w:r w:rsidR="00BF6A64">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="00BF6A64">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t xml:space="preserve">         </w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3612C57E" w14:textId="77777777" w:rsidR="00346FF1" w:rsidRDefault="00346FF1">
+    <w:p w14:paraId="18127E87" w14:textId="77777777" w:rsidR="009F5174" w:rsidRDefault="009F5174">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="751F85C6" w14:textId="77777777" w:rsidR="00346FF1" w:rsidRDefault="00346FF1">
+    <w:p w14:paraId="6D5CF14A" w14:textId="77777777" w:rsidR="009F5174" w:rsidRDefault="009F5174">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6BB5A21B" w14:textId="40F17E41" w:rsidR="007E42FC" w:rsidRDefault="00737D04" w:rsidP="006C09B3">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w14:paraId="4BD28893" w14:textId="75F6158D" w:rsidR="00BF6A64" w:rsidRDefault="003A1DCA">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00E267BC">
+    <w:r w:rsidRPr="00E82D8B">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0B856C71" wp14:editId="189DE2F3">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4217DB81" wp14:editId="07703035">
           <wp:extent cx="3962400" cy="967740"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="627504420" name="Picture 627504420">
+          <wp:docPr id="446494642" name="Picture 446494642">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="26" name="Picture 3">
+                  <pic:cNvPr id="0" name="Picture 3">
                     <a:extLst>
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect t="-7617" r="31203"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="3962400" cy="967740"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3113E60F" w14:textId="77777777" w:rsidR="007E42FC" w:rsidRDefault="007E42FC" w:rsidP="007D13FC">
+  <w:p w14:paraId="66CE4F29" w14:textId="77777777" w:rsidR="00BF6A64" w:rsidRDefault="00BF6A64">
     <w:pPr>
-      <w:rPr>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:b/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="00391940" w14:textId="7325C5BE" w:rsidR="007E42FC" w:rsidRDefault="007D13FC" w:rsidP="00C647F4">
+  <w:p w14:paraId="13BFB6FB" w14:textId="495E0138" w:rsidR="00BF6A64" w:rsidRPr="00757A85" w:rsidRDefault="00757A85" w:rsidP="00757A85">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00500384">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r w:rsidRPr="009227F1">
+      <w:rPr>
         <w:b/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve">LEVEL </w:t>
     </w:r>
-    <w:r w:rsidR="00A06BAC" w:rsidRPr="00500384">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r>
+      <w:rPr>
         <w:b/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t xml:space="preserve">3 </w:t>
     </w:r>
-    <w:r w:rsidR="008B6480" w:rsidRPr="00500384">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r w:rsidR="000E0A5E">
+      <w:rPr>
         <w:b/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t>ENDURANCE OFFICIAL</w:t>
     </w:r>
-    <w:r w:rsidR="004727B9" w:rsidRPr="00500384">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r w:rsidRPr="009227F1">
+      <w:rPr>
         <w:b/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>UPGRADING FORM</w:t>
+      <w:t xml:space="preserve"> REPORT </w:t>
     </w:r>
-    <w:r w:rsidR="007D11EB" w:rsidRPr="00500384">
-[...32 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="08A3FCE7"/>
-[...563 lines deleted...]
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="350417E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6D70E0D6"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2489,571 +2134,167 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="36523586"/>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="506B6B44"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E84661B2"/>
-    <w:lvl w:ilvl="0" w:tplc="08090011">
+    <w:tmpl w:val="530A1690"/>
+    <w:lvl w:ilvl="0" w:tplc="6F0A5B60">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="FD5A046C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="FC6C54A6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="BBAE9670" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="DB40AE88" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="2DC42DDA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="4942D15A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="E8BC22A0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="B1CED57A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
-[...224 lines deleted...]
-      <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-[...201 lines deleted...]
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62CD16FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3AB0F3A4"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3149,592 +2390,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-[...540 lines deleted...]
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="780D5C2D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="08D2CA6E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3830,578 +2530,300 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="793985575">
-[...23 lines deleted...]
-  <w:num w:numId="9" w16cid:durableId="1002513165">
+  <w:num w:numId="1" w16cid:durableId="2147118156">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1534029372">
+  <w:num w:numId="2" w16cid:durableId="1936355003">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1177034838">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1074477344">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="426313176">
-[...21 lines deleted...]
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="5" w16cid:durableId="1182012274">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00870052"/>
-[...311 lines deleted...]
-    <w:rsid w:val="00FF09B5"/>
+    <w:rsidRoot w:val="00274597"/>
+    <w:rsid w:val="00030EF6"/>
+    <w:rsid w:val="000374CF"/>
+    <w:rsid w:val="0005497F"/>
+    <w:rsid w:val="000C20EA"/>
+    <w:rsid w:val="000C7EB3"/>
+    <w:rsid w:val="000D07C9"/>
+    <w:rsid w:val="000E0A5E"/>
+    <w:rsid w:val="000F1B95"/>
+    <w:rsid w:val="00174B50"/>
+    <w:rsid w:val="001A76C7"/>
+    <w:rsid w:val="001F38EB"/>
+    <w:rsid w:val="00246C2B"/>
+    <w:rsid w:val="002540E9"/>
+    <w:rsid w:val="0027298F"/>
+    <w:rsid w:val="00274597"/>
+    <w:rsid w:val="002B1BF2"/>
+    <w:rsid w:val="0032446F"/>
+    <w:rsid w:val="003318B6"/>
+    <w:rsid w:val="00381488"/>
+    <w:rsid w:val="00391658"/>
+    <w:rsid w:val="003A1DCA"/>
+    <w:rsid w:val="003E21E7"/>
+    <w:rsid w:val="00415F1B"/>
+    <w:rsid w:val="0042471D"/>
+    <w:rsid w:val="00434B3C"/>
+    <w:rsid w:val="00491EC2"/>
+    <w:rsid w:val="0050543B"/>
+    <w:rsid w:val="00525C90"/>
+    <w:rsid w:val="00560D15"/>
+    <w:rsid w:val="005A3AAF"/>
+    <w:rsid w:val="005F3E46"/>
+    <w:rsid w:val="00617582"/>
+    <w:rsid w:val="00691BFE"/>
+    <w:rsid w:val="00692728"/>
+    <w:rsid w:val="007560C2"/>
+    <w:rsid w:val="00757A85"/>
+    <w:rsid w:val="00771F10"/>
+    <w:rsid w:val="007F10C7"/>
+    <w:rsid w:val="007F3721"/>
+    <w:rsid w:val="007F6100"/>
+    <w:rsid w:val="00812765"/>
+    <w:rsid w:val="00875451"/>
+    <w:rsid w:val="0089190D"/>
+    <w:rsid w:val="008F6763"/>
+    <w:rsid w:val="00940699"/>
+    <w:rsid w:val="009F5174"/>
+    <w:rsid w:val="00A0080E"/>
+    <w:rsid w:val="00A37426"/>
+    <w:rsid w:val="00A565E2"/>
+    <w:rsid w:val="00A568BC"/>
+    <w:rsid w:val="00A60583"/>
+    <w:rsid w:val="00BA2BF9"/>
+    <w:rsid w:val="00BB3DF4"/>
+    <w:rsid w:val="00BB6B53"/>
+    <w:rsid w:val="00BD1DA7"/>
+    <w:rsid w:val="00BD7985"/>
+    <w:rsid w:val="00BE05FD"/>
+    <w:rsid w:val="00BF6A64"/>
+    <w:rsid w:val="00C128B2"/>
+    <w:rsid w:val="00C269FD"/>
+    <w:rsid w:val="00C87C6F"/>
+    <w:rsid w:val="00C93258"/>
+    <w:rsid w:val="00CE563D"/>
+    <w:rsid w:val="00D074BB"/>
+    <w:rsid w:val="00E64CB0"/>
+    <w:rsid w:val="00E8018B"/>
+    <w:rsid w:val="00EE69C1"/>
+    <w:rsid w:val="00F02A0A"/>
+    <w:rsid w:val="00F40C52"/>
+    <w:rsid w:val="00F424CA"/>
+    <w:rsid w:val="00F67829"/>
+    <w:rsid w:val="00F95795"/>
+    <w:rsid w:val="00FB0E60"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="628E5193"/>
+  <w14:docId w14:val="20CC0E72"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{8E191FFA-0C2F-4667-BA2D-D35C11CC8221}"/>
+  <w15:docId w15:val="{A0E2FC81-2AB9-455E-9DD4-5F515ED13165}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -4593,140 +3015,141 @@
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="00870052"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="00870052"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00870052"/>
+    <w:rsid w:val="00A60583"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
-    <w:rsid w:val="00AE5E48"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="003A54B8"/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableWeb3">
-[...31 lines deleted...]
-    </w:tblStylePr>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00757A85"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:eastAsia="Lato" w:hAnsi="Lato" w:cs="Lato"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00757A85"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lato" w:eastAsia="Lato" w:hAnsi="Lato" w:cs="Lato"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00757A85"/>
+    <w:rPr>
+      <w:b/>
+      <w:color w:val="0563C1"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable6Colourful">
     <w:name w:val="Grid Table 6 Colorful"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
-    <w:rsid w:val="00B329BA"/>
+    <w:rsid w:val="003A1DCA"/>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         </w:tcBorders>
@@ -4747,142 +3170,150 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
-    <w:name w:val="Hyperlink"/>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008061DA"/>
-[...14 lines deleted...]
-    <w:rsid w:val="008061DA"/>
+    <w:rsid w:val="00415F1B"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...29 lines deleted...]
-      <w:contextualSpacing/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00402CF3"/>
+    <w:rsid w:val="00A568BC"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:divs>
-    <w:div w:id="1941332553">
+    <w:div w:id="161969537">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="295910056">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="426004216">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1271669881">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1486823917">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:officialsaccreditation@englandathletics.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicholas.folwell@btinternet.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ArwelWilliams@aol.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicholas.folwell@btinternet.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -5153,203 +3584,188 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...11 lines deleted...]
-    <xsd:import namespace="d4a48426-97cc-4a61-94fb-56c3682b2352"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100275A5DAEB744414399D3D2FD13BB6A8A" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0dc5b1d722507e15816056fed45e9993">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="24f20eab-c30d-48c3-8459-309c395f2e8b" xmlns:ns3="8bfba782-5899-4c82-bc53-59e28f4a6bb5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b047fe917233adeaa80e5de0d7b208c2" ns2:_="" ns3:_="">
+    <xsd:import namespace="24f20eab-c30d-48c3-8459-309c395f2e8b"/>
+    <xsd:import namespace="8bfba782-5899-4c82-bc53-59e28f4a6bb5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-[...4 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d4e97e60-d57b-46f0-8c68-1d25f9ddb920" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="24f20eab-c30d-48c3-8459-309c395f2e8b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="11" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="87b7fe02-2fdb-4a48-a915-837973109de9" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="14" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="19" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="15" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="20" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="23" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
-[...16 lines deleted...]
-    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d4a48426-97cc-4a61-94fb-56c3682b2352" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8bfba782-5899-4c82-bc53-59e28f4a6bb5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{cfc8ceca-2b09-4946-bae4-220cf38f94f5}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="d4a48426-97cc-4a61-94fb-56c3682b2352">
+    <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{42a6e5b9-e6ca-4fc3-9bc0-7329d9ddc4d5}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="8bfba782-5899-4c82-bc53-59e28f4a6bb5">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -5416,131 +3832,172 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d4e97e60-d57b-46f0-8c68-1d25f9ddb920">
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="24f20eab-c30d-48c3-8459-309c395f2e8b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <TaxCatchAll xmlns="d4a48426-97cc-4a61-94fb-56c3682b2352" xsi:nil="true"/>
+    <TaxCatchAll xmlns="8bfba782-5899-4c82-bc53-59e28f4a6bb5" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D0E474F-7CE0-4A68-9D2D-201646DCC58A}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90AA12B0-387C-4CA5-B10A-A5A9A17DA631}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AED54A39-6901-43C3-909A-FC64EC0316B8}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{84F905D7-6F88-4F2D-8E9C-52F3C3533FBE}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FDB90A2B-06DA-4ADB-8A69-6DBD3189E337}">
-[...6 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C037A7A-FC81-47E3-85E9-60DBBAA169D2}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1013</Characters>
+  <Pages>2</Pages>
+  <Words>200</Words>
+  <Characters>1403</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>DRAFT</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NoEAA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1171</CharactersWithSpaces>
+  <CharactersWithSpaces>1600</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="18" baseType="variant">
+      <vt:variant>
+        <vt:i4>524338</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:sroffupsec@gmail.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3407900</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:derekredfern@talktalk.net</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6750277</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:tronorth@gmail.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>DRAFT</dc:title>
   <dc:subject/>
   <dc:creator>MOIRAG</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010042016E61ECD77C43A7695B35AA3CBE50</vt:lpwstr>
+    <vt:lpwstr>0x010100275A5DAEB744414399D3D2FD13BB6A8A</vt:lpwstr>
   </property>
 </Properties>
 </file>