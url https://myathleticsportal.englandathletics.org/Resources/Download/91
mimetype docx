--- v0 (2025-10-13)
+++ v1 (2025-11-17)
@@ -43,163 +43,211 @@
       <w:tblPr>
         <w:tblStyle w:val="GridTable6Colorful"/>
         <w:tblW w:w="4744" w:type="pct"/>
         <w:tblInd w:w="421" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3543"/>
         <w:gridCol w:w="6804"/>
       </w:tblGrid>
       <w:tr w:rsidR="004F5254" w:rsidRPr="00FC4706" w14:paraId="4D83AFDE" w14:textId="77777777" w:rsidTr="00065B83">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1712" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30395AE4" w14:textId="77777777" w:rsidR="004F5254" w:rsidRPr="00FC4706" w:rsidRDefault="004F5254" w:rsidP="00FC4706">
+          <w:p w14:paraId="30395AE4" w14:textId="30450997" w:rsidR="004F5254" w:rsidRPr="00FC4706" w:rsidRDefault="004F5254" w:rsidP="00FC4706">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC4706">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Name of Official:</w:t>
+              <w:t xml:space="preserve">Name of </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF0176">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>fficial:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3288" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2360A416" w14:textId="77777777" w:rsidR="004F5254" w:rsidRPr="00FC4706" w:rsidRDefault="004F5254" w:rsidP="00FC4706">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA0385" w:rsidRPr="00FC4706" w14:paraId="749F68E1" w14:textId="77777777" w:rsidTr="00065B83">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1712" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54670E7D" w14:textId="2E9FFE9C" w:rsidR="00FA0385" w:rsidRPr="00FC4706" w:rsidRDefault="00FA0385" w:rsidP="00FC4706">
+          <w:p w14:paraId="54670E7D" w14:textId="4DB29BD9" w:rsidR="00FA0385" w:rsidRPr="00FC4706" w:rsidRDefault="00FA0385" w:rsidP="00FC4706">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC4706">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Licence Number (URN):</w:t>
+              <w:t xml:space="preserve">Licence </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF0176">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>umber (URN):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3288" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10A3BD3C" w14:textId="77777777" w:rsidR="00FA0385" w:rsidRPr="00FC4706" w:rsidRDefault="00FA0385" w:rsidP="00FC4706">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F5254" w:rsidRPr="00FC4706" w14:paraId="32D799CB" w14:textId="77777777" w:rsidTr="00065B83">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1712" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FFEA340" w14:textId="094121A6" w:rsidR="004F5254" w:rsidRPr="00FC4706" w:rsidRDefault="004F5254" w:rsidP="00FC4706">
+          <w:p w14:paraId="4FFEA340" w14:textId="771E1477" w:rsidR="004F5254" w:rsidRPr="00FC4706" w:rsidRDefault="004F5254" w:rsidP="00FC4706">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC4706">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Email Address</w:t>
+              <w:t xml:space="preserve">Email </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF0176">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ddress</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3288" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76C9B2A7" w14:textId="77777777" w:rsidR="004F5254" w:rsidRPr="00FC4706" w:rsidRDefault="004F5254" w:rsidP="00FC4706">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F5254" w:rsidRPr="00FC4706" w14:paraId="08D4D366" w14:textId="77777777" w:rsidTr="00065B83">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="454"/>
@@ -403,128 +451,142 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00065B83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes / No </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC4706" w:rsidRPr="00065B83" w14:paraId="312C42BB" w14:textId="77777777" w:rsidTr="00065B83">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3562" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D7588A3" w14:textId="12A94859" w:rsidR="00FC4706" w:rsidRPr="00065B83" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00065B83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Evidence of acting as chief judge/referee at suitable level event(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1438" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5107BEB7" w14:textId="77777777" w:rsidR="00FC4706" w:rsidRPr="00065B83" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00065B83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Yes / No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC4706" w:rsidRPr="00065B83" w14:paraId="0118AF40" w14:textId="77777777" w:rsidTr="00065B83">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1712" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A08C805" w14:textId="556F6A96" w:rsidR="00065B83" w:rsidRPr="00065B83" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
+          <w:p w14:paraId="0A08C805" w14:textId="3C861A1F" w:rsidR="00065B83" w:rsidRPr="00065B83" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00065B83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Feedback / Comments</w:t>
+              <w:t xml:space="preserve">Feedback / </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF0176">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00065B83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>omments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3288" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49EC4BDE" w14:textId="77777777" w:rsidR="00FC4706" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4884BBB3" w14:textId="77777777" w:rsidR="00065B83" w:rsidRDefault="00065B83" w:rsidP="00FC4706">
             <w:pPr>
               <w:rPr>
@@ -627,67 +689,83 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00065B83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Yes / No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC4706" w:rsidRPr="00065B83" w14:paraId="5AA3B26A" w14:textId="77777777" w:rsidTr="00065B83">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1712" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="489557EF" w14:textId="319CB351" w:rsidR="00FC4706" w:rsidRPr="00065B83" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
+          <w:p w14:paraId="489557EF" w14:textId="54DC5A40" w:rsidR="00FC4706" w:rsidRPr="00065B83" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00065B83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Feedback / Comments</w:t>
+              <w:t xml:space="preserve">Feedback / </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF0176">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00065B83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>omments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3288" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35F7121A" w14:textId="77777777" w:rsidR="00FC4706" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1DEBB3F1" w14:textId="77777777" w:rsidR="00065B83" w:rsidRDefault="00065B83" w:rsidP="00FC4706">
             <w:pPr>
               <w:rPr>
@@ -781,115 +859,147 @@
             </w:r>
             <w:r w:rsidRPr="00065B83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> REPORT </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC4706" w:rsidRPr="00065B83" w14:paraId="6EA54A93" w14:textId="77777777" w:rsidTr="00065B83">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3562" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EE15B97" w14:textId="77777777" w:rsidR="00FC4706" w:rsidRPr="00065B83" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
+          <w:p w14:paraId="4EE15B97" w14:textId="3609D5F6" w:rsidR="00FC4706" w:rsidRPr="00065B83" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00065B83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Name of Reporter </w:t>
+              <w:t xml:space="preserve">Name of </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF0176">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00065B83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eporter </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1438" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36838580" w14:textId="77777777" w:rsidR="00FC4706" w:rsidRPr="00065B83" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC4706" w:rsidRPr="00065B83" w14:paraId="5A321A39" w14:textId="77777777" w:rsidTr="00065B83">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3562" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="562AE9C1" w14:textId="77777777" w:rsidR="00FC4706" w:rsidRPr="00065B83" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
+          <w:p w14:paraId="562AE9C1" w14:textId="17EF538D" w:rsidR="00FC4706" w:rsidRPr="00065B83" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00065B83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meeting / Date </w:t>
+              <w:t xml:space="preserve">Meeting / </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF0176">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00065B83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ate </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1438" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="475670CC" w14:textId="77777777" w:rsidR="00FC4706" w:rsidRPr="00065B83" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC4706" w:rsidRPr="00065B83" w14:paraId="56C8622E" w14:textId="77777777" w:rsidTr="00065B83">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="454"/>
@@ -927,118 +1037,150 @@
               <w:t>nd</w:t>
             </w:r>
             <w:r w:rsidRPr="00065B83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> REPORT </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC4706" w:rsidRPr="00065B83" w14:paraId="5B40461F" w14:textId="77777777" w:rsidTr="00065B83">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3562" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="606B6AAE" w14:textId="77777777" w:rsidR="00FC4706" w:rsidRPr="00065B83" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
+          <w:p w14:paraId="606B6AAE" w14:textId="6F856915" w:rsidR="00FC4706" w:rsidRPr="00065B83" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00065B83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Name of Reporter </w:t>
+              <w:t xml:space="preserve">Name of </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF0176">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00065B83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eporter </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1438" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13E88B9A" w14:textId="77777777" w:rsidR="00FC4706" w:rsidRPr="00065B83" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC4706" w:rsidRPr="00065B83" w14:paraId="6345BAE6" w14:textId="77777777" w:rsidTr="00065B83">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3562" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BCEEF6C" w14:textId="77777777" w:rsidR="00FC4706" w:rsidRPr="00065B83" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
+          <w:p w14:paraId="4BCEEF6C" w14:textId="667A3848" w:rsidR="00FC4706" w:rsidRPr="00065B83" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00065B83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meeting / Date </w:t>
+              <w:t xml:space="preserve">Meeting / </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF0176">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00065B83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ate </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1438" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CC3EC1B" w14:textId="77777777" w:rsidR="00FC4706" w:rsidRPr="00065B83" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC4706" w:rsidRPr="00065B83" w14:paraId="33636B5D" w14:textId="77777777" w:rsidTr="00065B83">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
@@ -1109,177 +1251,273 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC4706" w:rsidRPr="00065B83" w14:paraId="342B641D" w14:textId="77777777" w:rsidTr="00065B83">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3562" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AFA9728" w14:textId="77777777" w:rsidR="00FC4706" w:rsidRPr="00065B83" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
+          <w:p w14:paraId="3AFA9728" w14:textId="1AC43ECE" w:rsidR="00FC4706" w:rsidRPr="00065B83" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00065B83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Candidate is able to be progressed to level 3</w:t>
+              <w:t xml:space="preserve">Candidate is able to be progressed to </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF0176">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00065B83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>evel 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1438" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A85A583" w14:textId="77777777" w:rsidR="00FC4706" w:rsidRPr="00065B83" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00065B83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Yes / No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC4706" w:rsidRPr="00065B83" w14:paraId="604F8364" w14:textId="77777777" w:rsidTr="00065B83">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3562" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FAC77FC" w14:textId="77777777" w:rsidR="00FC4706" w:rsidRPr="00065B83" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
+          <w:p w14:paraId="7FAC77FC" w14:textId="76A98D8C" w:rsidR="00FC4706" w:rsidRPr="00065B83" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00065B83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Name of Assessor / Date </w:t>
+              <w:t xml:space="preserve">Name of </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF0176">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00065B83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ssessor / </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF0176">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00065B83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ate </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1438" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1683FB61" w14:textId="77777777" w:rsidR="00FC4706" w:rsidRPr="00065B83" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC4706" w:rsidRPr="00065B83" w14:paraId="31E94E40" w14:textId="77777777" w:rsidTr="00065B83">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3562" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65707449" w14:textId="77777777" w:rsidR="00FC4706" w:rsidRPr="00065B83" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
+          <w:p w14:paraId="65707449" w14:textId="26C41733" w:rsidR="00FC4706" w:rsidRPr="00065B83" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00065B83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Name of Upgrading Secretary / Date </w:t>
+              <w:t xml:space="preserve">Name of </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF0176">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00065B83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pgrading </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF0176">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00065B83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ecretary / </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF0176">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00065B83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ate </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1438" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2629F002" w14:textId="77777777" w:rsidR="00FC4706" w:rsidRPr="00065B83" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -1290,681 +1528,1259 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0AC9B378" w14:textId="77777777" w:rsidR="00FC4706" w:rsidRDefault="00FC4706" w:rsidP="00FC4706">
       <w:pPr>
         <w:ind w:left="426" w:right="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20629227" w14:textId="3AF92DBF" w:rsidR="00FC4706" w:rsidRDefault="00FC4706">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282213EC" w14:textId="2CDD2766" w:rsidR="00C74385" w:rsidRDefault="00C74385" w:rsidP="0025156C">
+    <w:p w14:paraId="282213EC" w14:textId="394ED083" w:rsidR="00C74385" w:rsidRDefault="00C74385" w:rsidP="0025156C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Guidance Notes</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FD6CBB" w:rsidRPr="00FC4706">
+        <w:t xml:space="preserve">Guidance </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0176">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>otes</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD6CBB" w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> for HCAFs/TROGs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E2E25C5" w14:textId="77777777" w:rsidR="00FC4706" w:rsidRPr="00FC4706" w:rsidRDefault="00FC4706" w:rsidP="0025156C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D33031B" w14:textId="601AC50A" w:rsidR="002762DC" w:rsidRPr="00FC4706" w:rsidRDefault="00C15221" w:rsidP="0025156C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Reports</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C949588" w14:textId="77777777" w:rsidR="008E60B9" w:rsidRPr="00FC4706" w:rsidRDefault="008E60B9" w:rsidP="0025156C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BECE28D" w14:textId="0EAD13ED" w:rsidR="00AA26AE" w:rsidRPr="00FC4706" w:rsidRDefault="00AA26AE" w:rsidP="00FC4706">
+    <w:p w14:paraId="7BECE28D" w14:textId="29055F49" w:rsidR="00AA26AE" w:rsidRPr="00FC4706" w:rsidRDefault="00AA26AE" w:rsidP="00BA45D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:hanging="447"/>
+        <w:ind w:right="-142" w:hanging="447"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Must be carried out by a level 4 official or a level 3 official with a minimum of 2 years’</w:t>
+        <w:t xml:space="preserve">Must be carried out by a </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">evel 4 official or a </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>evel 3 official with a minimum of 2 years’</w:t>
       </w:r>
       <w:r w:rsidR="00FC4706" w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>experience</w:t>
       </w:r>
       <w:r w:rsidR="00FC4706" w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49BC33A2" w14:textId="28BDA699" w:rsidR="00AA26AE" w:rsidRPr="00FC4706" w:rsidRDefault="00C92FDA" w:rsidP="00FC4706">
+    <w:p w14:paraId="49BC33A2" w14:textId="2AA16F12" w:rsidR="00AA26AE" w:rsidRPr="00FC4706" w:rsidRDefault="00C92FDA" w:rsidP="00FC4706">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:right="1062" w:hanging="447"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Must be carried out at </w:t>
       </w:r>
       <w:r w:rsidR="002172FC" w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a suitable meeting</w:t>
       </w:r>
       <w:r w:rsidR="00FC4706" w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002172FC" w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC4706">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6F871C7F" w14:textId="797E0C50" w:rsidR="00F57622" w:rsidRPr="00FC4706" w:rsidRDefault="00F57622" w:rsidP="00FC4706">
+    <w:p w14:paraId="6F871C7F" w14:textId="081B53D7" w:rsidR="00F57622" w:rsidRPr="00FC4706" w:rsidRDefault="00F57622" w:rsidP="00BA45D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:ind w:right="1062" w:hanging="447"/>
+        <w:ind w:right="709" w:hanging="447"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Minimum of 2 reports - including one as a chief/referee at a suitable level meeting.  </w:t>
+        <w:t xml:space="preserve">Minimum of 2 reports </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A02197">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>see below list for each discipline</w:t>
       </w:r>
       <w:r w:rsidR="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00FC4706">
+      <w:r w:rsidR="00C34718">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>If there is not a higher-level official in your chosen discipline to write the level 3 chief</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FC4706" w:rsidRPr="00FC4706">
+        <w:t xml:space="preserve">Note - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>’</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FC4706">
+        <w:t xml:space="preserve">If there is </w:t>
+      </w:r>
+      <w:r w:rsidR="004922CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">s report, evidence of acting as a chief/referee at a suitable level meeting </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FC4706">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="009476D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>must</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FC4706">
+        <w:t>chief’s</w:t>
+      </w:r>
+      <w:r w:rsidR="004922CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> be included within the Record of Experience. T</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FC4706">
+        <w:t xml:space="preserve"> report required for your discipline </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5FB5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t>his must be supported with confirmation of you fulfilling the role of chief/referee by the event organiser/meeting manager of that meeting.</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>a higher-level official in your chosen discipline</w:t>
+      </w:r>
+      <w:r w:rsidR="008D25A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is not available</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to write the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>evel 3 chief</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC4706" w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>s report</w:t>
+      </w:r>
+      <w:r w:rsidR="008D25A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. Ev</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">idence of acting as a chief/referee at a suitable level meeting </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be included within the Record of Experience</w:t>
+      </w:r>
+      <w:r w:rsidR="00950677">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> supported with confirmation of you fulfilling the role of chief/referee by the event organiser/meeting manager of that meeting.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15155CC9" w14:textId="4F963140" w:rsidR="002762DC" w:rsidRPr="00FC4706" w:rsidRDefault="002762DC" w:rsidP="00FC4706">
       <w:pPr>
         <w:ind w:left="993"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15B8C4CF" w14:textId="388EBF02" w:rsidR="0025156C" w:rsidRPr="00FC4706" w:rsidRDefault="0025156C" w:rsidP="00FC4706">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Field Judge</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A8E957A" w14:textId="3415D461" w:rsidR="0025156C" w:rsidRPr="00FC4706" w:rsidRDefault="0025156C" w:rsidP="00FC4706">
+    <w:p w14:paraId="2A8E957A" w14:textId="781D6FA9" w:rsidR="0025156C" w:rsidRPr="00FC4706" w:rsidRDefault="0025156C" w:rsidP="00FC4706">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="1418" w:right="1062" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">At least </w:t>
       </w:r>
       <w:r w:rsidR="00762E32" w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">two reports, </w:t>
       </w:r>
       <w:r w:rsidR="00391588" w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>which must cover</w:t>
       </w:r>
       <w:r w:rsidR="00762E32" w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – (1)</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00762E32" w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00762E32" w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(1)</w:t>
       </w:r>
       <w:r w:rsidR="00804E59" w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00762E32" w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00804E59" w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">cting </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">as a team leader/chief </w:t>
       </w:r>
       <w:r w:rsidR="00391588" w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>judge</w:t>
       </w:r>
       <w:r w:rsidR="00762E32" w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (2) A</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00762E32" w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(2) A</w:t>
       </w:r>
       <w:r w:rsidR="00EB53A7" w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004A0616" w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">active </w:t>
       </w:r>
       <w:r w:rsidR="00EB53A7" w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">role in a long </w:t>
       </w:r>
       <w:r w:rsidR="00391588" w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">throw </w:t>
       </w:r>
+      <w:r w:rsidR="00FF0176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r w:rsidR="00762E32" w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(3) C</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ompetent use of EDM.</w:t>
-      </w:r>
-[...33 lines deleted...]
-        <w:t>Field Referee</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B093B84" w14:textId="77777777" w:rsidR="0025156C" w:rsidRPr="00FC4706" w:rsidRDefault="0025156C" w:rsidP="00FC4706">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="993" w:right="1062"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A76B27B" w14:textId="6E866D3D" w:rsidR="0025156C" w:rsidRPr="00FC4706" w:rsidRDefault="0025156C" w:rsidP="00FC4706">
+    <w:p w14:paraId="3A76B27B" w14:textId="04DAF890" w:rsidR="0025156C" w:rsidRPr="00FC4706" w:rsidRDefault="0025156C" w:rsidP="00FC4706">
       <w:pPr>
         <w:ind w:left="993" w:right="1062"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Photofinish </w:t>
+        <w:t>Photo</w:t>
+      </w:r>
+      <w:r w:rsidR="002F77F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">finish </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76A9DF43" w14:textId="2F97DF16" w:rsidR="0025156C" w:rsidRPr="00FC4706" w:rsidRDefault="0025156C" w:rsidP="00FC4706">
+    <w:p w14:paraId="06B63C77" w14:textId="1C519178" w:rsidR="00C12EDE" w:rsidRDefault="0025156C" w:rsidP="00FF0176">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:ind w:left="1418" w:right="1062" w:hanging="425"/>
+        <w:ind w:left="1418" w:right="992" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>At least two reports as a team member to include all the duties of a PF judge. One must show competence in using Finish Lynx equipment.</w:t>
+        <w:t xml:space="preserve">At least </w:t>
+      </w:r>
+      <w:r w:rsidR="00E80EEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>two</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reports as a team member</w:t>
+      </w:r>
+      <w:r w:rsidR="00526239">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00526239">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This must</w:t>
+      </w:r>
+      <w:r w:rsidR="00526239" w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> include all the duties of a </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00526239">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>hoto</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="00526239">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>inish</w:t>
+      </w:r>
+      <w:r w:rsidR="00526239" w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> judge</w:t>
+      </w:r>
+      <w:r w:rsidR="00526239">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and at least one report </w:t>
+      </w:r>
+      <w:r w:rsidR="00526239" w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>must show competence in using Finish Lynx equipment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02919F76" w14:textId="09395E70" w:rsidR="00706196" w:rsidRPr="00FC4706" w:rsidRDefault="00706196" w:rsidP="00FC4706">
+    <w:p w14:paraId="5D08484C" w14:textId="77777777" w:rsidR="00C12EDE" w:rsidRDefault="00C12EDE" w:rsidP="00C12EDE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1418" w:right="1062"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="695B2B5D" w14:textId="52414C84" w:rsidR="00C12EDE" w:rsidRPr="00526239" w:rsidRDefault="00FF0176" w:rsidP="00C12EDE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1418" w:right="1062"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00C12EDE" w:rsidRPr="00526239">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C512503" w14:textId="77777777" w:rsidR="00C12EDE" w:rsidRDefault="00C12EDE" w:rsidP="00C12EDE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1418" w:right="1062"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03B66015" w14:textId="1569BDCB" w:rsidR="00653558" w:rsidRDefault="00C12EDE" w:rsidP="00C12EDE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="19"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:ind w:left="1418" w:right="1062" w:hanging="425"/>
+        <w:ind w:right="1062"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FC4706">
-[...19 lines deleted...]
-        <w:ind w:left="993"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">At least one report as a team member </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C12EDE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> one report as a Chief Photo</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">inish Judge </w:t>
+      </w:r>
+      <w:r w:rsidR="007773D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This must</w:t>
+      </w:r>
+      <w:r w:rsidR="0025156C" w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> include all the duties of a </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="007773D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>hoto</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="007773D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>inish</w:t>
+      </w:r>
+      <w:r w:rsidR="0025156C" w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> judge</w:t>
+      </w:r>
+      <w:r w:rsidR="007773D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at least one report </w:t>
+      </w:r>
+      <w:r w:rsidR="0025156C" w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>must show competence in using Finish Lynx equipment.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B919DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="349C5057" w14:textId="77777777" w:rsidR="00653558" w:rsidRDefault="00653558" w:rsidP="00653558">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1418" w:right="1062"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5CD25921" w14:textId="6F428A2B" w:rsidR="0025156C" w:rsidRPr="00FC4706" w:rsidRDefault="0025156C" w:rsidP="00FC4706">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -2115,91 +2931,139 @@
       <w:r w:rsidR="007326BF" w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Chief</w:t>
       </w:r>
       <w:r w:rsidR="00051605" w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>tarter</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3502ED70" w14:textId="689E3E9E" w:rsidR="0025156C" w:rsidRPr="00FC4706" w:rsidRDefault="0025156C" w:rsidP="00FC4706">
+    <w:p w14:paraId="3502ED70" w14:textId="33E049DB" w:rsidR="0025156C" w:rsidRPr="00FC4706" w:rsidRDefault="0025156C" w:rsidP="00FC4706">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="993" w:right="1062" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">At least one </w:t>
       </w:r>
       <w:r w:rsidR="00FF09B5" w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">report </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>as a starters’ assistant</w:t>
+        <w:t xml:space="preserve">as a </w:t>
+      </w:r>
+      <w:r w:rsidR="008B57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tarter</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="008B57E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ssistant</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C5BABB7" w14:textId="77777777" w:rsidR="0025156C" w:rsidRPr="00FC4706" w:rsidRDefault="0025156C" w:rsidP="00FC4706">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73D77700" w14:textId="237B292A" w:rsidR="0025156C" w:rsidRPr="00FC4706" w:rsidRDefault="0025156C" w:rsidP="00FC4706">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -2214,212 +3078,260 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Starter</w:t>
       </w:r>
       <w:r w:rsidR="00FC4706" w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>’s</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> assistant</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="077AEB46" w14:textId="1F581897" w:rsidR="007D5582" w:rsidRPr="00FC4706" w:rsidRDefault="007D5582" w:rsidP="00FC4706">
+    <w:p w14:paraId="077AEB46" w14:textId="6ADDC5D3" w:rsidR="007D5582" w:rsidRPr="00FC4706" w:rsidRDefault="007D5582" w:rsidP="00FC4706">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="1062" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">At least one </w:t>
       </w:r>
       <w:r w:rsidR="00FF09B5" w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">report </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>as a Chief Starters Assistant</w:t>
+        <w:t>as a Chief Starter</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s Assistant</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B613C72" w14:textId="463B08AB" w:rsidR="007D5582" w:rsidRPr="00FC4706" w:rsidRDefault="007D5582" w:rsidP="00FC4706">
+    <w:p w14:paraId="3B613C72" w14:textId="51D6DADD" w:rsidR="007D5582" w:rsidRPr="00FC4706" w:rsidRDefault="007D5582" w:rsidP="00FC4706">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="1062" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">At least one </w:t>
       </w:r>
       <w:r w:rsidR="00FF09B5" w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">report </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>as a Starters Assistant</w:t>
+        <w:t>as a Starter</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s Assistant</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A06EE69" w14:textId="77777777" w:rsidR="0025156C" w:rsidRPr="00FC4706" w:rsidRDefault="0025156C" w:rsidP="00FC4706">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="993" w:right="1062"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22059721" w14:textId="430283E6" w:rsidR="0025156C" w:rsidRPr="00FC4706" w:rsidRDefault="0025156C" w:rsidP="00FC4706">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Timekeeper</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31C0E736" w14:textId="5E7CF662" w:rsidR="007D5582" w:rsidRPr="00FC4706" w:rsidRDefault="007D5582" w:rsidP="00FC4706">
+    <w:p w14:paraId="31C0E736" w14:textId="1244023D" w:rsidR="007D5582" w:rsidRPr="00FC4706" w:rsidRDefault="007D5582" w:rsidP="00FC4706">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="1418" w:right="1062" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>At least one report as a Chief Timekeeper</w:t>
       </w:r>
       <w:r w:rsidR="00EE1AE5" w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, where photo finish is in operation. Must have 85% of times +/- 0.10.</w:t>
+        <w:t xml:space="preserve">, where photo finish is in operation. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00EE1AE5" w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Must have 85% of times +/- 0.10.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57AFECC0" w14:textId="09884530" w:rsidR="00EE1AE5" w:rsidRPr="00FC4706" w:rsidRDefault="007D5582" w:rsidP="00FC4706">
+    <w:p w14:paraId="57AFECC0" w14:textId="56168B0B" w:rsidR="00EE1AE5" w:rsidRPr="00FC4706" w:rsidRDefault="007D5582" w:rsidP="00FC4706">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="1418" w:right="1062" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
@@ -2431,180 +3343,308 @@
         </w:rPr>
         <w:t xml:space="preserve">t least </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">one report </w:t>
       </w:r>
       <w:r w:rsidR="0025156C" w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>as a team member</w:t>
       </w:r>
       <w:r w:rsidR="00EE1AE5" w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, where photo finish is in operation. Must have 85% of times +/- 0.10.</w:t>
+        <w:t xml:space="preserve">, where photo finish is in operation. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00EE1AE5" w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Must have 85% of times +/- 0.10.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AD8429B" w14:textId="77777777" w:rsidR="0025156C" w:rsidRPr="00FC4706" w:rsidRDefault="0025156C" w:rsidP="00FC4706">
       <w:pPr>
         <w:ind w:left="993"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="406A0F8B" w14:textId="528AF967" w:rsidR="0025156C" w:rsidRPr="00FC4706" w:rsidRDefault="0025156C" w:rsidP="00FC4706">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Track Judge</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FE3120D" w14:textId="770E653B" w:rsidR="0025156C" w:rsidRPr="00FC4706" w:rsidRDefault="0025156C" w:rsidP="00FC4706">
+    <w:p w14:paraId="3FE3120D" w14:textId="1C470706" w:rsidR="0025156C" w:rsidRPr="00FC4706" w:rsidRDefault="0025156C" w:rsidP="00FC4706">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="1062" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>At least one report as a team leader/ chief judge or referee</w:t>
+        <w:t xml:space="preserve">At least one report as a </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eam </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eader/ </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hief </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">udge or </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eferee</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05384C4D" w14:textId="25DEC54B" w:rsidR="0025156C" w:rsidRPr="00FC4706" w:rsidRDefault="0025156C" w:rsidP="00FC4706">
+    <w:p w14:paraId="05384C4D" w14:textId="0F17D9DA" w:rsidR="0025156C" w:rsidRPr="00FC4706" w:rsidRDefault="0025156C" w:rsidP="00FC4706">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="1062" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>At least one report</w:t>
       </w:r>
       <w:r w:rsidR="00FF09B5" w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC4706">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>as a team member or an additional report as a team leader</w:t>
+        <w:t xml:space="preserve">as a team member or an additional report as a </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eam </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eader</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0025156C" w:rsidRPr="00FC4706" w:rsidSect="00FC4706">
+    <w:sectPr w:rsidR="0025156C" w:rsidRPr="00FC4706" w:rsidSect="00BA45D6">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="2127" w:right="707" w:bottom="720" w:left="284" w:header="142" w:footer="113" w:gutter="0"/>
+      <w:pgMar w:top="2127" w:right="707" w:bottom="426" w:left="284" w:header="142" w:footer="113" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="059BD3A0" w14:textId="77777777" w:rsidR="00CF6E25" w:rsidRDefault="00CF6E25">
+    <w:p w14:paraId="7A430DAA" w14:textId="77777777" w:rsidR="000F0804" w:rsidRDefault="000F0804">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4AF64A94" w14:textId="77777777" w:rsidR="00CF6E25" w:rsidRDefault="00CF6E25">
+    <w:p w14:paraId="5EB38C75" w14:textId="77777777" w:rsidR="000F0804" w:rsidRDefault="000F0804">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2640,85 +3680,85 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="46D95AC0" w14:textId="77777777" w:rsidR="00CF6E25" w:rsidRDefault="00CF6E25">
+    <w:p w14:paraId="3819412D" w14:textId="77777777" w:rsidR="000F0804" w:rsidRDefault="000F0804">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="63A2AEC9" w14:textId="77777777" w:rsidR="00CF6E25" w:rsidRDefault="00CF6E25">
+    <w:p w14:paraId="0AE954B9" w14:textId="77777777" w:rsidR="000F0804" w:rsidRDefault="000F0804">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6BB5A21B" w14:textId="40F17E41" w:rsidR="007E42FC" w:rsidRDefault="00737D04" w:rsidP="006C09B3">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E267BC">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0B856C71" wp14:editId="189DE2F3">
           <wp:extent cx="3962400" cy="967740"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="976179584" name="Picture 976179584">
+          <wp:docPr id="548222042" name="Picture 548222042">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="26" name="Picture 3">
                     <a:extLst>
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -4404,50 +5444,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="7D64E644">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6AB273EE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A6B04B30"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1353" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2073" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2793" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3513" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4233" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4953" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5673" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6393" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7113" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FBA712C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="127A30FA"/>
     <w:lvl w:ilvl="0" w:tplc="08090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -4492,51 +5645,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="730E2BF1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D23A7D1A"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1353" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2073" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2793" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3513" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4233" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4953" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5673" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6393" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7113" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74A070B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6B2EB64"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1279" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1999" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4605,51 +5871,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6319" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7039" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="780D5C2D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="08D2CA6E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4755,436 +6021,478 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="793985575">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="242834897">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1454716080">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2030452834">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1882472953">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="242758894">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="952053562">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="741951085">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1002513165">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1534029372">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="426313176">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1482233520">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2018146248">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="579490300">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="595139584">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1236621306">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1304697529">
     <w:abstractNumId w:val="7"/>
   </w:num>
+  <w:num w:numId="18" w16cid:durableId="629482467">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="514883048">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00870052"/>
     <w:rsid w:val="00004593"/>
     <w:rsid w:val="00007442"/>
     <w:rsid w:val="00020840"/>
     <w:rsid w:val="00027FE0"/>
     <w:rsid w:val="00042315"/>
     <w:rsid w:val="00051605"/>
     <w:rsid w:val="00065B83"/>
     <w:rsid w:val="0007199B"/>
     <w:rsid w:val="00086F85"/>
     <w:rsid w:val="0008791F"/>
     <w:rsid w:val="0009122D"/>
     <w:rsid w:val="00093AB9"/>
     <w:rsid w:val="000941D8"/>
     <w:rsid w:val="000A1CB7"/>
     <w:rsid w:val="000A3939"/>
     <w:rsid w:val="000A46E5"/>
     <w:rsid w:val="000A6A20"/>
     <w:rsid w:val="000A78D3"/>
     <w:rsid w:val="000B0483"/>
     <w:rsid w:val="000B6156"/>
     <w:rsid w:val="000B7507"/>
     <w:rsid w:val="000C06F3"/>
     <w:rsid w:val="000C3CC0"/>
     <w:rsid w:val="000E0238"/>
+    <w:rsid w:val="000E4DF3"/>
     <w:rsid w:val="000E57DD"/>
+    <w:rsid w:val="000F0804"/>
     <w:rsid w:val="000F2EF5"/>
     <w:rsid w:val="001023B5"/>
     <w:rsid w:val="00117C97"/>
+    <w:rsid w:val="00117FD0"/>
     <w:rsid w:val="00120A79"/>
     <w:rsid w:val="00131F80"/>
     <w:rsid w:val="0013630A"/>
     <w:rsid w:val="00143941"/>
     <w:rsid w:val="001527A9"/>
     <w:rsid w:val="00165411"/>
     <w:rsid w:val="00166942"/>
     <w:rsid w:val="001756CA"/>
     <w:rsid w:val="001C3940"/>
     <w:rsid w:val="001C55D1"/>
     <w:rsid w:val="001D1E6C"/>
     <w:rsid w:val="001D493E"/>
     <w:rsid w:val="001D6B38"/>
     <w:rsid w:val="001E72D5"/>
     <w:rsid w:val="001F0ECB"/>
     <w:rsid w:val="001F6756"/>
     <w:rsid w:val="00210D7D"/>
     <w:rsid w:val="002172FC"/>
     <w:rsid w:val="00225108"/>
     <w:rsid w:val="00233F6E"/>
     <w:rsid w:val="0024177E"/>
     <w:rsid w:val="0025156C"/>
     <w:rsid w:val="002676C8"/>
     <w:rsid w:val="002762DC"/>
+    <w:rsid w:val="002B7EE7"/>
     <w:rsid w:val="002C2EBD"/>
     <w:rsid w:val="002D79CE"/>
     <w:rsid w:val="002E11ED"/>
     <w:rsid w:val="002E1F9D"/>
     <w:rsid w:val="002F4454"/>
+    <w:rsid w:val="002F77F7"/>
     <w:rsid w:val="00323618"/>
     <w:rsid w:val="00332F8E"/>
     <w:rsid w:val="0033629E"/>
+    <w:rsid w:val="00336CCB"/>
     <w:rsid w:val="00343B50"/>
     <w:rsid w:val="003511ED"/>
     <w:rsid w:val="003664B8"/>
     <w:rsid w:val="003800AD"/>
     <w:rsid w:val="00385DD9"/>
     <w:rsid w:val="00391588"/>
     <w:rsid w:val="003963E7"/>
     <w:rsid w:val="003A54B8"/>
     <w:rsid w:val="003C0DE1"/>
     <w:rsid w:val="003C368F"/>
     <w:rsid w:val="003C763A"/>
     <w:rsid w:val="003C7E64"/>
     <w:rsid w:val="003D0392"/>
     <w:rsid w:val="003D4FB0"/>
+    <w:rsid w:val="003E3C40"/>
     <w:rsid w:val="003E5D26"/>
     <w:rsid w:val="003F04C6"/>
     <w:rsid w:val="003F5549"/>
     <w:rsid w:val="003F5E97"/>
     <w:rsid w:val="00402CF3"/>
     <w:rsid w:val="0042316C"/>
     <w:rsid w:val="004478D8"/>
     <w:rsid w:val="004558AE"/>
     <w:rsid w:val="00457131"/>
     <w:rsid w:val="004727B9"/>
+    <w:rsid w:val="004922CB"/>
     <w:rsid w:val="004963A4"/>
     <w:rsid w:val="004A0616"/>
     <w:rsid w:val="004A2730"/>
     <w:rsid w:val="004B16EF"/>
     <w:rsid w:val="004D4390"/>
     <w:rsid w:val="004D609F"/>
     <w:rsid w:val="004E200C"/>
     <w:rsid w:val="004F0CF1"/>
     <w:rsid w:val="004F5254"/>
     <w:rsid w:val="004F693E"/>
     <w:rsid w:val="004F7F98"/>
     <w:rsid w:val="00506AE0"/>
     <w:rsid w:val="00511F39"/>
     <w:rsid w:val="005148E7"/>
+    <w:rsid w:val="00526239"/>
     <w:rsid w:val="00527A6C"/>
     <w:rsid w:val="00542718"/>
     <w:rsid w:val="00544CAE"/>
     <w:rsid w:val="0054532E"/>
     <w:rsid w:val="00566E60"/>
     <w:rsid w:val="00580E69"/>
     <w:rsid w:val="00590B64"/>
     <w:rsid w:val="00596442"/>
     <w:rsid w:val="00597213"/>
     <w:rsid w:val="005A41A4"/>
     <w:rsid w:val="005C4B67"/>
     <w:rsid w:val="005D3246"/>
     <w:rsid w:val="005D61DD"/>
     <w:rsid w:val="005D7FDD"/>
     <w:rsid w:val="005E2E33"/>
     <w:rsid w:val="005F412B"/>
     <w:rsid w:val="00600C55"/>
     <w:rsid w:val="00604F73"/>
     <w:rsid w:val="00611373"/>
     <w:rsid w:val="00613400"/>
     <w:rsid w:val="00617D4D"/>
     <w:rsid w:val="006261FF"/>
     <w:rsid w:val="00643F16"/>
+    <w:rsid w:val="00653558"/>
     <w:rsid w:val="00654AF2"/>
     <w:rsid w:val="00655E41"/>
     <w:rsid w:val="006663BC"/>
     <w:rsid w:val="0067664C"/>
     <w:rsid w:val="00685722"/>
     <w:rsid w:val="00687746"/>
     <w:rsid w:val="006A2FC7"/>
     <w:rsid w:val="006B7ED4"/>
     <w:rsid w:val="006C09B3"/>
+    <w:rsid w:val="006E2DEE"/>
     <w:rsid w:val="006F6F59"/>
     <w:rsid w:val="00700515"/>
     <w:rsid w:val="00706196"/>
     <w:rsid w:val="007061E3"/>
     <w:rsid w:val="00721EFF"/>
     <w:rsid w:val="00725EB1"/>
     <w:rsid w:val="007326BF"/>
     <w:rsid w:val="00737D04"/>
     <w:rsid w:val="00737E0F"/>
+    <w:rsid w:val="00753D49"/>
     <w:rsid w:val="00762E32"/>
+    <w:rsid w:val="007773D3"/>
     <w:rsid w:val="00787CD2"/>
     <w:rsid w:val="0079593F"/>
     <w:rsid w:val="007A0137"/>
     <w:rsid w:val="007A3856"/>
     <w:rsid w:val="007A55E8"/>
     <w:rsid w:val="007D11EB"/>
     <w:rsid w:val="007D13FC"/>
     <w:rsid w:val="007D5582"/>
     <w:rsid w:val="007D6492"/>
+    <w:rsid w:val="007E06F9"/>
     <w:rsid w:val="007E42FC"/>
     <w:rsid w:val="007E6651"/>
     <w:rsid w:val="007E7ED8"/>
     <w:rsid w:val="007F0C09"/>
     <w:rsid w:val="007F1C05"/>
     <w:rsid w:val="007F2A00"/>
     <w:rsid w:val="007F66C0"/>
     <w:rsid w:val="00803450"/>
     <w:rsid w:val="00804E59"/>
     <w:rsid w:val="008061DA"/>
     <w:rsid w:val="00833D75"/>
     <w:rsid w:val="00836C1D"/>
     <w:rsid w:val="00870052"/>
     <w:rsid w:val="008832F0"/>
     <w:rsid w:val="00896A47"/>
     <w:rsid w:val="008A5243"/>
     <w:rsid w:val="008B29EE"/>
+    <w:rsid w:val="008B57E5"/>
     <w:rsid w:val="008B5E66"/>
     <w:rsid w:val="008B6480"/>
     <w:rsid w:val="008C0D24"/>
+    <w:rsid w:val="008C233D"/>
     <w:rsid w:val="008D2067"/>
+    <w:rsid w:val="008D25A2"/>
     <w:rsid w:val="008E60B9"/>
+    <w:rsid w:val="009041BB"/>
     <w:rsid w:val="00915738"/>
     <w:rsid w:val="00921533"/>
     <w:rsid w:val="009227F1"/>
     <w:rsid w:val="00923D00"/>
     <w:rsid w:val="0092632D"/>
     <w:rsid w:val="00934D61"/>
     <w:rsid w:val="00946382"/>
+    <w:rsid w:val="009476D8"/>
+    <w:rsid w:val="00950677"/>
+    <w:rsid w:val="00955444"/>
     <w:rsid w:val="009778B0"/>
     <w:rsid w:val="009969AD"/>
     <w:rsid w:val="009C4BDF"/>
     <w:rsid w:val="009C507F"/>
     <w:rsid w:val="009D5E74"/>
     <w:rsid w:val="009E0C6D"/>
     <w:rsid w:val="009E23F1"/>
     <w:rsid w:val="009E6B36"/>
     <w:rsid w:val="009F0826"/>
+    <w:rsid w:val="00A02197"/>
     <w:rsid w:val="00A033EB"/>
     <w:rsid w:val="00A04805"/>
     <w:rsid w:val="00A06BAC"/>
     <w:rsid w:val="00A1659D"/>
     <w:rsid w:val="00A31650"/>
     <w:rsid w:val="00A43B85"/>
     <w:rsid w:val="00A44E73"/>
     <w:rsid w:val="00A53B3B"/>
     <w:rsid w:val="00A53CDC"/>
     <w:rsid w:val="00A80C1D"/>
     <w:rsid w:val="00A82A1C"/>
     <w:rsid w:val="00A8509A"/>
     <w:rsid w:val="00A86196"/>
     <w:rsid w:val="00A91DCF"/>
     <w:rsid w:val="00AA26AE"/>
+    <w:rsid w:val="00AA5FB5"/>
     <w:rsid w:val="00AC2BF5"/>
     <w:rsid w:val="00AD7142"/>
     <w:rsid w:val="00AE1FE3"/>
     <w:rsid w:val="00AE5AF8"/>
     <w:rsid w:val="00AE5E48"/>
     <w:rsid w:val="00B04335"/>
     <w:rsid w:val="00B12740"/>
     <w:rsid w:val="00B134CC"/>
     <w:rsid w:val="00B168A6"/>
     <w:rsid w:val="00B17FCE"/>
     <w:rsid w:val="00B329BA"/>
     <w:rsid w:val="00B42966"/>
     <w:rsid w:val="00B43766"/>
     <w:rsid w:val="00B80E91"/>
     <w:rsid w:val="00B83C99"/>
     <w:rsid w:val="00B85427"/>
+    <w:rsid w:val="00B919DF"/>
     <w:rsid w:val="00B93137"/>
     <w:rsid w:val="00B96C61"/>
     <w:rsid w:val="00B971FD"/>
     <w:rsid w:val="00BA0FDD"/>
     <w:rsid w:val="00BA2539"/>
     <w:rsid w:val="00BA34DE"/>
+    <w:rsid w:val="00BA45D6"/>
     <w:rsid w:val="00BA5C54"/>
     <w:rsid w:val="00BA6A29"/>
     <w:rsid w:val="00BB23C6"/>
     <w:rsid w:val="00BC462F"/>
     <w:rsid w:val="00BD21A5"/>
     <w:rsid w:val="00BD35F5"/>
     <w:rsid w:val="00BD4B60"/>
     <w:rsid w:val="00BD4DC6"/>
     <w:rsid w:val="00BD7B88"/>
     <w:rsid w:val="00BE3D0C"/>
     <w:rsid w:val="00C06BC4"/>
     <w:rsid w:val="00C11FE1"/>
+    <w:rsid w:val="00C12EDE"/>
     <w:rsid w:val="00C15221"/>
     <w:rsid w:val="00C2413E"/>
+    <w:rsid w:val="00C34718"/>
     <w:rsid w:val="00C50789"/>
     <w:rsid w:val="00C50DD9"/>
     <w:rsid w:val="00C647F4"/>
     <w:rsid w:val="00C74385"/>
     <w:rsid w:val="00C808E6"/>
     <w:rsid w:val="00C80A1D"/>
+    <w:rsid w:val="00C817F7"/>
     <w:rsid w:val="00C853A8"/>
     <w:rsid w:val="00C85977"/>
     <w:rsid w:val="00C92FDA"/>
     <w:rsid w:val="00C9551F"/>
     <w:rsid w:val="00CA1A98"/>
     <w:rsid w:val="00CC3856"/>
     <w:rsid w:val="00CC7B4F"/>
     <w:rsid w:val="00CD4503"/>
     <w:rsid w:val="00CF0D42"/>
     <w:rsid w:val="00CF6E25"/>
     <w:rsid w:val="00D025DD"/>
     <w:rsid w:val="00D158B8"/>
     <w:rsid w:val="00D15B46"/>
     <w:rsid w:val="00D202D6"/>
     <w:rsid w:val="00D42DE7"/>
     <w:rsid w:val="00D51CA7"/>
     <w:rsid w:val="00D75CC8"/>
     <w:rsid w:val="00D76ADA"/>
     <w:rsid w:val="00D7714D"/>
     <w:rsid w:val="00D81847"/>
     <w:rsid w:val="00D869B4"/>
     <w:rsid w:val="00D916EA"/>
     <w:rsid w:val="00D93E97"/>
     <w:rsid w:val="00DA71A0"/>
     <w:rsid w:val="00DB0EE6"/>
     <w:rsid w:val="00DD12C0"/>
     <w:rsid w:val="00DD1913"/>
     <w:rsid w:val="00DF4C57"/>
     <w:rsid w:val="00E04F00"/>
     <w:rsid w:val="00E061D9"/>
     <w:rsid w:val="00E250F1"/>
     <w:rsid w:val="00E32A3C"/>
+    <w:rsid w:val="00E40146"/>
     <w:rsid w:val="00E46F08"/>
     <w:rsid w:val="00E622D3"/>
     <w:rsid w:val="00E658A5"/>
     <w:rsid w:val="00E664DF"/>
     <w:rsid w:val="00E74424"/>
+    <w:rsid w:val="00E75342"/>
+    <w:rsid w:val="00E80EEB"/>
     <w:rsid w:val="00E870B8"/>
     <w:rsid w:val="00E93166"/>
     <w:rsid w:val="00E9769B"/>
     <w:rsid w:val="00EB5203"/>
     <w:rsid w:val="00EB53A7"/>
     <w:rsid w:val="00EC2102"/>
     <w:rsid w:val="00EC7709"/>
     <w:rsid w:val="00ED1BF4"/>
     <w:rsid w:val="00EE128B"/>
     <w:rsid w:val="00EE1AE5"/>
     <w:rsid w:val="00EE3792"/>
     <w:rsid w:val="00EE3D4F"/>
     <w:rsid w:val="00EF4478"/>
     <w:rsid w:val="00F122F7"/>
     <w:rsid w:val="00F25B43"/>
+    <w:rsid w:val="00F32B81"/>
+    <w:rsid w:val="00F44386"/>
     <w:rsid w:val="00F4729B"/>
     <w:rsid w:val="00F5687D"/>
     <w:rsid w:val="00F57622"/>
+    <w:rsid w:val="00F73CCD"/>
     <w:rsid w:val="00F750D9"/>
     <w:rsid w:val="00F82A95"/>
     <w:rsid w:val="00F87D7E"/>
     <w:rsid w:val="00F93B8E"/>
     <w:rsid w:val="00F96461"/>
     <w:rsid w:val="00F97A6F"/>
     <w:rsid w:val="00FA0385"/>
     <w:rsid w:val="00FA244D"/>
     <w:rsid w:val="00FA62A5"/>
     <w:rsid w:val="00FA693C"/>
     <w:rsid w:val="00FC4706"/>
     <w:rsid w:val="00FC502D"/>
     <w:rsid w:val="00FD6CBB"/>
     <w:rsid w:val="00FE2529"/>
+    <w:rsid w:val="00FF0176"/>
     <w:rsid w:val="00FF09B5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -6079,67 +7387,67 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="d4e97e60-d57b-46f0-8c68-1d25f9ddb920">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="d4a48426-97cc-4a61-94fb-56c3682b2352" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
-</file>
-[...7 lines deleted...]
-</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010042016E61ECD77C43A7695B35AA3CBE50" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="90192ac976a05609bcde9171229bfc16">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d4e97e60-d57b-46f0-8c68-1d25f9ddb920" xmlns:ns3="d4a48426-97cc-4a61-94fb-56c3682b2352" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b177dff8fc34d65a850aca3b5d3c647e" ns2:_="" ns3:_="">
     <xsd:import namespace="d4e97e60-d57b-46f0-8c68-1d25f9ddb920"/>
     <xsd:import namespace="d4a48426-97cc-4a61-94fb-56c3682b2352"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
@@ -6354,117 +7662,117 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D0E474F-7CE0-4A68-9D2D-201646DCC58A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FDB90A2B-06DA-4ADB-8A69-6DBD3189E337}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="d4e97e60-d57b-46f0-8c68-1d25f9ddb920"/>
     <ds:schemaRef ds:uri="d4a48426-97cc-4a61-94fb-56c3682b2352"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AED54A39-6901-43C3-909A-FC64EC0316B8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d4e97e60-d57b-46f0-8c68-1d25f9ddb920"/>
     <ds:schemaRef ds:uri="d4a48426-97cc-4a61-94fb-56c3682b2352"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>352</Words>
-  <Characters>2013</Characters>
+  <Words>384</Words>
+  <Characters>2194</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>DRAFT</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NoEAA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2361</CharactersWithSpaces>
+  <CharactersWithSpaces>2573</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>DRAFT</dc:title>
   <dc:subject/>
   <dc:creator>MOIRAG</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010042016E61ECD77C43A7695B35AA3CBE50</vt:lpwstr>
   </property>