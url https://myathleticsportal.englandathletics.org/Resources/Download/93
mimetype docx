--- v0 (2025-10-13)
+++ v1 (2025-12-29)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0885D7D3" w14:textId="08FF16F5" w:rsidR="00982B7F" w:rsidRDefault="00982B7F" w:rsidP="00982B7F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009227F1">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>LEVEL 3 REPORT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - AS REFEREE / CHIEF </w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -303,98 +303,128 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7507" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DEBA722" w14:textId="77777777" w:rsidR="005D35DD" w:rsidRPr="00982B7F" w:rsidRDefault="005D35DD" w:rsidP="005D35DD">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D35DD" w:rsidRPr="008D5722" w14:paraId="0ACEAAC3" w14:textId="77777777" w:rsidTr="005D35DD">
         <w:trPr>
           <w:trHeight w:val="572"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6EC75096" w14:textId="4D87F075" w:rsidR="005D35DD" w:rsidRPr="00982B7F" w:rsidRDefault="005D35DD" w:rsidP="005D35DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00982B7F">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:b/>
               </w:rPr>
               <w:t>Acting as</w:t>
             </w:r>
             <w:r w:rsidR="0074234F">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7507" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F6B84B3" w14:textId="77777777" w:rsidR="005D35DD" w:rsidRPr="00982B7F" w:rsidRDefault="005D35DD" w:rsidP="005D35DD">
+          <w:p w14:paraId="6F6B84B3" w14:textId="7CAD13BB" w:rsidR="005D35DD" w:rsidRPr="00982B7F" w:rsidRDefault="005D35DD" w:rsidP="009A4163">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00982B7F">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Chief Starter / Chief Starters Assistant / Chief Timekeeper / Chief Photo-Finish / Field Referee / Track Referee</w:t>
+              <w:t xml:space="preserve">Chief Starter / Chief Starters Assistant/ </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF0EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00982B7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Chief Timekeeper /</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF0EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Chief Track Judge / </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00982B7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Track Referee</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3A8DF908" w14:textId="77777777" w:rsidR="00E81641" w:rsidRPr="00910B72" w:rsidRDefault="00E81641" w:rsidP="00E81641">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73978617" w14:textId="77777777" w:rsidR="00E81641" w:rsidRPr="00910B72" w:rsidRDefault="00E81641" w:rsidP="00E81641">
       <w:pPr>
         <w:ind w:left="-851" w:right="-992"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk127896040"/>
       <w:r w:rsidRPr="00910B72">
@@ -1170,114 +1200,148 @@
             <w:tcW w:w="7909" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D1D1D1" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07AC357A" w14:textId="77777777" w:rsidR="00136BCC" w:rsidRPr="00E02F00" w:rsidRDefault="00136BCC" w:rsidP="00EA3B5E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00136BCC" w:rsidRPr="00E02F00" w14:paraId="15319ECB" w14:textId="77777777" w:rsidTr="00EA3B5E">
         <w:trPr>
           <w:trHeight w:val="572"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2428" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4419235E" w14:textId="77777777" w:rsidR="00136BCC" w:rsidRPr="00E02F00" w:rsidRDefault="00136BCC" w:rsidP="00EA3B5E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E02F00">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:b/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7909" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="136E9AB4" w14:textId="77777777" w:rsidR="00136BCC" w:rsidRPr="00E02F00" w:rsidRDefault="00136BCC" w:rsidP="00EA3B5E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2BA59C73" w14:textId="77777777" w:rsidR="00136BCC" w:rsidRPr="00E02F00" w:rsidRDefault="00136BCC" w:rsidP="00136BCC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B6FC54B" w14:textId="77777777" w:rsidR="00136BCC" w:rsidRPr="00E02F00" w:rsidRDefault="00136BCC" w:rsidP="00136BCC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E02F00">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
         </w:rPr>
         <w:t>NOTES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59F075BB" w14:textId="77777777" w:rsidR="00136BCC" w:rsidRPr="00E02F00" w:rsidRDefault="00136BCC" w:rsidP="00136BCC">
+    <w:p w14:paraId="75706B35" w14:textId="4159ED43" w:rsidR="00EF0EC8" w:rsidRDefault="00EF0EC8" w:rsidP="00136BCC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t>This report is only required for the Starter, Starters Assistant, Timekeeping and Track</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF0EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t xml:space="preserve">disciplines </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF0EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59F075BB" w14:textId="1F0DF4AE" w:rsidR="00136BCC" w:rsidRPr="00E02F00" w:rsidRDefault="00136BCC" w:rsidP="00136BCC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E02F00">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>Comments should provide sufficient information either to support the upgrading or where not considered ready to guide the official in the right direction.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78E17C91" w14:textId="77777777" w:rsidR="00136BCC" w:rsidRPr="00E02F00" w:rsidRDefault="00136BCC" w:rsidP="00136BCC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -1429,83 +1493,83 @@
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1053FC76" w14:textId="77777777" w:rsidR="00136BCC" w:rsidRDefault="00136BCC" w:rsidP="00136BCC">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0108EC66" w14:textId="77777777" w:rsidR="00136BCC" w:rsidRDefault="00136BCC" w:rsidP="00136BCC">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E61BB01" w14:textId="77777777" w:rsidR="00136BCC" w:rsidRDefault="00136BCC" w:rsidP="00136BCC"/>
-    <w:sectPr w:rsidR="00136BCC" w:rsidSect="00982B7F">
+    <w:sectPr w:rsidR="00136BCC" w:rsidSect="009A4163">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1276" w:right="1418" w:bottom="1134" w:left="1418" w:header="284" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1981" w:right="1418" w:bottom="1134" w:left="1418" w:header="284" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="34B4F464" w14:textId="77777777" w:rsidR="00D33E27" w:rsidRDefault="00D33E27">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1A4E6AC3" w14:textId="77777777" w:rsidR="00D33E27" w:rsidRDefault="00D33E27">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1526,51 +1590,51 @@
     <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="34BF46E8" w14:textId="7501D2BB" w:rsidR="009F35ED" w:rsidRPr="00990074" w:rsidRDefault="009F35ED" w:rsidP="003A54B8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
@@ -1658,147 +1722,179 @@
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00990074">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">        </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2A895765" w14:textId="77777777" w:rsidR="00D33E27" w:rsidRDefault="00D33E27">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4A9F894F" w14:textId="77777777" w:rsidR="00D33E27" w:rsidRDefault="00D33E27">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="35ABFEFA" w14:textId="568A5D0E" w:rsidR="009F35ED" w:rsidRDefault="0089541C" w:rsidP="00056450">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="35ABFEFA" w14:textId="422560EC" w:rsidR="009F35ED" w:rsidRDefault="0089541C" w:rsidP="00056450">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0031448F">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="51E53F08" wp14:editId="0ADCE002">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51E53F08" wp14:editId="7E589BAF">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>852170</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>635</wp:posOffset>
+          </wp:positionV>
           <wp:extent cx="3962400" cy="967740"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="103" name="Picture 3" descr="Logo&#10;&#10;Description automatically generated"/>
+          <wp:effectExtent l="0" t="0" r="0" b="3810"/>
+          <wp:wrapNone/>
+          <wp:docPr id="450577321" name="Picture 3" descr="Logo&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 3" descr="Logo&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect t="-7617" r="31203"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="3962400" cy="967740"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:inline>
+        </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="22618A99" w14:textId="77777777" w:rsidR="00056450" w:rsidRDefault="00056450" w:rsidP="00787CD2">
+  <w:p w14:paraId="22618A99" w14:textId="2A72ACC9" w:rsidR="00056450" w:rsidRDefault="009A4163" w:rsidP="009A4163">
     <w:pPr>
-      <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t>Version 1</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="2B3A521F" w14:textId="5B686ED2" w:rsidR="009A4163" w:rsidRDefault="009A4163" w:rsidP="009A4163">
+    <w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t>2025</w:t>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="350417E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6D70E0D6"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2341,209 +2437,213 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1514492844">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="954554662">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="2030452834">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00870052"/>
     <w:rsid w:val="00056450"/>
     <w:rsid w:val="00076CD0"/>
     <w:rsid w:val="00090510"/>
     <w:rsid w:val="000E0238"/>
     <w:rsid w:val="0011067E"/>
     <w:rsid w:val="0011450C"/>
     <w:rsid w:val="00136BCC"/>
     <w:rsid w:val="00137D98"/>
     <w:rsid w:val="001B0A4D"/>
     <w:rsid w:val="001C6B6F"/>
     <w:rsid w:val="001C7BDF"/>
     <w:rsid w:val="001E57DA"/>
     <w:rsid w:val="00211536"/>
     <w:rsid w:val="00222D03"/>
     <w:rsid w:val="002373BF"/>
     <w:rsid w:val="00263BC5"/>
     <w:rsid w:val="002B77E6"/>
     <w:rsid w:val="002D2F5E"/>
+    <w:rsid w:val="002E1AC3"/>
     <w:rsid w:val="00300EB0"/>
     <w:rsid w:val="00320E7E"/>
     <w:rsid w:val="003857C1"/>
     <w:rsid w:val="003A54B8"/>
     <w:rsid w:val="00402592"/>
     <w:rsid w:val="004335C9"/>
     <w:rsid w:val="004478D8"/>
     <w:rsid w:val="0046641D"/>
     <w:rsid w:val="00496252"/>
     <w:rsid w:val="00497CEB"/>
     <w:rsid w:val="005021C1"/>
     <w:rsid w:val="00506F32"/>
     <w:rsid w:val="00522014"/>
     <w:rsid w:val="00532190"/>
     <w:rsid w:val="0057017E"/>
     <w:rsid w:val="00594F44"/>
     <w:rsid w:val="005A6C83"/>
     <w:rsid w:val="005D35DD"/>
     <w:rsid w:val="00693BEB"/>
     <w:rsid w:val="006D5C84"/>
     <w:rsid w:val="00727B8F"/>
     <w:rsid w:val="007375C9"/>
     <w:rsid w:val="0074234F"/>
     <w:rsid w:val="007539C4"/>
     <w:rsid w:val="00787CD2"/>
     <w:rsid w:val="007A3856"/>
     <w:rsid w:val="0083627D"/>
     <w:rsid w:val="00870052"/>
     <w:rsid w:val="00876477"/>
     <w:rsid w:val="00876EA7"/>
     <w:rsid w:val="0089541C"/>
     <w:rsid w:val="008D2067"/>
     <w:rsid w:val="008E41E7"/>
     <w:rsid w:val="00910B72"/>
     <w:rsid w:val="009147AC"/>
     <w:rsid w:val="00982B7F"/>
     <w:rsid w:val="00990074"/>
+    <w:rsid w:val="009A4163"/>
     <w:rsid w:val="009D3F3C"/>
     <w:rsid w:val="009F1FF1"/>
     <w:rsid w:val="009F35ED"/>
     <w:rsid w:val="009F67F7"/>
     <w:rsid w:val="00A0675B"/>
     <w:rsid w:val="00A2504E"/>
     <w:rsid w:val="00A82647"/>
     <w:rsid w:val="00A8509A"/>
     <w:rsid w:val="00AA3A7D"/>
     <w:rsid w:val="00AC564C"/>
     <w:rsid w:val="00AE5E48"/>
     <w:rsid w:val="00AE7C8D"/>
     <w:rsid w:val="00AF5C6B"/>
     <w:rsid w:val="00B01EF1"/>
     <w:rsid w:val="00B5218A"/>
     <w:rsid w:val="00BA0FDD"/>
     <w:rsid w:val="00BC2EC6"/>
     <w:rsid w:val="00BD0781"/>
     <w:rsid w:val="00BD35F5"/>
     <w:rsid w:val="00C076AE"/>
     <w:rsid w:val="00C07C7C"/>
+    <w:rsid w:val="00C4565A"/>
     <w:rsid w:val="00D270E6"/>
     <w:rsid w:val="00D33E27"/>
     <w:rsid w:val="00E02F00"/>
     <w:rsid w:val="00E1783C"/>
     <w:rsid w:val="00E27DD6"/>
     <w:rsid w:val="00E30EA1"/>
     <w:rsid w:val="00E3596B"/>
     <w:rsid w:val="00E446D8"/>
     <w:rsid w:val="00E71275"/>
     <w:rsid w:val="00E73CD3"/>
     <w:rsid w:val="00E81641"/>
     <w:rsid w:val="00E94E7D"/>
+    <w:rsid w:val="00EF0EC8"/>
     <w:rsid w:val="00F13FB5"/>
     <w:rsid w:val="00F43F46"/>
     <w:rsid w:val="00F5137C"/>
     <w:rsid w:val="00F6205C"/>
     <w:rsid w:val="00F832FA"/>
     <w:rsid w:val="00F93B8E"/>
     <w:rsid w:val="00F970A6"/>
     <w:rsid w:val="00FB7242"/>
     <w:rsid w:val="00FF3502"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1B697BCB"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{724757B8-348A-4D0F-B27C-A12217A6CA2D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
@@ -2803,51 +2903,50 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -2977,51 +3076,51 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00136BCC"/>
     <w:rPr>
       <w:b/>
       <w:bCs w:val="0"/>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00136BCC"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1392653580">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1934820253">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3318,69 +3417,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>240</Words>
-  <Characters>1370</Characters>
+  <Words>226</Words>
+  <Characters>1469</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
+  <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>DRAFT</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NoEAA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1607</CharactersWithSpaces>
+  <CharactersWithSpaces>1692</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>DRAFT</dc:title>
   <dc:subject/>
   <dc:creator>MOIRAG</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>